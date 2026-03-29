--- v0 (2026-01-21)
+++ v1 (2026-03-29)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,160 +420,160 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AI10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Age Group</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>0-14</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>0</v>
       </c>
       <c r="C2" t="n">
         <v>0</v>
       </c>
       <c r="D2" t="n">
         <v>0</v>
       </c>
       <c r="E2" t="n">
         <v>0</v>
       </c>
       <c r="F2" t="n">
         <v>0</v>
       </c>
       <c r="G2" t="n">
         <v>0</v>
       </c>
       <c r="H2" t="n">
         <v>0</v>
       </c>
@@ -652,51 +638,51 @@
         <v>0</v>
       </c>
       <c r="AC2" t="n">
         <v>0</v>
       </c>
       <c r="AD2" t="n">
         <v>0</v>
       </c>
       <c r="AE2" t="n">
         <v>0</v>
       </c>
       <c r="AF2" t="n">
         <v>0</v>
       </c>
       <c r="AG2" t="n">
         <v>0</v>
       </c>
       <c r="AH2" t="n">
         <v>0</v>
       </c>
       <c r="AI2" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>15-19</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>0.009299999999999999</v>
       </c>
       <c r="C3" t="n">
         <v>0.0086</v>
       </c>
       <c r="D3" t="n">
         <v>0</v>
       </c>
       <c r="E3" t="n">
         <v>0</v>
       </c>
       <c r="F3" t="n">
         <v>0</v>
       </c>
       <c r="G3" t="n">
         <v>0</v>
       </c>
       <c r="H3" t="n">
         <v>0</v>
       </c>
@@ -761,51 +747,51 @@
         <v>0</v>
       </c>
       <c r="AC3" t="n">
         <v>0</v>
       </c>
       <c r="AD3" t="n">
         <v>0</v>
       </c>
       <c r="AE3" t="n">
         <v>0</v>
       </c>
       <c r="AF3" t="n">
         <v>0</v>
       </c>
       <c r="AG3" t="n">
         <v>0</v>
       </c>
       <c r="AH3" t="n">
         <v>0</v>
       </c>
       <c r="AI3" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>20-24</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>0.0374</v>
       </c>
       <c r="C4" t="n">
         <v>0.0483</v>
       </c>
       <c r="D4" t="n">
         <v>0.09619999999999999</v>
       </c>
       <c r="E4" t="n">
         <v>0.08</v>
       </c>
       <c r="F4" t="n">
         <v>0.1151</v>
       </c>
       <c r="G4" t="n">
         <v>0.1378</v>
       </c>
       <c r="H4" t="n">
         <v>0.1586</v>
       </c>
@@ -870,51 +856,51 @@
         <v>0.2048</v>
       </c>
       <c r="AC4" t="n">
         <v>0.2188</v>
       </c>
       <c r="AD4" t="n">
         <v>0.2264</v>
       </c>
       <c r="AE4" t="n">
         <v>0.2349</v>
       </c>
       <c r="AF4" t="n">
         <v>0.2403</v>
       </c>
       <c r="AG4" t="n">
         <v>0.2439</v>
       </c>
       <c r="AH4" t="n">
         <v>0.2338</v>
       </c>
       <c r="AI4" t="n">
         <v>0.2285</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>25-29</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>0.0693</v>
       </c>
       <c r="C5" t="n">
         <v>0.0946</v>
       </c>
       <c r="D5" t="n">
         <v>0.1203</v>
       </c>
       <c r="E5" t="n">
         <v>0.1196</v>
       </c>
       <c r="F5" t="n">
         <v>0.1195</v>
       </c>
       <c r="G5" t="n">
         <v>0.1167</v>
       </c>
       <c r="H5" t="n">
         <v>0.1125</v>
       </c>
@@ -979,51 +965,51 @@
         <v>0.1119</v>
       </c>
       <c r="AC5" t="n">
         <v>0.1113</v>
       </c>
       <c r="AD5" t="n">
         <v>0.1158</v>
       </c>
       <c r="AE5" t="n">
         <v>0.1152</v>
       </c>
       <c r="AF5" t="n">
         <v>0.12</v>
       </c>
       <c r="AG5" t="n">
         <v>0.1235</v>
       </c>
       <c r="AH5" t="n">
         <v>0.1256</v>
       </c>
       <c r="AI5" t="n">
         <v>0.1269</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>30-34</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>0.06809999999999999</v>
       </c>
       <c r="C6" t="n">
         <v>0.1169</v>
       </c>
       <c r="D6" t="n">
         <v>0.0901</v>
       </c>
       <c r="E6" t="n">
         <v>0.0901</v>
       </c>
       <c r="F6" t="n">
         <v>0.0951</v>
       </c>
       <c r="G6" t="n">
         <v>0.0994</v>
       </c>
       <c r="H6" t="n">
         <v>0.1008</v>
       </c>
@@ -1088,51 +1074,51 @@
         <v>0.0924</v>
       </c>
       <c r="AC6" t="n">
         <v>0.09379999999999999</v>
       </c>
       <c r="AD6" t="n">
         <v>0.094</v>
       </c>
       <c r="AE6" t="n">
         <v>0.09379999999999999</v>
       </c>
       <c r="AF6" t="n">
         <v>0.09180000000000001</v>
       </c>
       <c r="AG6" t="n">
         <v>0.0892</v>
       </c>
       <c r="AH6" t="n">
         <v>0.08890000000000001</v>
       </c>
       <c r="AI6" t="n">
         <v>0.0911</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>35-39</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>0.0293</v>
       </c>
       <c r="C7" t="n">
         <v>0.0794</v>
       </c>
       <c r="D7" t="n">
         <v>0.0593</v>
       </c>
       <c r="E7" t="n">
         <v>0.0613</v>
       </c>
       <c r="F7" t="n">
         <v>0.0623</v>
       </c>
       <c r="G7" t="n">
         <v>0.0615</v>
       </c>
       <c r="H7" t="n">
         <v>0.061</v>
       </c>
@@ -1197,51 +1183,51 @@
         <v>0.0557</v>
       </c>
       <c r="AC7" t="n">
         <v>0.0554</v>
       </c>
       <c r="AD7" t="n">
         <v>0.0531</v>
       </c>
       <c r="AE7" t="n">
         <v>0.054</v>
       </c>
       <c r="AF7" t="n">
         <v>0.0497</v>
       </c>
       <c r="AG7" t="n">
         <v>0.0512</v>
       </c>
       <c r="AH7" t="n">
         <v>0.0523</v>
       </c>
       <c r="AI7" t="n">
         <v>0.0495</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>40-44</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>0.0228</v>
       </c>
       <c r="C8" t="n">
         <v>0.0038</v>
       </c>
       <c r="D8" t="n">
         <v>0.017</v>
       </c>
       <c r="E8" t="n">
         <v>0.0185</v>
       </c>
       <c r="F8" t="n">
         <v>0.0192</v>
       </c>
       <c r="G8" t="n">
         <v>0.0195</v>
       </c>
       <c r="H8" t="n">
         <v>0.0187</v>
       </c>
@@ -1306,51 +1292,51 @@
         <v>0.0175</v>
       </c>
       <c r="AC8" t="n">
         <v>0.0169</v>
       </c>
       <c r="AD8" t="n">
         <v>0.0184</v>
       </c>
       <c r="AE8" t="n">
         <v>0.0164</v>
       </c>
       <c r="AF8" t="n">
         <v>0.0179</v>
       </c>
       <c r="AG8" t="n">
         <v>0.0159</v>
       </c>
       <c r="AH8" t="n">
         <v>0.016</v>
       </c>
       <c r="AI8" t="n">
         <v>0.0158</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>45-49+</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>0</v>
       </c>
       <c r="C9" t="n">
         <v>0</v>
       </c>
       <c r="D9" t="n">
         <v>0.0011</v>
       </c>
       <c r="E9" t="n">
         <v>0.0011</v>
       </c>
       <c r="F9" t="n">
         <v>0.0012</v>
       </c>
       <c r="G9" t="n">
         <v>0.0012</v>
       </c>
       <c r="H9" t="n">
         <v>0.0012</v>
       </c>
@@ -1415,51 +1401,51 @@
         <v>0.0009</v>
       </c>
       <c r="AC9" t="n">
         <v>0.0008</v>
       </c>
       <c r="AD9" t="n">
         <v>0.0007</v>
       </c>
       <c r="AE9" t="n">
         <v>0.0007</v>
       </c>
       <c r="AF9" t="n">
         <v>0.0008</v>
       </c>
       <c r="AG9" t="n">
         <v>0.0009</v>
       </c>
       <c r="AH9" t="n">
         <v>0.0009</v>
       </c>
       <c r="AI9" t="n">
         <v>0.001</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>0.0125</v>
       </c>
       <c r="C10" t="n">
         <v>0.0191</v>
       </c>
       <c r="D10" t="n">
         <v>0.0204</v>
       </c>
       <c r="E10" t="n">
         <v>0.0204</v>
       </c>
       <c r="F10" t="n">
         <v>0.022</v>
       </c>
       <c r="G10" t="n">
         <v>0.0227</v>
       </c>
       <c r="H10" t="n">
         <v>0.0232</v>
       </c>