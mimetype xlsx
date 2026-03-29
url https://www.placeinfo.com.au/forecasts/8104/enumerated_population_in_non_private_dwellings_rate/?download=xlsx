--- v0 (2026-01-22)
+++ v1 (2026-03-29)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -425,203 +411,196 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AL3"/>
+  <dimension ref="A1:AK3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="B1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Occupancy</t>
         </is>
       </c>
-      <c r="C1" s="1" t="inlineStr">
+      <c r="B1" t="inlineStr">
         <is>
           <t>Privacy</t>
         </is>
       </c>
-      <c r="D1" s="1" t="inlineStr">
+      <c r="C1" t="inlineStr">
         <is>
           <t>Structure</t>
         </is>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2021</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2022</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2023</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2024</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2025</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2026</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2027</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2028</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2029</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2030</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2031</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2032</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2033</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2034</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2035</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2036</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2037</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2038</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2039</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2040</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2041</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2042</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2043</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2044</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2045</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2046</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2047</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2048</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2049</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2050</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2051</v>
       </c>
-      <c r="AJ1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2052</v>
       </c>
-      <c r="AK1" s="1" t="n">
+      <c r="AJ1" t="n">
         <v>2053</v>
       </c>
-      <c r="AL1" s="1" t="n">
+      <c r="AK1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="B2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Not stated</t>
         </is>
       </c>
-      <c r="C2" s="2" t="inlineStr">
+      <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Non-private</t>
         </is>
       </c>
-      <c r="D2" s="2" t="inlineStr">
+      <c r="C2" s="1" t="inlineStr">
         <is>
           <t>Not stated</t>
         </is>
       </c>
+      <c r="D2" t="n">
+        <v>0.0675</v>
+      </c>
       <c r="E2" t="n">
         <v>0.0675</v>
       </c>
       <c r="F2" t="n">
         <v>0.0675</v>
       </c>
       <c r="G2" t="n">
         <v>0.0675</v>
       </c>
       <c r="H2" t="n">
         <v>0.0675</v>
       </c>
       <c r="I2" t="n">
         <v>0.0675</v>
       </c>
       <c r="J2" t="n">
         <v>0.0675</v>
       </c>
       <c r="K2" t="n">
         <v>0.0675</v>
       </c>
       <c r="L2" t="n">
         <v>0.0675</v>
       </c>
       <c r="M2" t="n">
@@ -675,65 +654,64 @@
       <c r="AC2" t="n">
         <v>0.0675</v>
       </c>
       <c r="AD2" t="n">
         <v>0.0675</v>
       </c>
       <c r="AE2" t="n">
         <v>0.0675</v>
       </c>
       <c r="AF2" t="n">
         <v>0.0675</v>
       </c>
       <c r="AG2" t="n">
         <v>0.0675</v>
       </c>
       <c r="AH2" t="n">
         <v>0.0675</v>
       </c>
       <c r="AI2" t="n">
         <v>0.0675</v>
       </c>
       <c r="AJ2" t="n">
         <v>0.0675</v>
       </c>
       <c r="AK2" t="n">
-        <v>0.0675</v>
-[...1 lines deleted...]
-      <c r="AL2" t="n">
         <v>0.0675</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="B3" s="2" t="inlineStr"/>
-[...1 lines deleted...]
-      <c r="D3" s="2" t="inlineStr"/>
+      <c r="B3" s="1" t="inlineStr"/>
+      <c r="C3" s="1" t="inlineStr"/>
+      <c r="D3" t="n">
+        <v>0.0675</v>
+      </c>
       <c r="E3" t="n">
         <v>0.0675</v>
       </c>
       <c r="F3" t="n">
         <v>0.0675</v>
       </c>
       <c r="G3" t="n">
         <v>0.0675</v>
       </c>
       <c r="H3" t="n">
         <v>0.0675</v>
       </c>
       <c r="I3" t="n">
         <v>0.0675</v>
       </c>
       <c r="J3" t="n">
         <v>0.0675</v>
       </c>
       <c r="K3" t="n">
         <v>0.0675</v>
       </c>
       <c r="L3" t="n">
         <v>0.0675</v>
       </c>
       <c r="M3" t="n">
@@ -787,53 +765,50 @@
       <c r="AC3" t="n">
         <v>0.0675</v>
       </c>
       <c r="AD3" t="n">
         <v>0.0675</v>
       </c>
       <c r="AE3" t="n">
         <v>0.0675</v>
       </c>
       <c r="AF3" t="n">
         <v>0.0675</v>
       </c>
       <c r="AG3" t="n">
         <v>0.0675</v>
       </c>
       <c r="AH3" t="n">
         <v>0.0675</v>
       </c>
       <c r="AI3" t="n">
         <v>0.0675</v>
       </c>
       <c r="AJ3" t="n">
         <v>0.0675</v>
       </c>
       <c r="AK3" t="n">
-        <v>0.0675</v>
-[...1 lines deleted...]
-      <c r="AL3" t="n">
         <v>0.0675</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
-    <ignoredError sqref="A2:D3" twoDigitTextYear="1"/>
+    <ignoredError sqref="A2:C3" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>