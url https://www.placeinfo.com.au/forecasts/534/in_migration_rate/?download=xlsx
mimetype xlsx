--- v0 (2026-01-25)
+++ v1 (2026-03-23)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,160 +420,160 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AI20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Age Group</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>0-4</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>0.1938</v>
       </c>
       <c r="C2" t="n">
         <v>0.1621</v>
       </c>
       <c r="D2" t="n">
         <v>0.1312</v>
       </c>
       <c r="E2" t="n">
         <v>0.1421</v>
       </c>
       <c r="F2" t="n">
         <v>0.2665</v>
       </c>
       <c r="G2" t="n">
         <v>0.2231</v>
       </c>
       <c r="H2" t="n">
         <v>0.227</v>
       </c>
@@ -652,51 +638,51 @@
         <v>0.1936</v>
       </c>
       <c r="AC2" t="n">
         <v>0.1934</v>
       </c>
       <c r="AD2" t="n">
         <v>0.1945</v>
       </c>
       <c r="AE2" t="n">
         <v>0.194</v>
       </c>
       <c r="AF2" t="n">
         <v>0.1938</v>
       </c>
       <c r="AG2" t="n">
         <v>0.1762</v>
       </c>
       <c r="AH2" t="n">
         <v>0.1764</v>
       </c>
       <c r="AI2" t="n">
         <v>0.1769</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>5-9</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>0.1095</v>
       </c>
       <c r="C3" t="n">
         <v>0.1015</v>
       </c>
       <c r="D3" t="n">
         <v>0.091</v>
       </c>
       <c r="E3" t="n">
         <v>0.0914</v>
       </c>
       <c r="F3" t="n">
         <v>0.1466</v>
       </c>
       <c r="G3" t="n">
         <v>0.1288</v>
       </c>
       <c r="H3" t="n">
         <v>0.1338</v>
       </c>
@@ -761,51 +747,51 @@
         <v>0.1037</v>
       </c>
       <c r="AC3" t="n">
         <v>0.1037</v>
       </c>
       <c r="AD3" t="n">
         <v>0.1045</v>
       </c>
       <c r="AE3" t="n">
         <v>0.1045</v>
       </c>
       <c r="AF3" t="n">
         <v>0.1046</v>
       </c>
       <c r="AG3" t="n">
         <v>0.0959</v>
       </c>
       <c r="AH3" t="n">
         <v>0.0958</v>
       </c>
       <c r="AI3" t="n">
         <v>0.0958</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>10-14</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>0.1026</v>
       </c>
       <c r="C4" t="n">
         <v>0.097</v>
       </c>
       <c r="D4" t="n">
         <v>0.0814</v>
       </c>
       <c r="E4" t="n">
         <v>0.0806</v>
       </c>
       <c r="F4" t="n">
         <v>0.1204</v>
       </c>
       <c r="G4" t="n">
         <v>0.1046</v>
       </c>
       <c r="H4" t="n">
         <v>0.1079</v>
       </c>
@@ -870,51 +856,51 @@
         <v>0.08649999999999999</v>
       </c>
       <c r="AC4" t="n">
         <v>0.0864</v>
       </c>
       <c r="AD4" t="n">
         <v>0.08699999999999999</v>
       </c>
       <c r="AE4" t="n">
         <v>0.08690000000000001</v>
       </c>
       <c r="AF4" t="n">
         <v>0.0871</v>
       </c>
       <c r="AG4" t="n">
         <v>0.07969999999999999</v>
       </c>
       <c r="AH4" t="n">
         <v>0.0796</v>
       </c>
       <c r="AI4" t="n">
         <v>0.07969999999999999</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>15-19</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>0.113</v>
       </c>
       <c r="C5" t="n">
         <v>0.1249</v>
       </c>
       <c r="D5" t="n">
         <v>0.1158</v>
       </c>
       <c r="E5" t="n">
         <v>0.1104</v>
       </c>
       <c r="F5" t="n">
         <v>0.1318</v>
       </c>
       <c r="G5" t="n">
         <v>0.1186</v>
       </c>
       <c r="H5" t="n">
         <v>0.1187</v>
       </c>
@@ -979,51 +965,51 @@
         <v>0.09229999999999999</v>
       </c>
       <c r="AC5" t="n">
         <v>0.0921</v>
       </c>
       <c r="AD5" t="n">
         <v>0.0929</v>
       </c>
       <c r="AE5" t="n">
         <v>0.0927</v>
       </c>
       <c r="AF5" t="n">
         <v>0.09279999999999999</v>
       </c>
       <c r="AG5" t="n">
         <v>0.0838</v>
       </c>
       <c r="AH5" t="n">
         <v>0.0834</v>
       </c>
       <c r="AI5" t="n">
         <v>0.0832</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>20-24</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>0.2341</v>
       </c>
       <c r="C6" t="n">
         <v>0.2833</v>
       </c>
       <c r="D6" t="n">
         <v>0.2594</v>
       </c>
       <c r="E6" t="n">
         <v>0.2405</v>
       </c>
       <c r="F6" t="n">
         <v>0.307</v>
       </c>
       <c r="G6" t="n">
         <v>0.2813</v>
       </c>
       <c r="H6" t="n">
         <v>0.2924</v>
       </c>
@@ -1088,51 +1074,51 @@
         <v>0.239</v>
       </c>
       <c r="AC6" t="n">
         <v>0.2384</v>
       </c>
       <c r="AD6" t="n">
         <v>0.2401</v>
       </c>
       <c r="AE6" t="n">
         <v>0.2383</v>
       </c>
       <c r="AF6" t="n">
         <v>0.2371</v>
       </c>
       <c r="AG6" t="n">
         <v>0.2124</v>
       </c>
       <c r="AH6" t="n">
         <v>0.213</v>
       </c>
       <c r="AI6" t="n">
         <v>0.2132</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>25-29</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>0.2622</v>
       </c>
       <c r="C7" t="n">
         <v>0.2977</v>
       </c>
       <c r="D7" t="n">
         <v>0.2763</v>
       </c>
       <c r="E7" t="n">
         <v>0.2602</v>
       </c>
       <c r="F7" t="n">
         <v>0.3379</v>
       </c>
       <c r="G7" t="n">
         <v>0.3067</v>
       </c>
       <c r="H7" t="n">
         <v>0.3244</v>
       </c>
@@ -1197,51 +1183,51 @@
         <v>0.2807</v>
       </c>
       <c r="AC7" t="n">
         <v>0.2785</v>
       </c>
       <c r="AD7" t="n">
         <v>0.2784</v>
       </c>
       <c r="AE7" t="n">
         <v>0.2763</v>
       </c>
       <c r="AF7" t="n">
         <v>0.275</v>
       </c>
       <c r="AG7" t="n">
         <v>0.2481</v>
       </c>
       <c r="AH7" t="n">
         <v>0.251</v>
       </c>
       <c r="AI7" t="n">
         <v>0.2535</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>30-34</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>0.2043</v>
       </c>
       <c r="C8" t="n">
         <v>0.22</v>
       </c>
       <c r="D8" t="n">
         <v>0.1888</v>
       </c>
       <c r="E8" t="n">
         <v>0.1911</v>
       </c>
       <c r="F8" t="n">
         <v>0.2812</v>
       </c>
       <c r="G8" t="n">
         <v>0.2451</v>
       </c>
       <c r="H8" t="n">
         <v>0.253</v>
       </c>
@@ -1306,51 +1292,51 @@
         <v>0.2192</v>
       </c>
       <c r="AC8" t="n">
         <v>0.2195</v>
       </c>
       <c r="AD8" t="n">
         <v>0.2214</v>
       </c>
       <c r="AE8" t="n">
         <v>0.2211</v>
       </c>
       <c r="AF8" t="n">
         <v>0.2212</v>
       </c>
       <c r="AG8" t="n">
         <v>0.1998</v>
       </c>
       <c r="AH8" t="n">
         <v>0.2005</v>
       </c>
       <c r="AI8" t="n">
         <v>0.2009</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>35-39</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>0.1407</v>
       </c>
       <c r="C9" t="n">
         <v>0.151</v>
       </c>
       <c r="D9" t="n">
         <v>0.1271</v>
       </c>
       <c r="E9" t="n">
         <v>0.1279</v>
       </c>
       <c r="F9" t="n">
         <v>0.1782</v>
       </c>
       <c r="G9" t="n">
         <v>0.158</v>
       </c>
       <c r="H9" t="n">
         <v>0.1645</v>
       </c>
@@ -1415,51 +1401,51 @@
         <v>0.1368</v>
       </c>
       <c r="AC9" t="n">
         <v>0.1378</v>
       </c>
       <c r="AD9" t="n">
         <v>0.1394</v>
       </c>
       <c r="AE9" t="n">
         <v>0.1401</v>
       </c>
       <c r="AF9" t="n">
         <v>0.1408</v>
       </c>
       <c r="AG9" t="n">
         <v>0.1284</v>
       </c>
       <c r="AH9" t="n">
         <v>0.1291</v>
       </c>
       <c r="AI9" t="n">
         <v>0.1298</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>40-44</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>0.1096</v>
       </c>
       <c r="C10" t="n">
         <v>0.1128</v>
       </c>
       <c r="D10" t="n">
         <v>0.09619999999999999</v>
       </c>
       <c r="E10" t="n">
         <v>0.0979</v>
       </c>
       <c r="F10" t="n">
         <v>0.117</v>
       </c>
       <c r="G10" t="n">
         <v>0.103</v>
       </c>
       <c r="H10" t="n">
         <v>0.106</v>
       </c>
@@ -1524,51 +1510,51 @@
         <v>0.0871</v>
       </c>
       <c r="AC10" t="n">
         <v>0.0872</v>
       </c>
       <c r="AD10" t="n">
         <v>0.0881</v>
       </c>
       <c r="AE10" t="n">
         <v>0.0883</v>
       </c>
       <c r="AF10" t="n">
         <v>0.0888</v>
       </c>
       <c r="AG10" t="n">
         <v>0.08119999999999999</v>
       </c>
       <c r="AH10" t="n">
         <v>0.08160000000000001</v>
       </c>
       <c r="AI10" t="n">
         <v>0.082</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="inlineStr">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>45-49</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>0.0803</v>
       </c>
       <c r="C11" t="n">
         <v>0.0902</v>
       </c>
       <c r="D11" t="n">
         <v>0.0688</v>
       </c>
       <c r="E11" t="n">
         <v>0.07049999999999999</v>
       </c>
       <c r="F11" t="n">
         <v>0.0984</v>
       </c>
       <c r="G11" t="n">
         <v>0.0842</v>
       </c>
       <c r="H11" t="n">
         <v>0.0843</v>
       </c>
@@ -1633,51 +1619,51 @@
         <v>0.0606</v>
       </c>
       <c r="AC11" t="n">
         <v>0.0601</v>
       </c>
       <c r="AD11" t="n">
         <v>0.0602</v>
       </c>
       <c r="AE11" t="n">
         <v>0.0598</v>
       </c>
       <c r="AF11" t="n">
         <v>0.0597</v>
       </c>
       <c r="AG11" t="n">
         <v>0.0543</v>
       </c>
       <c r="AH11" t="n">
         <v>0.0541</v>
       </c>
       <c r="AI11" t="n">
         <v>0.0541</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="inlineStr">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>50-54</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>0.0717</v>
       </c>
       <c r="C12" t="n">
         <v>0.07480000000000001</v>
       </c>
       <c r="D12" t="n">
         <v>0.0633</v>
       </c>
       <c r="E12" t="n">
         <v>0.058</v>
       </c>
       <c r="F12" t="n">
         <v>0.0891</v>
       </c>
       <c r="G12" t="n">
         <v>0.08</v>
       </c>
       <c r="H12" t="n">
         <v>0.083</v>
       </c>
@@ -1742,51 +1728,51 @@
         <v>0.0592</v>
       </c>
       <c r="AC12" t="n">
         <v>0.0586</v>
       </c>
       <c r="AD12" t="n">
         <v>0.0586</v>
       </c>
       <c r="AE12" t="n">
         <v>0.0581</v>
       </c>
       <c r="AF12" t="n">
         <v>0.0577</v>
       </c>
       <c r="AG12" t="n">
         <v>0.0519</v>
       </c>
       <c r="AH12" t="n">
         <v>0.0512</v>
       </c>
       <c r="AI12" t="n">
         <v>0.0507</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="inlineStr">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>55-59</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>0.0613</v>
       </c>
       <c r="C13" t="n">
         <v>0.0614</v>
       </c>
       <c r="D13" t="n">
         <v>0.0554</v>
       </c>
       <c r="E13" t="n">
         <v>0.0538</v>
       </c>
       <c r="F13" t="n">
         <v>0.0785</v>
       </c>
       <c r="G13" t="n">
         <v>0.06900000000000001</v>
       </c>
       <c r="H13" t="n">
         <v>0.0699</v>
       </c>
@@ -1851,51 +1837,51 @@
         <v>0.0521</v>
       </c>
       <c r="AC13" t="n">
         <v>0.0515</v>
       </c>
       <c r="AD13" t="n">
         <v>0.0514</v>
       </c>
       <c r="AE13" t="n">
         <v>0.0507</v>
       </c>
       <c r="AF13" t="n">
         <v>0.0501</v>
       </c>
       <c r="AG13" t="n">
         <v>0.0448</v>
       </c>
       <c r="AH13" t="n">
         <v>0.044</v>
       </c>
       <c r="AI13" t="n">
         <v>0.0433</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="inlineStr">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>60-64</t>
         </is>
       </c>
       <c r="B14" t="n">
         <v>0.0552</v>
       </c>
       <c r="C14" t="n">
         <v>0.06419999999999999</v>
       </c>
       <c r="D14" t="n">
         <v>0.05</v>
       </c>
       <c r="E14" t="n">
         <v>0.0566</v>
       </c>
       <c r="F14" t="n">
         <v>0.0688</v>
       </c>
       <c r="G14" t="n">
         <v>0.0618</v>
       </c>
       <c r="H14" t="n">
         <v>0.064</v>
       </c>
@@ -1960,51 +1946,51 @@
         <v>0.0471</v>
       </c>
       <c r="AC14" t="n">
         <v>0.0467</v>
       </c>
       <c r="AD14" t="n">
         <v>0.0466</v>
       </c>
       <c r="AE14" t="n">
         <v>0.046</v>
       </c>
       <c r="AF14" t="n">
         <v>0.0455</v>
       </c>
       <c r="AG14" t="n">
         <v>0.041</v>
       </c>
       <c r="AH14" t="n">
         <v>0.0402</v>
       </c>
       <c r="AI14" t="n">
         <v>0.0394</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>65-69</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>0.0417</v>
       </c>
       <c r="C15" t="n">
         <v>0.0551</v>
       </c>
       <c r="D15" t="n">
         <v>0.0451</v>
       </c>
       <c r="E15" t="n">
         <v>0.0483</v>
       </c>
       <c r="F15" t="n">
         <v>0.0528</v>
       </c>
       <c r="G15" t="n">
         <v>0.0451</v>
       </c>
       <c r="H15" t="n">
         <v>0.0475</v>
       </c>
@@ -2069,51 +2055,51 @@
         <v>0.0378</v>
       </c>
       <c r="AC15" t="n">
         <v>0.037</v>
       </c>
       <c r="AD15" t="n">
         <v>0.0367</v>
       </c>
       <c r="AE15" t="n">
         <v>0.0361</v>
       </c>
       <c r="AF15" t="n">
         <v>0.0356</v>
       </c>
       <c r="AG15" t="n">
         <v>0.0323</v>
       </c>
       <c r="AH15" t="n">
         <v>0.0318</v>
       </c>
       <c r="AI15" t="n">
         <v>0.0312</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>70-74</t>
         </is>
       </c>
       <c r="B16" t="n">
         <v>0.0303</v>
       </c>
       <c r="C16" t="n">
         <v>0.0322</v>
       </c>
       <c r="D16" t="n">
         <v>0.0287</v>
       </c>
       <c r="E16" t="n">
         <v>0.0327</v>
       </c>
       <c r="F16" t="n">
         <v>0.0396</v>
       </c>
       <c r="G16" t="n">
         <v>0.0339</v>
       </c>
       <c r="H16" t="n">
         <v>0.035</v>
       </c>
@@ -2178,51 +2164,51 @@
         <v>0.029</v>
       </c>
       <c r="AC16" t="n">
         <v>0.0287</v>
       </c>
       <c r="AD16" t="n">
         <v>0.0286</v>
       </c>
       <c r="AE16" t="n">
         <v>0.0282</v>
       </c>
       <c r="AF16" t="n">
         <v>0.0279</v>
       </c>
       <c r="AG16" t="n">
         <v>0.0252</v>
       </c>
       <c r="AH16" t="n">
         <v>0.0246</v>
       </c>
       <c r="AI16" t="n">
         <v>0.0241</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="inlineStr">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>75-79</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>0.0174</v>
       </c>
       <c r="C17" t="n">
         <v>0.0451</v>
       </c>
       <c r="D17" t="n">
         <v>0.028</v>
       </c>
       <c r="E17" t="n">
         <v>0.0347</v>
       </c>
       <c r="F17" t="n">
         <v>0.0177</v>
       </c>
       <c r="G17" t="n">
         <v>0.0158</v>
       </c>
       <c r="H17" t="n">
         <v>0.0164</v>
       </c>
@@ -2287,51 +2273,51 @@
         <v>0.0144</v>
       </c>
       <c r="AC17" t="n">
         <v>0.0143</v>
       </c>
       <c r="AD17" t="n">
         <v>0.0143</v>
       </c>
       <c r="AE17" t="n">
         <v>0.0142</v>
       </c>
       <c r="AF17" t="n">
         <v>0.0142</v>
       </c>
       <c r="AG17" t="n">
         <v>0.0127</v>
       </c>
       <c r="AH17" t="n">
         <v>0.0124</v>
       </c>
       <c r="AI17" t="n">
         <v>0.0122</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="inlineStr">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>80-84</t>
         </is>
       </c>
       <c r="B18" t="n">
         <v>0.0193</v>
       </c>
       <c r="C18" t="n">
         <v>0.0434</v>
       </c>
       <c r="D18" t="n">
         <v>0.0446</v>
       </c>
       <c r="E18" t="n">
         <v>0.0375</v>
       </c>
       <c r="F18" t="n">
         <v>0.0283</v>
       </c>
       <c r="G18" t="n">
         <v>0.0233</v>
       </c>
       <c r="H18" t="n">
         <v>0.0238</v>
       </c>
@@ -2396,51 +2382,51 @@
         <v>0.0165</v>
       </c>
       <c r="AC18" t="n">
         <v>0.0163</v>
       </c>
       <c r="AD18" t="n">
         <v>0.0163</v>
       </c>
       <c r="AE18" t="n">
         <v>0.0161</v>
       </c>
       <c r="AF18" t="n">
         <v>0.016</v>
       </c>
       <c r="AG18" t="n">
         <v>0.0143</v>
       </c>
       <c r="AH18" t="n">
         <v>0.014</v>
       </c>
       <c r="AI18" t="n">
         <v>0.0138</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="inlineStr">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>85+</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>0.0225</v>
       </c>
       <c r="C19" t="n">
         <v>0.038</v>
       </c>
       <c r="D19" t="n">
         <v>0.0221</v>
       </c>
       <c r="E19" t="n">
         <v>0.0308</v>
       </c>
       <c r="F19" t="n">
         <v>0.0353</v>
       </c>
       <c r="G19" t="n">
         <v>0.0263</v>
       </c>
       <c r="H19" t="n">
         <v>0.0289</v>
       </c>
@@ -2505,51 +2491,51 @@
         <v>0.0112</v>
       </c>
       <c r="AC19" t="n">
         <v>0.0107</v>
       </c>
       <c r="AD19" t="n">
         <v>0.0105</v>
       </c>
       <c r="AE19" t="n">
         <v>0.0102</v>
       </c>
       <c r="AF19" t="n">
         <v>0.01</v>
       </c>
       <c r="AG19" t="n">
         <v>0.0092</v>
       </c>
       <c r="AH19" t="n">
         <v>0.0089</v>
       </c>
       <c r="AI19" t="n">
         <v>0.0086</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>0.1255</v>
       </c>
       <c r="C20" t="n">
         <v>0.1326</v>
       </c>
       <c r="D20" t="n">
         <v>0.1148</v>
       </c>
       <c r="E20" t="n">
         <v>0.114</v>
       </c>
       <c r="F20" t="n">
         <v>0.157</v>
       </c>
       <c r="G20" t="n">
         <v>0.1385</v>
       </c>
       <c r="H20" t="n">
         <v>0.1425</v>
       </c>