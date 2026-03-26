--- v0 (2026-01-21)
+++ v1 (2026-03-26)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,160 +420,160 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AI5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Component</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Census dwellings</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>83418</v>
       </c>
       <c r="C2" t="n">
         <v>83418</v>
       </c>
       <c r="D2" t="n">
         <v>83418</v>
       </c>
       <c r="E2" t="n">
         <v>83418</v>
       </c>
       <c r="F2" t="n">
         <v>83418</v>
       </c>
       <c r="G2" t="n">
         <v>83418</v>
       </c>
       <c r="H2" t="n">
         <v>83418</v>
       </c>
@@ -652,369 +638,369 @@
         <v>83418</v>
       </c>
       <c r="AC2" t="n">
         <v>83418</v>
       </c>
       <c r="AD2" t="n">
         <v>83418</v>
       </c>
       <c r="AE2" t="n">
         <v>83418</v>
       </c>
       <c r="AF2" t="n">
         <v>83418</v>
       </c>
       <c r="AG2" t="n">
         <v>83418</v>
       </c>
       <c r="AH2" t="n">
         <v>83418</v>
       </c>
       <c r="AI2" t="n">
         <v>83418</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Building completions</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="n">
-        <v>3395.25</v>
+        <v>3395.245658296215</v>
       </c>
       <c r="D3" t="n">
-        <v>5183.35</v>
+        <v>5183.347921835635</v>
       </c>
       <c r="E3" t="n">
-        <v>8128.86</v>
+        <v>8128.863309230765</v>
       </c>
       <c r="F3" t="n">
-        <v>11174.07</v>
+        <v>11174.07150348256</v>
       </c>
       <c r="G3" t="n">
-        <v>13797.73</v>
+        <v>13797.72628659</v>
       </c>
       <c r="H3" t="n">
-        <v>16624.94</v>
+        <v>16624.93891961891</v>
       </c>
       <c r="I3" t="n">
-        <v>19717.55</v>
+        <v>19717.5502139526</v>
       </c>
       <c r="J3" t="n">
-        <v>22727.63</v>
+        <v>22727.63063932091</v>
       </c>
       <c r="K3" t="n">
-        <v>25737.71</v>
+        <v>25737.71106468922</v>
       </c>
       <c r="L3" t="n">
-        <v>28747.79</v>
+        <v>28747.79149005753</v>
       </c>
       <c r="M3" t="n">
-        <v>31757.87</v>
+        <v>31757.87191542584</v>
       </c>
       <c r="N3" t="n">
-        <v>34767.95</v>
+        <v>34767.95234079415</v>
       </c>
       <c r="O3" t="n">
-        <v>37778.03</v>
+        <v>37778.03276616245</v>
       </c>
       <c r="P3" t="n">
-        <v>40788.11</v>
+        <v>40788.11319153075</v>
       </c>
       <c r="Q3" t="n">
-        <v>43798.19</v>
+        <v>43798.19361689906</v>
       </c>
       <c r="R3" t="n">
-        <v>46808.27</v>
+        <v>46808.27404226736</v>
       </c>
       <c r="S3" t="n">
-        <v>49818.35</v>
+        <v>49818.35446763566</v>
       </c>
       <c r="T3" t="n">
-        <v>52828.43</v>
+        <v>52828.43489300397</v>
       </c>
       <c r="U3" t="n">
-        <v>55838.52</v>
+        <v>55838.51531837227</v>
       </c>
       <c r="V3" t="n">
-        <v>58848.6</v>
+        <v>58848.59574374057</v>
       </c>
       <c r="W3" t="n">
-        <v>61858.68</v>
+        <v>61858.67616910888</v>
       </c>
       <c r="X3" t="n">
-        <v>64868.76</v>
+        <v>64868.75659447718</v>
       </c>
       <c r="Y3" t="n">
-        <v>67878.84</v>
+        <v>67878.83701984548</v>
       </c>
       <c r="Z3" t="n">
-        <v>70888.92</v>
+        <v>70888.9174452138</v>
       </c>
       <c r="AA3" t="n">
-        <v>73899</v>
+        <v>73898.9978705821</v>
       </c>
       <c r="AB3" t="n">
-        <v>76909.08</v>
+        <v>76909.0782959504</v>
       </c>
       <c r="AC3" t="n">
-        <v>79919.16</v>
+        <v>79919.1587213187</v>
       </c>
       <c r="AD3" t="n">
-        <v>82929.24000000001</v>
+        <v>82929.239146687</v>
       </c>
       <c r="AE3" t="n">
-        <v>85939.32000000001</v>
+        <v>85939.31957205532</v>
       </c>
       <c r="AF3" t="n">
-        <v>88949.39999999999</v>
+        <v>88949.39999742364</v>
       </c>
       <c r="AG3" t="n">
-        <v>91959.48</v>
+        <v>91959.48042279195</v>
       </c>
       <c r="AH3" t="n">
-        <v>94969.56</v>
+        <v>94969.56084816027</v>
       </c>
       <c r="AI3" t="n">
-        <v>97979.64</v>
+        <v>97979.64127352857</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Dwelling assumption adjustments</t>
         </is>
       </c>
       <c r="B4" t="inlineStr"/>
       <c r="C4" t="n">
-        <v>-1245.78</v>
+        <v>-1245.781730995214</v>
       </c>
       <c r="D4" t="n">
-        <v>-1337.64</v>
+        <v>-1337.641132584364</v>
       </c>
       <c r="E4" t="n">
-        <v>-1783.67</v>
+        <v>-1783.67143668605</v>
       </c>
       <c r="F4" t="n">
-        <v>-1527.39</v>
+        <v>-1527.388261787165</v>
       </c>
       <c r="G4" t="n">
-        <v>-2105.55</v>
+        <v>-2105.55167574392</v>
       </c>
       <c r="H4" t="n">
-        <v>-2298.27</v>
+        <v>-2298.272939622136</v>
       </c>
       <c r="I4" t="n">
-        <v>-2327.39</v>
+        <v>-2327.392864805138</v>
       </c>
       <c r="J4" t="n">
-        <v>-2215.98</v>
+        <v>-2215.98192102276</v>
       </c>
       <c r="K4" t="n">
-        <v>-2065.57</v>
+        <v>-2065.570977240378</v>
       </c>
       <c r="L4" t="n">
-        <v>-1935.16</v>
+        <v>-1935.160033458</v>
       </c>
       <c r="M4" t="n">
-        <v>-1750.75</v>
+        <v>-1750.749089675622</v>
       </c>
       <c r="N4" t="n">
-        <v>-1587.34</v>
+        <v>-1587.33814589324</v>
       </c>
       <c r="O4" t="n">
-        <v>-1351.93</v>
+        <v>-1351.92720211086</v>
       </c>
       <c r="P4" t="n">
-        <v>-1174.52</v>
+        <v>-1174.516258328478</v>
       </c>
       <c r="Q4" t="n">
-        <v>-996.11</v>
+        <v>-996.1053145460983</v>
       </c>
       <c r="R4" t="n">
-        <v>-918.6900000000001</v>
+        <v>-918.694370763717</v>
       </c>
       <c r="S4" t="n">
-        <v>-835.28</v>
+        <v>-835.2834269813384</v>
       </c>
       <c r="T4" t="n">
-        <v>-760.87</v>
+        <v>-760.8724831989575</v>
       </c>
       <c r="U4" t="n">
-        <v>-692.46</v>
+        <v>-692.4615394165776</v>
       </c>
       <c r="V4" t="n">
-        <v>-687.05</v>
+        <v>-687.050595634194</v>
       </c>
       <c r="W4" t="n">
-        <v>-717.64</v>
+        <v>-717.6396518518104</v>
       </c>
       <c r="X4" t="n">
-        <v>-1113.23</v>
+        <v>-1113.228708069427</v>
       </c>
       <c r="Y4" t="n">
-        <v>-1658.82</v>
+        <v>-1658.817764287043</v>
       </c>
       <c r="Z4" t="n">
-        <v>-2374.41</v>
+        <v>-2374.406820504663</v>
       </c>
       <c r="AA4" t="n">
-        <v>-3260</v>
+        <v>-3259.995876722282</v>
       </c>
       <c r="AB4" t="n">
-        <v>-4129.58</v>
+        <v>-4129.584932939898</v>
       </c>
       <c r="AC4" t="n">
-        <v>-5098.17</v>
+        <v>-5098.173989157516</v>
       </c>
       <c r="AD4" t="n">
-        <v>-6016.76</v>
+        <v>-6016.763045375134</v>
       </c>
       <c r="AE4" t="n">
-        <v>-7060.35</v>
+        <v>-7060.352101592751</v>
       </c>
       <c r="AF4" t="n">
-        <v>-8183.94</v>
+        <v>-8183.941157810371</v>
       </c>
       <c r="AG4" t="n">
-        <v>-11193.53</v>
+        <v>-11193.53021402799</v>
       </c>
       <c r="AH4" t="n">
-        <v>-14203.12</v>
+        <v>-14203.1192702456</v>
       </c>
       <c r="AI4" t="n">
-        <v>-17212.71</v>
+        <v>-17212.70832646322</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Combined dwellings</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>83418</v>
       </c>
       <c r="C5" t="n">
-        <v>85567.46000000001</v>
+        <v>85567.46392730101</v>
       </c>
       <c r="D5" t="n">
-        <v>87263.71000000001</v>
+        <v>87263.70678925126</v>
       </c>
       <c r="E5" t="n">
-        <v>89763.19</v>
+        <v>89763.1918725447</v>
       </c>
       <c r="F5" t="n">
-        <v>93064.67999999999</v>
+        <v>93064.68324169537</v>
       </c>
       <c r="G5" t="n">
-        <v>95110.17</v>
+        <v>95110.17461084608</v>
       </c>
       <c r="H5" t="n">
-        <v>97744.67</v>
+        <v>97744.66597999679</v>
       </c>
       <c r="I5" t="n">
-        <v>100808.16</v>
+        <v>100808.1573491475</v>
       </c>
       <c r="J5" t="n">
-        <v>103929.65</v>
+        <v>103929.6487182982</v>
       </c>
       <c r="K5" t="n">
-        <v>107090.14</v>
+        <v>107090.1400874488</v>
       </c>
       <c r="L5" t="n">
-        <v>110230.63</v>
+        <v>110230.6314565995</v>
       </c>
       <c r="M5" t="n">
-        <v>113425.12</v>
+        <v>113425.1228257502</v>
       </c>
       <c r="N5" t="n">
-        <v>116598.61</v>
+        <v>116598.6141949009</v>
       </c>
       <c r="O5" t="n">
-        <v>119844.11</v>
+        <v>119844.1055640516</v>
       </c>
       <c r="P5" t="n">
-        <v>123031.6</v>
+        <v>123031.5969332023</v>
       </c>
       <c r="Q5" t="n">
-        <v>126220.09</v>
+        <v>126220.0883023529</v>
       </c>
       <c r="R5" t="n">
-        <v>129307.58</v>
+        <v>129307.5796715037</v>
       </c>
       <c r="S5" t="n">
-        <v>132401.07</v>
+        <v>132401.0710406543</v>
       </c>
       <c r="T5" t="n">
-        <v>135485.56</v>
+        <v>135485.562409805</v>
       </c>
       <c r="U5" t="n">
-        <v>138564.05</v>
+        <v>138564.0537789557</v>
       </c>
       <c r="V5" t="n">
-        <v>141579.55</v>
+        <v>141579.5451481064</v>
       </c>
       <c r="W5" t="n">
-        <v>144559.04</v>
+        <v>144559.036517257</v>
       </c>
       <c r="X5" t="n">
-        <v>147173.53</v>
+        <v>147173.5278864077</v>
       </c>
       <c r="Y5" t="n">
-        <v>149638.02</v>
+        <v>149638.0192555585</v>
       </c>
       <c r="Z5" t="n">
-        <v>151932.51</v>
+        <v>151932.5106247091</v>
       </c>
       <c r="AA5" t="n">
-        <v>154057</v>
+        <v>154057.0019938598</v>
       </c>
       <c r="AB5" t="n">
-        <v>156197.49</v>
+        <v>156197.4933630105</v>
       </c>
       <c r="AC5" t="n">
-        <v>158238.98</v>
+        <v>158238.9847321612</v>
       </c>
       <c r="AD5" t="n">
-        <v>160330.48</v>
+        <v>160330.4761013119</v>
       </c>
       <c r="AE5" t="n">
-        <v>162296.97</v>
+        <v>162296.9674704626</v>
       </c>
       <c r="AF5" t="n">
-        <v>164183.46</v>
+        <v>164183.4588396132</v>
       </c>
       <c r="AG5" t="n">
-        <v>164183.95</v>
+        <v>164183.9502087639</v>
       </c>
       <c r="AH5" t="n">
-        <v>164184.44</v>
+        <v>164184.4415779146</v>
       </c>
       <c r="AI5" t="n">
-        <v>164184.93</v>
+        <v>164184.9329470653</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
     <ignoredError sqref="A2:A5" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>