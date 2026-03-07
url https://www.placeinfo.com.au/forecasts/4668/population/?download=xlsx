--- v0 (2026-01-21)
+++ v1 (2026-03-07)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,163 +420,163 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AJ20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Age Group</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2020</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2021</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2022</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2023</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2024</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2025</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2026</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2027</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2028</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2029</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2030</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2031</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2032</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2033</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2034</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2035</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2036</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2037</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2038</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2039</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2040</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2041</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2042</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2043</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2044</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2045</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2046</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2047</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2048</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2049</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2050</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2051</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2052</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2053</v>
       </c>
-      <c r="AJ1" s="1" t="n">
+      <c r="AJ1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>0-4</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>1007</v>
       </c>
       <c r="C2" t="n">
         <v>992</v>
       </c>
       <c r="D2" t="n">
         <v>997</v>
       </c>
       <c r="E2" t="n">
         <v>1006</v>
       </c>
       <c r="F2" t="n">
         <v>1008</v>
       </c>
       <c r="G2" t="n">
         <v>1037.23</v>
       </c>
       <c r="H2" t="n">
         <v>1067.09</v>
       </c>
@@ -658,51 +644,51 @@
         <v>1279.76</v>
       </c>
       <c r="AD2" t="n">
         <v>1292.18</v>
       </c>
       <c r="AE2" t="n">
         <v>1305.29</v>
       </c>
       <c r="AF2" t="n">
         <v>1316.77</v>
       </c>
       <c r="AG2" t="n">
         <v>1327.48</v>
       </c>
       <c r="AH2" t="n">
         <v>1337.07</v>
       </c>
       <c r="AI2" t="n">
         <v>1347.66</v>
       </c>
       <c r="AJ2" t="n">
         <v>1359.74</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>5-9</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>1014</v>
       </c>
       <c r="C3" t="n">
         <v>1022</v>
       </c>
       <c r="D3" t="n">
         <v>1041</v>
       </c>
       <c r="E3" t="n">
         <v>1021</v>
       </c>
       <c r="F3" t="n">
         <v>1017</v>
       </c>
       <c r="G3" t="n">
         <v>990.37</v>
       </c>
       <c r="H3" t="n">
         <v>966.17</v>
       </c>
@@ -770,51 +756,51 @@
         <v>1169.92</v>
       </c>
       <c r="AD3" t="n">
         <v>1181.59</v>
       </c>
       <c r="AE3" t="n">
         <v>1192.2</v>
       </c>
       <c r="AF3" t="n">
         <v>1203.49</v>
       </c>
       <c r="AG3" t="n">
         <v>1214.17</v>
       </c>
       <c r="AH3" t="n">
         <v>1225.62</v>
       </c>
       <c r="AI3" t="n">
         <v>1235.01</v>
       </c>
       <c r="AJ3" t="n">
         <v>1244.75</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>10-14</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>1024</v>
       </c>
       <c r="C4" t="n">
         <v>1062</v>
       </c>
       <c r="D4" t="n">
         <v>1038</v>
       </c>
       <c r="E4" t="n">
         <v>1074</v>
       </c>
       <c r="F4" t="n">
         <v>1039</v>
       </c>
       <c r="G4" t="n">
         <v>1025.08</v>
       </c>
       <c r="H4" t="n">
         <v>1007.8</v>
       </c>
@@ -882,51 +868,51 @@
         <v>1104.17</v>
       </c>
       <c r="AD4" t="n">
         <v>1113.31</v>
       </c>
       <c r="AE4" t="n">
         <v>1122.03</v>
       </c>
       <c r="AF4" t="n">
         <v>1129.34</v>
       </c>
       <c r="AG4" t="n">
         <v>1139.08</v>
       </c>
       <c r="AH4" t="n">
         <v>1149.69</v>
       </c>
       <c r="AI4" t="n">
         <v>1159.37</v>
       </c>
       <c r="AJ4" t="n">
         <v>1167.93</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>15-19</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>1019</v>
       </c>
       <c r="C5" t="n">
         <v>987</v>
       </c>
       <c r="D5" t="n">
         <v>950</v>
       </c>
       <c r="E5" t="n">
         <v>954</v>
       </c>
       <c r="F5" t="n">
         <v>940</v>
       </c>
       <c r="G5" t="n">
         <v>921.03</v>
       </c>
       <c r="H5" t="n">
         <v>958.67</v>
       </c>
@@ -994,51 +980,51 @@
         <v>971.5700000000001</v>
       </c>
       <c r="AD5" t="n">
         <v>972.98</v>
       </c>
       <c r="AE5" t="n">
         <v>978.27</v>
       </c>
       <c r="AF5" t="n">
         <v>983.66</v>
       </c>
       <c r="AG5" t="n">
         <v>991.5700000000001</v>
       </c>
       <c r="AH5" t="n">
         <v>999.4400000000001</v>
       </c>
       <c r="AI5" t="n">
         <v>1006.3</v>
       </c>
       <c r="AJ5" t="n">
         <v>1013.06</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>20-24</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>978</v>
       </c>
       <c r="C6" t="n">
         <v>925</v>
       </c>
       <c r="D6" t="n">
         <v>873</v>
       </c>
       <c r="E6" t="n">
         <v>905</v>
       </c>
       <c r="F6" t="n">
         <v>917</v>
       </c>
       <c r="G6" t="n">
         <v>924.83</v>
       </c>
       <c r="H6" t="n">
         <v>897.9400000000001</v>
       </c>
@@ -1106,51 +1092,51 @@
         <v>880.45</v>
       </c>
       <c r="AD6" t="n">
         <v>905.89</v>
       </c>
       <c r="AE6" t="n">
         <v>915.09</v>
       </c>
       <c r="AF6" t="n">
         <v>920.62</v>
       </c>
       <c r="AG6" t="n">
         <v>920.98</v>
       </c>
       <c r="AH6" t="n">
         <v>920</v>
       </c>
       <c r="AI6" t="n">
         <v>918.47</v>
       </c>
       <c r="AJ6" t="n">
         <v>920.3200000000001</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>25-29</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>1203</v>
       </c>
       <c r="C7" t="n">
         <v>1126</v>
       </c>
       <c r="D7" t="n">
         <v>1129</v>
       </c>
       <c r="E7" t="n">
         <v>1092</v>
       </c>
       <c r="F7" t="n">
         <v>1064</v>
       </c>
       <c r="G7" t="n">
         <v>1036.81</v>
       </c>
       <c r="H7" t="n">
         <v>994.78</v>
       </c>
@@ -1218,51 +1204,51 @@
         <v>880.02</v>
       </c>
       <c r="AD7" t="n">
         <v>895.77</v>
       </c>
       <c r="AE7" t="n">
         <v>915.62</v>
       </c>
       <c r="AF7" t="n">
         <v>941.84</v>
       </c>
       <c r="AG7" t="n">
         <v>969.04</v>
       </c>
       <c r="AH7" t="n">
         <v>977.79</v>
       </c>
       <c r="AI7" t="n">
         <v>1001.42</v>
       </c>
       <c r="AJ7" t="n">
         <v>1007.26</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>30-34</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>1107</v>
       </c>
       <c r="C8" t="n">
         <v>1116</v>
       </c>
       <c r="D8" t="n">
         <v>1140</v>
       </c>
       <c r="E8" t="n">
         <v>1191</v>
       </c>
       <c r="F8" t="n">
         <v>1179</v>
       </c>
       <c r="G8" t="n">
         <v>1159.68</v>
       </c>
       <c r="H8" t="n">
         <v>1132.36</v>
       </c>
@@ -1330,51 +1316,51 @@
         <v>1004.97</v>
       </c>
       <c r="AD8" t="n">
         <v>961.55</v>
       </c>
       <c r="AE8" t="n">
         <v>947.6799999999999</v>
       </c>
       <c r="AF8" t="n">
         <v>924.37</v>
       </c>
       <c r="AG8" t="n">
         <v>901.6</v>
       </c>
       <c r="AH8" t="n">
         <v>888.23</v>
       </c>
       <c r="AI8" t="n">
         <v>901.87</v>
       </c>
       <c r="AJ8" t="n">
         <v>920.73</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>35-39</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>989</v>
       </c>
       <c r="C9" t="n">
         <v>993</v>
       </c>
       <c r="D9" t="n">
         <v>1018</v>
       </c>
       <c r="E9" t="n">
         <v>1032</v>
       </c>
       <c r="F9" t="n">
         <v>1049</v>
       </c>
       <c r="G9" t="n">
         <v>1093.43</v>
       </c>
       <c r="H9" t="n">
         <v>1154.41</v>
       </c>
@@ -1442,51 +1428,51 @@
         <v>1048.89</v>
       </c>
       <c r="AD9" t="n">
         <v>1049.29</v>
       </c>
       <c r="AE9" t="n">
         <v>1030.42</v>
       </c>
       <c r="AF9" t="n">
         <v>1026.36</v>
       </c>
       <c r="AG9" t="n">
         <v>1016.68</v>
       </c>
       <c r="AH9" t="n">
         <v>1045.07</v>
       </c>
       <c r="AI9" t="n">
         <v>997.99</v>
       </c>
       <c r="AJ9" t="n">
         <v>985.8</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>40-44</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>837</v>
       </c>
       <c r="C10" t="n">
         <v>884</v>
       </c>
       <c r="D10" t="n">
         <v>901</v>
       </c>
       <c r="E10" t="n">
         <v>947</v>
       </c>
       <c r="F10" t="n">
         <v>942</v>
       </c>
       <c r="G10" t="n">
         <v>965.25</v>
       </c>
       <c r="H10" t="n">
         <v>976.27</v>
       </c>
@@ -1554,51 +1540,51 @@
         <v>962.37</v>
       </c>
       <c r="AD10" t="n">
         <v>995.51</v>
       </c>
       <c r="AE10" t="n">
         <v>999.96</v>
       </c>
       <c r="AF10" t="n">
         <v>993.11</v>
       </c>
       <c r="AG10" t="n">
         <v>1045.77</v>
       </c>
       <c r="AH10" t="n">
         <v>1050.46</v>
       </c>
       <c r="AI10" t="n">
         <v>1054.54</v>
       </c>
       <c r="AJ10" t="n">
         <v>1033.31</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="inlineStr">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>45-49</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1018</v>
       </c>
       <c r="C11" t="n">
         <v>951</v>
       </c>
       <c r="D11" t="n">
         <v>883</v>
       </c>
       <c r="E11" t="n">
         <v>821</v>
       </c>
       <c r="F11" t="n">
         <v>822</v>
       </c>
       <c r="G11" t="n">
         <v>809.15</v>
       </c>
       <c r="H11" t="n">
         <v>825.28</v>
       </c>
@@ -1666,51 +1652,51 @@
         <v>965.4400000000001</v>
       </c>
       <c r="AD11" t="n">
         <v>956.51</v>
       </c>
       <c r="AE11" t="n">
         <v>978.9</v>
       </c>
       <c r="AF11" t="n">
         <v>986.39</v>
       </c>
       <c r="AG11" t="n">
         <v>955.21</v>
       </c>
       <c r="AH11" t="n">
         <v>887.6900000000001</v>
       </c>
       <c r="AI11" t="n">
         <v>918.58</v>
       </c>
       <c r="AJ11" t="n">
         <v>921.63</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="inlineStr">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>50-54</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>1069</v>
       </c>
       <c r="C12" t="n">
         <v>1067</v>
       </c>
       <c r="D12" t="n">
         <v>1065</v>
       </c>
       <c r="E12" t="n">
         <v>1037</v>
       </c>
       <c r="F12" t="n">
         <v>1030</v>
       </c>
       <c r="G12" t="n">
         <v>987.65</v>
       </c>
       <c r="H12" t="n">
         <v>916.04</v>
       </c>
@@ -1778,51 +1764,51 @@
         <v>1054.23</v>
       </c>
       <c r="AD12" t="n">
         <v>1002.38</v>
       </c>
       <c r="AE12" t="n">
         <v>980.05</v>
       </c>
       <c r="AF12" t="n">
         <v>957.73</v>
       </c>
       <c r="AG12" t="n">
         <v>920.39</v>
       </c>
       <c r="AH12" t="n">
         <v>917.78</v>
       </c>
       <c r="AI12" t="n">
         <v>912.25</v>
       </c>
       <c r="AJ12" t="n">
         <v>935.87</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="inlineStr">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>55-59</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>1244</v>
       </c>
       <c r="C13" t="n">
         <v>1216</v>
       </c>
       <c r="D13" t="n">
         <v>1181</v>
       </c>
       <c r="E13" t="n">
         <v>1133</v>
       </c>
       <c r="F13" t="n">
         <v>1058</v>
       </c>
       <c r="G13" t="n">
         <v>1060.2</v>
       </c>
       <c r="H13" t="n">
         <v>1037.49</v>
       </c>
@@ -1890,51 +1876,51 @@
         <v>1062.37</v>
       </c>
       <c r="AD13" t="n">
         <v>1098.77</v>
       </c>
       <c r="AE13" t="n">
         <v>1092.49</v>
       </c>
       <c r="AF13" t="n">
         <v>1074.42</v>
       </c>
       <c r="AG13" t="n">
         <v>1058</v>
       </c>
       <c r="AH13" t="n">
         <v>1048.6</v>
       </c>
       <c r="AI13" t="n">
         <v>997.05</v>
       </c>
       <c r="AJ13" t="n">
         <v>970.7</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="inlineStr">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>60-64</t>
         </is>
       </c>
       <c r="B14" t="n">
         <v>1325</v>
       </c>
       <c r="C14" t="n">
         <v>1347</v>
       </c>
       <c r="D14" t="n">
         <v>1345</v>
       </c>
       <c r="E14" t="n">
         <v>1353</v>
       </c>
       <c r="F14" t="n">
         <v>1319</v>
       </c>
       <c r="G14" t="n">
         <v>1254.23</v>
       </c>
       <c r="H14" t="n">
         <v>1233.24</v>
       </c>
@@ -2002,51 +1988,51 @@
         <v>915.66</v>
       </c>
       <c r="AD14" t="n">
         <v>945.09</v>
       </c>
       <c r="AE14" t="n">
         <v>971.3</v>
       </c>
       <c r="AF14" t="n">
         <v>1015.16</v>
       </c>
       <c r="AG14" t="n">
         <v>1070.54</v>
       </c>
       <c r="AH14" t="n">
         <v>1110.17</v>
       </c>
       <c r="AI14" t="n">
         <v>1150.14</v>
       </c>
       <c r="AJ14" t="n">
         <v>1144.85</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>65-69</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>1138</v>
       </c>
       <c r="C15" t="n">
         <v>1162</v>
       </c>
       <c r="D15" t="n">
         <v>1175</v>
       </c>
       <c r="E15" t="n">
         <v>1161</v>
       </c>
       <c r="F15" t="n">
         <v>1220</v>
       </c>
       <c r="G15" t="n">
         <v>1279</v>
       </c>
       <c r="H15" t="n">
         <v>1309.92</v>
       </c>
@@ -2114,51 +2100,51 @@
         <v>823.79</v>
       </c>
       <c r="AD15" t="n">
         <v>854.34</v>
       </c>
       <c r="AE15" t="n">
         <v>856.65</v>
       </c>
       <c r="AF15" t="n">
         <v>874.53</v>
       </c>
       <c r="AG15" t="n">
         <v>885.38</v>
       </c>
       <c r="AH15" t="n">
         <v>904.53</v>
       </c>
       <c r="AI15" t="n">
         <v>926.71</v>
       </c>
       <c r="AJ15" t="n">
         <v>952.79</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>70-74</t>
         </is>
       </c>
       <c r="B16" t="n">
         <v>966</v>
       </c>
       <c r="C16" t="n">
         <v>1001</v>
       </c>
       <c r="D16" t="n">
         <v>1002</v>
       </c>
       <c r="E16" t="n">
         <v>1015</v>
       </c>
       <c r="F16" t="n">
         <v>1012</v>
       </c>
       <c r="G16" t="n">
         <v>1049.03</v>
       </c>
       <c r="H16" t="n">
         <v>1053.14</v>
       </c>
@@ -2226,51 +2212,51 @@
         <v>805.48</v>
       </c>
       <c r="AD16" t="n">
         <v>741.26</v>
       </c>
       <c r="AE16" t="n">
         <v>741.33</v>
       </c>
       <c r="AF16" t="n">
         <v>732.41</v>
       </c>
       <c r="AG16" t="n">
         <v>748.75</v>
       </c>
       <c r="AH16" t="n">
         <v>761.22</v>
       </c>
       <c r="AI16" t="n">
         <v>791.49</v>
       </c>
       <c r="AJ16" t="n">
         <v>791.62</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="inlineStr">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>75-79</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>683</v>
       </c>
       <c r="C17" t="n">
         <v>715</v>
       </c>
       <c r="D17" t="n">
         <v>755</v>
       </c>
       <c r="E17" t="n">
         <v>807</v>
       </c>
       <c r="F17" t="n">
         <v>858</v>
       </c>
       <c r="G17" t="n">
         <v>864.6</v>
       </c>
       <c r="H17" t="n">
         <v>897.49</v>
       </c>
@@ -2338,51 +2324,51 @@
         <v>939.6900000000001</v>
       </c>
       <c r="AD17" t="n">
         <v>917.8</v>
       </c>
       <c r="AE17" t="n">
         <v>910.58</v>
       </c>
       <c r="AF17" t="n">
         <v>874.46</v>
       </c>
       <c r="AG17" t="n">
         <v>810.3</v>
       </c>
       <c r="AH17" t="n">
         <v>764.3200000000001</v>
       </c>
       <c r="AI17" t="n">
         <v>699.1799999999999</v>
       </c>
       <c r="AJ17" t="n">
         <v>698.87</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="inlineStr">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>80-84</t>
         </is>
       </c>
       <c r="B18" t="n">
         <v>514</v>
       </c>
       <c r="C18" t="n">
         <v>514</v>
       </c>
       <c r="D18" t="n">
         <v>511</v>
       </c>
       <c r="E18" t="n">
         <v>501</v>
       </c>
       <c r="F18" t="n">
         <v>510</v>
       </c>
       <c r="G18" t="n">
         <v>550.24</v>
       </c>
       <c r="H18" t="n">
         <v>605.09</v>
       </c>
@@ -2450,51 +2436,51 @@
         <v>931.01</v>
       </c>
       <c r="AD18" t="n">
         <v>909.34</v>
       </c>
       <c r="AE18" t="n">
         <v>855.5700000000001</v>
       </c>
       <c r="AF18" t="n">
         <v>856.05</v>
       </c>
       <c r="AG18" t="n">
         <v>841.8</v>
       </c>
       <c r="AH18" t="n">
         <v>852.24</v>
       </c>
       <c r="AI18" t="n">
         <v>832.11</v>
       </c>
       <c r="AJ18" t="n">
         <v>816.04</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="inlineStr">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>85+</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>583</v>
       </c>
       <c r="C19" t="n">
         <v>582</v>
       </c>
       <c r="D19" t="n">
         <v>563</v>
       </c>
       <c r="E19" t="n">
         <v>572</v>
       </c>
       <c r="F19" t="n">
         <v>557</v>
       </c>
       <c r="G19" t="n">
         <v>536.62</v>
       </c>
       <c r="H19" t="n">
         <v>521.4299999999999</v>
       </c>
@@ -2562,51 +2548,51 @@
         <v>898.8099999999999</v>
       </c>
       <c r="AD19" t="n">
         <v>911.88</v>
       </c>
       <c r="AE19" t="n">
         <v>918.88</v>
       </c>
       <c r="AF19" t="n">
         <v>908.46</v>
       </c>
       <c r="AG19" t="n">
         <v>909.3</v>
       </c>
       <c r="AH19" t="n">
         <v>892.97</v>
       </c>
       <c r="AI19" t="n">
         <v>889.62</v>
       </c>
       <c r="AJ19" t="n">
         <v>861.34</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>17718</v>
       </c>
       <c r="C20" t="n">
         <v>17662</v>
       </c>
       <c r="D20" t="n">
         <v>17567</v>
       </c>
       <c r="E20" t="n">
         <v>17622</v>
       </c>
       <c r="F20" t="n">
         <v>17541</v>
       </c>
       <c r="G20" t="n">
         <v>17544.42</v>
       </c>
       <c r="H20" t="n">
         <v>17554.62</v>
       </c>