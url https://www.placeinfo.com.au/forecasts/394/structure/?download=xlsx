--- v0 (2026-01-24)
+++ v1 (2026-03-24)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -425,507 +411,491 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AJ4"/>
+  <dimension ref="A1:AI4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="B1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Structure</t>
         </is>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AJ1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="B2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Detached</t>
         </is>
       </c>
+      <c r="B2" t="n">
+        <v>26601.98</v>
+      </c>
       <c r="C2" t="n">
-        <v>26601.98</v>
+        <v>26658.38</v>
       </c>
       <c r="D2" t="n">
-        <v>26658.38</v>
+        <v>26694.75</v>
       </c>
       <c r="E2" t="n">
-        <v>26694.74</v>
+        <v>26796.48</v>
       </c>
       <c r="F2" t="n">
-        <v>26796.42</v>
+        <v>26852.09</v>
       </c>
       <c r="G2" t="n">
-        <v>26852.02</v>
+        <v>26963.32</v>
       </c>
       <c r="H2" t="n">
-        <v>26940.83</v>
+        <v>27074.54</v>
       </c>
       <c r="I2" t="n">
-        <v>27029.63</v>
+        <v>27245.46</v>
       </c>
       <c r="J2" t="n">
-        <v>27178.14</v>
+        <v>27356.68</v>
       </c>
       <c r="K2" t="n">
-        <v>27266.95</v>
+        <v>27052.51</v>
       </c>
       <c r="L2" t="n">
-        <v>26974.39</v>
+        <v>27057.73</v>
       </c>
       <c r="M2" t="n">
-        <v>26964</v>
+        <v>27062.96</v>
       </c>
       <c r="N2" t="n">
-        <v>26953.61</v>
+        <v>27068.18</v>
       </c>
       <c r="O2" t="n">
-        <v>26943.23</v>
+        <v>27073.41</v>
       </c>
       <c r="P2" t="n">
-        <v>26932.84</v>
+        <v>27078.64</v>
       </c>
       <c r="Q2" t="n">
-        <v>26922.45</v>
+        <v>27083.86</v>
       </c>
       <c r="R2" t="n">
-        <v>26912.06</v>
+        <v>27089.09</v>
       </c>
       <c r="S2" t="n">
-        <v>26901.68</v>
+        <v>27094.31</v>
       </c>
       <c r="T2" t="n">
-        <v>26891.29</v>
+        <v>27099.54</v>
       </c>
       <c r="U2" t="n">
-        <v>26880.9</v>
+        <v>27104.76</v>
       </c>
       <c r="V2" t="n">
-        <v>26870.52</v>
+        <v>27109.99</v>
       </c>
       <c r="W2" t="n">
-        <v>26860.13</v>
+        <v>27115.22</v>
       </c>
       <c r="X2" t="n">
-        <v>26849.74</v>
+        <v>27120.44</v>
       </c>
       <c r="Y2" t="n">
-        <v>26839.35</v>
+        <v>27125.67</v>
       </c>
       <c r="Z2" t="n">
-        <v>26828.97</v>
+        <v>27130.89</v>
       </c>
       <c r="AA2" t="n">
-        <v>26818.58</v>
+        <v>27136.12</v>
       </c>
       <c r="AB2" t="n">
-        <v>26808.19</v>
+        <v>27141.34</v>
       </c>
       <c r="AC2" t="n">
-        <v>26797.8</v>
+        <v>27146.57</v>
       </c>
       <c r="AD2" t="n">
-        <v>26787.42</v>
+        <v>27151.79</v>
       </c>
       <c r="AE2" t="n">
-        <v>26777.03</v>
+        <v>27157.02</v>
       </c>
       <c r="AF2" t="n">
-        <v>26766.64</v>
+        <v>27162.25</v>
       </c>
       <c r="AG2" t="n">
-        <v>26756.26</v>
+        <v>27167.47</v>
       </c>
       <c r="AH2" t="n">
-        <v>26745.87</v>
+        <v>27172.7</v>
       </c>
       <c r="AI2" t="n">
-        <v>26735.48</v>
-[...2 lines deleted...]
-        <v>26725.09</v>
+        <v>27177.92</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="B3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Medium or high density</t>
         </is>
       </c>
+      <c r="B3" t="n">
+        <v>12690.61</v>
+      </c>
       <c r="C3" t="n">
-        <v>12690.61</v>
+        <v>13437.66</v>
       </c>
       <c r="D3" t="n">
-        <v>13437.66</v>
+        <v>13609.86</v>
       </c>
       <c r="E3" t="n">
-        <v>13609.86</v>
+        <v>14494.35</v>
       </c>
       <c r="F3" t="n">
-        <v>14494.43</v>
+        <v>14875.4</v>
       </c>
       <c r="G3" t="n">
-        <v>14875.81</v>
+        <v>15190.04</v>
       </c>
       <c r="H3" t="n">
-        <v>15191.27</v>
+        <v>15967.65</v>
       </c>
       <c r="I3" t="n">
-        <v>15654.74</v>
+        <v>17037.65</v>
       </c>
       <c r="J3" t="n">
-        <v>16411.23</v>
+        <v>17705.88</v>
       </c>
       <c r="K3" t="n">
-        <v>17079.09</v>
+        <v>18368.49</v>
       </c>
       <c r="L3" t="n">
-        <v>17744.97</v>
+        <v>19031.1</v>
       </c>
       <c r="M3" t="n">
-        <v>18402.6</v>
+        <v>19493.71</v>
       </c>
       <c r="N3" t="n">
-        <v>18860.23</v>
+        <v>19956.32</v>
       </c>
       <c r="O3" t="n">
-        <v>19317.86</v>
+        <v>20461.13</v>
       </c>
       <c r="P3" t="n">
-        <v>19812.53</v>
+        <v>20856.54</v>
       </c>
       <c r="Q3" t="n">
-        <v>20194.41</v>
+        <v>21251.95</v>
       </c>
       <c r="R3" t="n">
-        <v>20576.29</v>
+        <v>21647.36</v>
       </c>
       <c r="S3" t="n">
-        <v>20958.18</v>
+        <v>22042.77</v>
       </c>
       <c r="T3" t="n">
-        <v>21340.06</v>
+        <v>22438.17</v>
       </c>
       <c r="U3" t="n">
-        <v>21721.95</v>
+        <v>22833.58</v>
       </c>
       <c r="V3" t="n">
-        <v>22103.83</v>
+        <v>23228.99</v>
       </c>
       <c r="W3" t="n">
-        <v>22485.72</v>
+        <v>23624.4</v>
       </c>
       <c r="X3" t="n">
-        <v>22867.6</v>
+        <v>24019.81</v>
       </c>
       <c r="Y3" t="n">
-        <v>23249.48</v>
+        <v>24415.21</v>
       </c>
       <c r="Z3" t="n">
-        <v>23631.37</v>
+        <v>24810.62</v>
       </c>
       <c r="AA3" t="n">
-        <v>24013.25</v>
+        <v>25206.03</v>
       </c>
       <c r="AB3" t="n">
-        <v>24395.14</v>
+        <v>25601.44</v>
       </c>
       <c r="AC3" t="n">
-        <v>24777.02</v>
+        <v>25996.85</v>
       </c>
       <c r="AD3" t="n">
-        <v>25158.91</v>
+        <v>26392.25</v>
       </c>
       <c r="AE3" t="n">
-        <v>25540.79</v>
+        <v>26787.66</v>
       </c>
       <c r="AF3" t="n">
-        <v>25922.67</v>
+        <v>27183.07</v>
       </c>
       <c r="AG3" t="n">
-        <v>26304.56</v>
+        <v>27578.48</v>
       </c>
       <c r="AH3" t="n">
-        <v>26686.44</v>
+        <v>27973.89</v>
       </c>
       <c r="AI3" t="n">
-        <v>27068.33</v>
-[...2 lines deleted...]
-        <v>27450.21</v>
+        <v>28369.3</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="B4" s="2" t="inlineStr"/>
+      <c r="B4" t="n">
+        <v>39292.59</v>
+      </c>
       <c r="C4" t="n">
-        <v>39292.59</v>
+        <v>40096.04</v>
       </c>
       <c r="D4" t="n">
-        <v>40096.04</v>
+        <v>40304.6</v>
       </c>
       <c r="E4" t="n">
-        <v>40304.6</v>
+        <v>41290.82</v>
       </c>
       <c r="F4" t="n">
-        <v>41290.85</v>
+        <v>41727.5</v>
       </c>
       <c r="G4" t="n">
-        <v>41727.82</v>
+        <v>42153.36</v>
       </c>
       <c r="H4" t="n">
-        <v>42132.1</v>
+        <v>43042.19</v>
       </c>
       <c r="I4" t="n">
-        <v>42684.38</v>
+        <v>44283.11</v>
       </c>
       <c r="J4" t="n">
-        <v>43589.37</v>
+        <v>45062.56</v>
       </c>
       <c r="K4" t="n">
-        <v>44346.04</v>
+        <v>45421</v>
       </c>
       <c r="L4" t="n">
-        <v>44719.35</v>
+        <v>46088.84</v>
       </c>
       <c r="M4" t="n">
-        <v>45366.6</v>
+        <v>46556.67</v>
       </c>
       <c r="N4" t="n">
-        <v>45813.85</v>
+        <v>47024.5</v>
       </c>
       <c r="O4" t="n">
-        <v>46261.09</v>
+        <v>47534.54</v>
       </c>
       <c r="P4" t="n">
-        <v>46745.36</v>
+        <v>47935.18</v>
       </c>
       <c r="Q4" t="n">
-        <v>47116.86</v>
+        <v>48335.81</v>
       </c>
       <c r="R4" t="n">
-        <v>47488.36</v>
+        <v>48736.44</v>
       </c>
       <c r="S4" t="n">
-        <v>47859.86</v>
+        <v>49137.08</v>
       </c>
       <c r="T4" t="n">
-        <v>48231.35</v>
+        <v>49537.71</v>
       </c>
       <c r="U4" t="n">
-        <v>48602.85</v>
+        <v>49938.35</v>
       </c>
       <c r="V4" t="n">
-        <v>48974.35</v>
+        <v>50338.98</v>
       </c>
       <c r="W4" t="n">
-        <v>49345.84</v>
+        <v>50739.61</v>
       </c>
       <c r="X4" t="n">
-        <v>49717.34</v>
+        <v>51140.25</v>
       </c>
       <c r="Y4" t="n">
-        <v>50088.84</v>
+        <v>51540.88</v>
       </c>
       <c r="Z4" t="n">
-        <v>50460.33</v>
+        <v>51941.51</v>
       </c>
       <c r="AA4" t="n">
-        <v>50831.83</v>
+        <v>52342.15</v>
       </c>
       <c r="AB4" t="n">
-        <v>51203.33</v>
+        <v>52742.78</v>
       </c>
       <c r="AC4" t="n">
-        <v>51574.83</v>
+        <v>53143.42</v>
       </c>
       <c r="AD4" t="n">
-        <v>51946.32</v>
+        <v>53544.05</v>
       </c>
       <c r="AE4" t="n">
-        <v>52317.82</v>
+        <v>53944.68</v>
       </c>
       <c r="AF4" t="n">
-        <v>52689.32</v>
+        <v>54345.32</v>
       </c>
       <c r="AG4" t="n">
-        <v>53060.81</v>
+        <v>54745.95</v>
       </c>
       <c r="AH4" t="n">
-        <v>53432.31</v>
+        <v>55146.59</v>
       </c>
       <c r="AI4" t="n">
-        <v>53803.81</v>
-[...2 lines deleted...]
-        <v>54175.3</v>
+        <v>55547.22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
-    <ignoredError sqref="A2:B4" twoDigitTextYear="1"/>
+    <ignoredError sqref="A2:A4" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>