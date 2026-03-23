--- v0 (2026-01-21)
+++ v1 (2026-03-23)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,9902 +420,9902 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AJ88"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>age</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2020</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2021</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2022</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2023</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2024</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2025</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2026</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2027</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2028</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2029</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2030</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2031</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2032</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2033</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2034</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2035</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2036</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2037</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2038</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2039</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2040</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2041</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2042</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2043</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2044</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2045</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2046</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2047</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2048</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2049</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2050</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2051</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2052</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2053</v>
       </c>
-      <c r="AJ1" s="1" t="n">
+      <c r="AJ1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>635.91</v>
       </c>
       <c r="C2" t="n">
         <v>619.91</v>
       </c>
       <c r="D2" t="n">
         <v>566.96</v>
       </c>
       <c r="E2" t="n">
         <v>590.98</v>
       </c>
       <c r="F2" t="n">
         <v>552.92</v>
       </c>
       <c r="G2" t="n">
-        <v>638.47</v>
+        <v>638.46</v>
       </c>
       <c r="H2" t="n">
-        <v>645.27</v>
+        <v>645.6900000000001</v>
       </c>
       <c r="I2" t="n">
-        <v>655.12</v>
+        <v>664.13</v>
       </c>
       <c r="J2" t="n">
-        <v>672.28</v>
+        <v>688.6900000000001</v>
       </c>
       <c r="K2" t="n">
-        <v>685.71</v>
+        <v>701.02</v>
       </c>
       <c r="L2" t="n">
-        <v>688.99</v>
+        <v>702.9299999999999</v>
       </c>
       <c r="M2" t="n">
-        <v>701.9400000000001</v>
+        <v>715.16</v>
       </c>
       <c r="N2" t="n">
-        <v>708.22</v>
+        <v>721.09</v>
       </c>
       <c r="O2" t="n">
-        <v>708.41</v>
+        <v>721.03</v>
       </c>
       <c r="P2" t="n">
-        <v>711.9</v>
+        <v>724.5</v>
       </c>
       <c r="Q2" t="n">
-        <v>713.99</v>
+        <v>726.83</v>
       </c>
       <c r="R2" t="n">
-        <v>714.9299999999999</v>
+        <v>728.11</v>
       </c>
       <c r="S2" t="n">
-        <v>716.97</v>
+        <v>730.51</v>
       </c>
       <c r="T2" t="n">
-        <v>719.5700000000001</v>
+        <v>733.49</v>
       </c>
       <c r="U2" t="n">
-        <v>722.4400000000001</v>
+        <v>736.75</v>
       </c>
       <c r="V2" t="n">
-        <v>725.64</v>
+        <v>740.35</v>
       </c>
       <c r="W2" t="n">
-        <v>729.0700000000001</v>
+        <v>744.2</v>
       </c>
       <c r="X2" t="n">
-        <v>732.65</v>
+        <v>748.2</v>
       </c>
       <c r="Y2" t="n">
-        <v>736.41</v>
+        <v>752.38</v>
       </c>
       <c r="Z2" t="n">
-        <v>740.3</v>
+        <v>756.6900000000001</v>
       </c>
       <c r="AA2" t="n">
-        <v>744.26</v>
+        <v>761.0700000000001</v>
       </c>
       <c r="AB2" t="n">
-        <v>748.3</v>
+        <v>765.55</v>
       </c>
       <c r="AC2" t="n">
-        <v>752.37</v>
+        <v>770.04</v>
       </c>
       <c r="AD2" t="n">
-        <v>756.45</v>
+        <v>774.55</v>
       </c>
       <c r="AE2" t="n">
-        <v>760.58</v>
+        <v>779.11</v>
       </c>
       <c r="AF2" t="n">
-        <v>764.72</v>
+        <v>783.6799999999999</v>
       </c>
       <c r="AG2" t="n">
-        <v>768.86</v>
+        <v>788.25</v>
       </c>
       <c r="AH2" t="n">
-        <v>773.02</v>
+        <v>792.83</v>
       </c>
       <c r="AI2" t="n">
-        <v>777.17</v>
+        <v>797.41</v>
       </c>
       <c r="AJ2" t="n">
-        <v>781.3200000000001</v>
+        <v>801.97</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>656.92</v>
       </c>
       <c r="C3" t="n">
         <v>623.92</v>
       </c>
       <c r="D3" t="n">
         <v>618.91</v>
       </c>
       <c r="E3" t="n">
         <v>581.96</v>
       </c>
       <c r="F3" t="n">
         <v>594.98</v>
       </c>
       <c r="G3" t="n">
-        <v>602.53</v>
+        <v>602.52</v>
       </c>
       <c r="H3" t="n">
-        <v>674.0599999999999</v>
+        <v>674.58</v>
       </c>
       <c r="I3" t="n">
-        <v>682.34</v>
+        <v>691.22</v>
       </c>
       <c r="J3" t="n">
-        <v>703.15</v>
+        <v>720.87</v>
       </c>
       <c r="K3" t="n">
-        <v>717.1799999999999</v>
+        <v>734.83</v>
       </c>
       <c r="L3" t="n">
-        <v>719.16</v>
+        <v>734.61</v>
       </c>
       <c r="M3" t="n">
-        <v>736.11</v>
+        <v>751.3099999999999</v>
       </c>
       <c r="N3" t="n">
-        <v>743.42</v>
+        <v>758.04</v>
       </c>
       <c r="O3" t="n">
-        <v>751.25</v>
+        <v>765.5599999999999</v>
       </c>
       <c r="P3" t="n">
-        <v>752.96</v>
+        <v>767.14</v>
       </c>
       <c r="Q3" t="n">
-        <v>755.9400000000001</v>
+        <v>770.2</v>
       </c>
       <c r="R3" t="n">
-        <v>758.75</v>
+        <v>773.28</v>
       </c>
       <c r="S3" t="n">
-        <v>760.5700000000001</v>
+        <v>775.48</v>
       </c>
       <c r="T3" t="n">
-        <v>763.42</v>
+        <v>778.73</v>
       </c>
       <c r="U3" t="n">
-        <v>766.8</v>
+        <v>782.5</v>
       </c>
       <c r="V3" t="n">
-        <v>770.4299999999999</v>
+        <v>786.54</v>
       </c>
       <c r="W3" t="n">
-        <v>774.33</v>
+        <v>790.87</v>
       </c>
       <c r="X3" t="n">
-        <v>778.45</v>
+        <v>795.4299999999999</v>
       </c>
       <c r="Y3" t="n">
-        <v>782.76</v>
+        <v>800.16</v>
       </c>
       <c r="Z3" t="n">
-        <v>787.26</v>
+        <v>805.1</v>
       </c>
       <c r="AA3" t="n">
-        <v>791.87</v>
+        <v>810.15</v>
       </c>
       <c r="AB3" t="n">
-        <v>796.5599999999999</v>
+        <v>815.28</v>
       </c>
       <c r="AC3" t="n">
-        <v>801.3</v>
+        <v>820.47</v>
       </c>
       <c r="AD3" t="n">
-        <v>806.0700000000001</v>
+        <v>825.6799999999999</v>
       </c>
       <c r="AE3" t="n">
-        <v>810.85</v>
+        <v>830.92</v>
       </c>
       <c r="AF3" t="n">
-        <v>815.6799999999999</v>
+        <v>836.1900000000001</v>
       </c>
       <c r="AG3" t="n">
-        <v>820.51</v>
+        <v>841.46</v>
       </c>
       <c r="AH3" t="n">
-        <v>825.36</v>
+        <v>846.75</v>
       </c>
       <c r="AI3" t="n">
-        <v>830.2</v>
+        <v>852.03</v>
       </c>
       <c r="AJ3" t="n">
-        <v>835.03</v>
+        <v>857.3</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>663.9299999999999</v>
       </c>
       <c r="C4" t="n">
         <v>627.9400000000001</v>
       </c>
       <c r="D4" t="n">
         <v>607.92</v>
       </c>
       <c r="E4" t="n">
         <v>625.91</v>
       </c>
       <c r="F4" t="n">
         <v>596.96</v>
       </c>
       <c r="G4" t="n">
-        <v>593.12</v>
+        <v>593.11</v>
       </c>
       <c r="H4" t="n">
-        <v>595.47</v>
+        <v>595.83</v>
       </c>
       <c r="I4" t="n">
-        <v>654.41</v>
+        <v>660.04</v>
       </c>
       <c r="J4" t="n">
-        <v>668.72</v>
+        <v>682.3099999999999</v>
       </c>
       <c r="K4" t="n">
-        <v>686.17</v>
+        <v>703.4400000000001</v>
       </c>
       <c r="L4" t="n">
-        <v>692.0700000000001</v>
+        <v>708.45</v>
       </c>
       <c r="M4" t="n">
-        <v>702.99</v>
+        <v>718.0700000000001</v>
       </c>
       <c r="N4" t="n">
-        <v>714.37</v>
+        <v>729.24</v>
       </c>
       <c r="O4" t="n">
-        <v>722.22</v>
+        <v>736.61</v>
       </c>
       <c r="P4" t="n">
-        <v>730.14</v>
+        <v>744.3099999999999</v>
       </c>
       <c r="Q4" t="n">
-        <v>731.35</v>
+        <v>745.47</v>
       </c>
       <c r="R4" t="n">
-        <v>734.48</v>
+        <v>748.71</v>
       </c>
       <c r="S4" t="n">
-        <v>737.47</v>
+        <v>751.98</v>
       </c>
       <c r="T4" t="n">
-        <v>739.62</v>
+        <v>754.51</v>
       </c>
       <c r="U4" t="n">
-        <v>742.6900000000001</v>
+        <v>757.95</v>
       </c>
       <c r="V4" t="n">
-        <v>746.21</v>
+        <v>761.85</v>
       </c>
       <c r="W4" t="n">
-        <v>749.9400000000001</v>
+        <v>765.97</v>
       </c>
       <c r="X4" t="n">
-        <v>753.9299999999999</v>
+        <v>770.37</v>
       </c>
       <c r="Y4" t="n">
-        <v>758.14</v>
+        <v>775</v>
       </c>
       <c r="Z4" t="n">
-        <v>762.53</v>
+        <v>779.8</v>
       </c>
       <c r="AA4" t="n">
-        <v>767.09</v>
+        <v>784.78</v>
       </c>
       <c r="AB4" t="n">
-        <v>771.76</v>
+        <v>789.87</v>
       </c>
       <c r="AC4" t="n">
-        <v>776.48</v>
+        <v>795.01</v>
       </c>
       <c r="AD4" t="n">
-        <v>781.24</v>
+        <v>800.2</v>
       </c>
       <c r="AE4" t="n">
-        <v>786.03</v>
+        <v>805.42</v>
       </c>
       <c r="AF4" t="n">
-        <v>790.84</v>
+        <v>810.65</v>
       </c>
       <c r="AG4" t="n">
-        <v>795.6799999999999</v>
+        <v>815.92</v>
       </c>
       <c r="AH4" t="n">
-        <v>800.53</v>
+        <v>821.1799999999999</v>
       </c>
       <c r="AI4" t="n">
-        <v>805.37</v>
+        <v>826.45</v>
       </c>
       <c r="AJ4" t="n">
-        <v>810.21</v>
+        <v>831.7</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>653.89</v>
       </c>
       <c r="C5" t="n">
         <v>591.85</v>
       </c>
       <c r="D5" t="n">
         <v>608.9400000000001</v>
       </c>
       <c r="E5" t="n">
         <v>616.92</v>
       </c>
       <c r="F5" t="n">
         <v>630.9400000000001</v>
       </c>
       <c r="G5" t="n">
         <v>614.37</v>
       </c>
       <c r="H5" t="n">
-        <v>613.84</v>
+        <v>614.1900000000001</v>
       </c>
       <c r="I5" t="n">
-        <v>616.03</v>
+        <v>622.4400000000001</v>
       </c>
       <c r="J5" t="n">
-        <v>670.61</v>
+        <v>682.21</v>
       </c>
       <c r="K5" t="n">
-        <v>682.52</v>
+        <v>695.65</v>
       </c>
       <c r="L5" t="n">
-        <v>692.91</v>
+        <v>708.3200000000001</v>
       </c>
       <c r="M5" t="n">
-        <v>705.8099999999999</v>
+        <v>720.91</v>
       </c>
       <c r="N5" t="n">
-        <v>709.6799999999999</v>
+        <v>723.76</v>
       </c>
       <c r="O5" t="n">
-        <v>720.95</v>
+        <v>734.86</v>
       </c>
       <c r="P5" t="n">
-        <v>728.6799999999999</v>
+        <v>742.28</v>
       </c>
       <c r="Q5" t="n">
-        <v>734.55</v>
+        <v>748.0599999999999</v>
       </c>
       <c r="R5" t="n">
-        <v>735.75</v>
+        <v>749.26</v>
       </c>
       <c r="S5" t="n">
-        <v>738.6900000000001</v>
+        <v>752.35</v>
       </c>
       <c r="T5" t="n">
-        <v>741.58</v>
+        <v>755.52</v>
       </c>
       <c r="U5" t="n">
-        <v>743.75</v>
+        <v>758.04</v>
       </c>
       <c r="V5" t="n">
-        <v>746.6900000000001</v>
+        <v>761.35</v>
       </c>
       <c r="W5" t="n">
-        <v>750.03</v>
+        <v>765.05</v>
       </c>
       <c r="X5" t="n">
-        <v>753.58</v>
+        <v>768.98</v>
       </c>
       <c r="Y5" t="n">
-        <v>757.41</v>
+        <v>773.1900000000001</v>
       </c>
       <c r="Z5" t="n">
-        <v>761.4400000000001</v>
+        <v>777.6</v>
       </c>
       <c r="AA5" t="n">
-        <v>765.61</v>
+        <v>782.16</v>
       </c>
       <c r="AB5" t="n">
-        <v>769.97</v>
+        <v>786.91</v>
       </c>
       <c r="AC5" t="n">
-        <v>774.4</v>
+        <v>791.73</v>
       </c>
       <c r="AD5" t="n">
-        <v>778.87</v>
+        <v>796.6</v>
       </c>
       <c r="AE5" t="n">
-        <v>783.39</v>
+        <v>801.51</v>
       </c>
       <c r="AF5" t="n">
-        <v>787.9400000000001</v>
+        <v>806.45</v>
       </c>
       <c r="AG5" t="n">
-        <v>792.5</v>
+        <v>811.4</v>
       </c>
       <c r="AH5" t="n">
-        <v>797.09</v>
+        <v>816.38</v>
       </c>
       <c r="AI5" t="n">
-        <v>801.66</v>
+        <v>821.34</v>
       </c>
       <c r="AJ5" t="n">
-        <v>806.22</v>
+        <v>826.29</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>678.9299999999999</v>
       </c>
       <c r="C6" t="n">
         <v>659</v>
       </c>
       <c r="D6" t="n">
         <v>589.87</v>
       </c>
       <c r="E6" t="n">
         <v>608.9400000000001</v>
       </c>
       <c r="F6" t="n">
         <v>619.92</v>
       </c>
       <c r="G6" t="n">
         <v>605.46</v>
       </c>
       <c r="H6" t="n">
-        <v>597.54</v>
+        <v>597.85</v>
       </c>
       <c r="I6" t="n">
-        <v>602.28</v>
+        <v>606.66</v>
       </c>
       <c r="J6" t="n">
-        <v>608.64</v>
+        <v>618.4400000000001</v>
       </c>
       <c r="K6" t="n">
-        <v>651.3</v>
+        <v>662.0599999999999</v>
       </c>
       <c r="L6" t="n">
-        <v>656.1799999999999</v>
+        <v>667.52</v>
       </c>
       <c r="M6" t="n">
-        <v>672.48</v>
+        <v>685.97</v>
       </c>
       <c r="N6" t="n">
-        <v>677.22</v>
+        <v>690.47</v>
       </c>
       <c r="O6" t="n">
-        <v>681.53</v>
+        <v>693.97</v>
       </c>
       <c r="P6" t="n">
-        <v>691.77</v>
+        <v>704.16</v>
       </c>
       <c r="Q6" t="n">
-        <v>696.9</v>
+        <v>709.12</v>
       </c>
       <c r="R6" t="n">
-        <v>701.75</v>
+        <v>713.9299999999999</v>
       </c>
       <c r="S6" t="n">
-        <v>702.62</v>
+        <v>714.85</v>
       </c>
       <c r="T6" t="n">
-        <v>705.05</v>
+        <v>717.4400000000001</v>
       </c>
       <c r="U6" t="n">
-        <v>707.4400000000001</v>
+        <v>720.11</v>
       </c>
       <c r="V6" t="n">
-        <v>709.22</v>
+        <v>722.21</v>
       </c>
       <c r="W6" t="n">
-        <v>711.65</v>
+        <v>724.98</v>
       </c>
       <c r="X6" t="n">
-        <v>714.4400000000001</v>
+        <v>728.11</v>
       </c>
       <c r="Y6" t="n">
-        <v>717.45</v>
+        <v>731.46</v>
       </c>
       <c r="Z6" t="n">
-        <v>720.7</v>
+        <v>735.0599999999999</v>
       </c>
       <c r="AA6" t="n">
-        <v>724.13</v>
+        <v>738.83</v>
       </c>
       <c r="AB6" t="n">
-        <v>727.71</v>
+        <v>742.76</v>
       </c>
       <c r="AC6" t="n">
-        <v>731.42</v>
+        <v>746.83</v>
       </c>
       <c r="AD6" t="n">
-        <v>735.2</v>
+        <v>750.96</v>
       </c>
       <c r="AE6" t="n">
-        <v>739.02</v>
+        <v>755.14</v>
       </c>
       <c r="AF6" t="n">
-        <v>742.89</v>
+        <v>759.36</v>
       </c>
       <c r="AG6" t="n">
-        <v>746.78</v>
+        <v>763.61</v>
       </c>
       <c r="AH6" t="n">
-        <v>750.6799999999999</v>
+        <v>767.86</v>
       </c>
       <c r="AI6" t="n">
-        <v>754.6</v>
+        <v>772.12</v>
       </c>
       <c r="AJ6" t="n">
-        <v>758.49</v>
+        <v>776.37</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>629.9400000000001</v>
       </c>
       <c r="C7" t="n">
         <v>622.9400000000001</v>
       </c>
       <c r="D7" t="n">
         <v>662</v>
       </c>
       <c r="E7" t="n">
         <v>598.87</v>
       </c>
       <c r="F7" t="n">
         <v>610.9400000000001</v>
       </c>
       <c r="G7" t="n">
         <v>602.05</v>
       </c>
       <c r="H7" t="n">
-        <v>595.75</v>
+        <v>595.99</v>
       </c>
       <c r="I7" t="n">
-        <v>592.51</v>
+        <v>596.89</v>
       </c>
       <c r="J7" t="n">
-        <v>602.47</v>
+        <v>611.15</v>
       </c>
       <c r="K7" t="n">
-        <v>608.85</v>
+        <v>619.08</v>
       </c>
       <c r="L7" t="n">
-        <v>640.5599999999999</v>
+        <v>651.13</v>
       </c>
       <c r="M7" t="n">
-        <v>651.46</v>
+        <v>662.84</v>
       </c>
       <c r="N7" t="n">
-        <v>660.6900000000001</v>
+        <v>673.9299999999999</v>
       </c>
       <c r="O7" t="n">
-        <v>666.34</v>
+        <v>679.35</v>
       </c>
       <c r="P7" t="n">
-        <v>671.16</v>
+        <v>683.52</v>
       </c>
       <c r="Q7" t="n">
-        <v>679.37</v>
+        <v>691.75</v>
       </c>
       <c r="R7" t="n">
-        <v>684.26</v>
+        <v>696.5</v>
       </c>
       <c r="S7" t="n">
-        <v>688.95</v>
+        <v>701.2</v>
       </c>
       <c r="T7" t="n">
-        <v>690.22</v>
+        <v>702.54</v>
       </c>
       <c r="U7" t="n">
-        <v>692.84</v>
+        <v>705.33</v>
       </c>
       <c r="V7" t="n">
-        <v>695.4299999999999</v>
+        <v>708.1799999999999</v>
       </c>
       <c r="W7" t="n">
-        <v>697.48</v>
+        <v>710.55</v>
       </c>
       <c r="X7" t="n">
-        <v>700.11</v>
+        <v>713.49</v>
       </c>
       <c r="Y7" t="n">
-        <v>703.0700000000001</v>
+        <v>716.78</v>
       </c>
       <c r="Z7" t="n">
-        <v>706.22</v>
+        <v>720.26</v>
       </c>
       <c r="AA7" t="n">
-        <v>709.59</v>
+        <v>723.95</v>
       </c>
       <c r="AB7" t="n">
-        <v>713.13</v>
+        <v>727.83</v>
       </c>
       <c r="AC7" t="n">
-        <v>716.78</v>
+        <v>731.8200000000001</v>
       </c>
       <c r="AD7" t="n">
-        <v>720.55</v>
+        <v>735.92</v>
       </c>
       <c r="AE7" t="n">
-        <v>724.38</v>
+        <v>740.09</v>
       </c>
       <c r="AF7" t="n">
-        <v>728.26</v>
+        <v>744.3099999999999</v>
       </c>
       <c r="AG7" t="n">
-        <v>732.17</v>
+        <v>748.55</v>
       </c>
       <c r="AH7" t="n">
-        <v>736.1</v>
+        <v>752.8200000000001</v>
       </c>
       <c r="AI7" t="n">
-        <v>740.03</v>
+        <v>757.09</v>
       </c>
       <c r="AJ7" t="n">
-        <v>743.97</v>
+        <v>761.36</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>640.9400000000001</v>
       </c>
       <c r="C8" t="n">
         <v>587.9400000000001</v>
       </c>
       <c r="D8" t="n">
         <v>606.9400000000001</v>
       </c>
       <c r="E8" t="n">
         <v>663</v>
       </c>
       <c r="F8" t="n">
         <v>596.89</v>
       </c>
       <c r="G8" t="n">
         <v>604.09</v>
       </c>
       <c r="H8" t="n">
-        <v>601.9400000000001</v>
+        <v>602.37</v>
       </c>
       <c r="I8" t="n">
-        <v>600.24</v>
+        <v>604.48</v>
       </c>
       <c r="J8" t="n">
-        <v>604.45</v>
+        <v>613.0700000000001</v>
       </c>
       <c r="K8" t="n">
-        <v>614.33</v>
+        <v>623.88</v>
       </c>
       <c r="L8" t="n">
-        <v>613.03</v>
+        <v>623.13</v>
       </c>
       <c r="M8" t="n">
-        <v>649.3200000000001</v>
+        <v>660.3</v>
       </c>
       <c r="N8" t="n">
-        <v>653.04</v>
+        <v>664.75</v>
       </c>
       <c r="O8" t="n">
-        <v>662.83</v>
+        <v>676.1900000000001</v>
       </c>
       <c r="P8" t="n">
-        <v>668.97</v>
+        <v>682.22</v>
       </c>
       <c r="Q8" t="n">
-        <v>672.36</v>
+        <v>685.13</v>
       </c>
       <c r="R8" t="n">
-        <v>679.97</v>
+        <v>692.8099999999999</v>
       </c>
       <c r="S8" t="n">
-        <v>684.71</v>
+        <v>697.51</v>
       </c>
       <c r="T8" t="n">
-        <v>689.34</v>
+        <v>702.2</v>
       </c>
       <c r="U8" t="n">
-        <v>690.97</v>
+        <v>703.96</v>
       </c>
       <c r="V8" t="n">
-        <v>693.79</v>
+        <v>706.98</v>
       </c>
       <c r="W8" t="n">
-        <v>696.5700000000001</v>
+        <v>710.05</v>
       </c>
       <c r="X8" t="n">
-        <v>698.87</v>
+        <v>712.6900000000001</v>
       </c>
       <c r="Y8" t="n">
-        <v>701.71</v>
+        <v>715.87</v>
       </c>
       <c r="Z8" t="n">
-        <v>704.85</v>
+        <v>719.35</v>
       </c>
       <c r="AA8" t="n">
-        <v>708.16</v>
+        <v>723</v>
       </c>
       <c r="AB8" t="n">
-        <v>711.67</v>
+        <v>726.86</v>
       </c>
       <c r="AC8" t="n">
-        <v>715.3099999999999</v>
+        <v>730.86</v>
       </c>
       <c r="AD8" t="n">
-        <v>719.05</v>
+        <v>734.95</v>
       </c>
       <c r="AE8" t="n">
-        <v>722.9</v>
+        <v>739.16</v>
       </c>
       <c r="AF8" t="n">
-        <v>726.8</v>
+        <v>743.41</v>
       </c>
       <c r="AG8" t="n">
-        <v>730.74</v>
+        <v>747.71</v>
       </c>
       <c r="AH8" t="n">
-        <v>734.71</v>
+        <v>752.04</v>
       </c>
       <c r="AI8" t="n">
-        <v>738.7</v>
+        <v>756.38</v>
       </c>
       <c r="AJ8" t="n">
-        <v>742.6799999999999</v>
+        <v>760.71</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>616.96</v>
       </c>
       <c r="C9" t="n">
         <v>610.9400000000001</v>
       </c>
       <c r="D9" t="n">
         <v>580.9400000000001</v>
       </c>
       <c r="E9" t="n">
         <v>601.9400000000001</v>
       </c>
       <c r="F9" t="n">
         <v>665</v>
       </c>
       <c r="G9" t="n">
         <v>571.87</v>
       </c>
       <c r="H9" t="n">
-        <v>573.87</v>
+        <v>574.09</v>
       </c>
       <c r="I9" t="n">
-        <v>573.86</v>
+        <v>577.7</v>
       </c>
       <c r="J9" t="n">
-        <v>578.53</v>
+        <v>586.33</v>
       </c>
       <c r="K9" t="n">
-        <v>582.11</v>
+        <v>591.17</v>
       </c>
       <c r="L9" t="n">
-        <v>588.51</v>
+        <v>598.02</v>
       </c>
       <c r="M9" t="n">
-        <v>591.21</v>
+        <v>601.41</v>
       </c>
       <c r="N9" t="n">
-        <v>619.34</v>
+        <v>630.3099999999999</v>
       </c>
       <c r="O9" t="n">
-        <v>623.76</v>
+        <v>635.37</v>
       </c>
       <c r="P9" t="n">
-        <v>633.01</v>
+        <v>646.1</v>
       </c>
       <c r="Q9" t="n">
-        <v>638.14</v>
+        <v>651.14</v>
       </c>
       <c r="R9" t="n">
-        <v>641.67</v>
+        <v>654.25</v>
       </c>
       <c r="S9" t="n">
-        <v>648.86</v>
+        <v>661.54</v>
       </c>
       <c r="T9" t="n">
-        <v>653.62</v>
+        <v>666.28</v>
       </c>
       <c r="U9" t="n">
-        <v>658.35</v>
+        <v>671.09</v>
       </c>
       <c r="V9" t="n">
-        <v>660.6900000000001</v>
+        <v>673.5599999999999</v>
       </c>
       <c r="W9" t="n">
-        <v>663.97</v>
+        <v>677.04</v>
       </c>
       <c r="X9" t="n">
-        <v>667.1799999999999</v>
+        <v>680.52</v>
       </c>
       <c r="Y9" t="n">
-        <v>670.01</v>
+        <v>683.66</v>
       </c>
       <c r="Z9" t="n">
-        <v>673.3</v>
+        <v>687.27</v>
       </c>
       <c r="AA9" t="n">
-        <v>676.83</v>
+        <v>691.11</v>
       </c>
       <c r="AB9" t="n">
-        <v>680.49</v>
+        <v>695.1</v>
       </c>
       <c r="AC9" t="n">
-        <v>684.3099999999999</v>
+        <v>699.24</v>
       </c>
       <c r="AD9" t="n">
-        <v>688.23</v>
+        <v>703.49</v>
       </c>
       <c r="AE9" t="n">
-        <v>692.24</v>
+        <v>707.83</v>
       </c>
       <c r="AF9" t="n">
-        <v>696.34</v>
+        <v>712.25</v>
       </c>
       <c r="AG9" t="n">
-        <v>700.47</v>
+        <v>716.72</v>
       </c>
       <c r="AH9" t="n">
-        <v>704.65</v>
+        <v>721.22</v>
       </c>
       <c r="AI9" t="n">
-        <v>708.84</v>
+        <v>725.75</v>
       </c>
       <c r="AJ9" t="n">
-        <v>713.04</v>
+        <v>730.28</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>588.9400000000001</v>
       </c>
       <c r="C10" t="n">
         <v>582</v>
       </c>
       <c r="D10" t="n">
         <v>583.9400000000001</v>
       </c>
       <c r="E10" t="n">
         <v>576.9400000000001</v>
       </c>
       <c r="F10" t="n">
         <v>592.96</v>
       </c>
       <c r="G10" t="n">
         <v>679.78</v>
       </c>
       <c r="H10" t="n">
-        <v>602.2</v>
+        <v>602.46</v>
       </c>
       <c r="I10" t="n">
-        <v>606.09</v>
+        <v>609.58</v>
       </c>
       <c r="J10" t="n">
-        <v>610.78</v>
+        <v>618.1799999999999</v>
       </c>
       <c r="K10" t="n">
-        <v>616.17</v>
+        <v>624.75</v>
       </c>
       <c r="L10" t="n">
-        <v>616.6</v>
+        <v>625.95</v>
       </c>
       <c r="M10" t="n">
-        <v>629.8</v>
+        <v>639.84</v>
       </c>
       <c r="N10" t="n">
-        <v>624.37</v>
+        <v>635.05</v>
       </c>
       <c r="O10" t="n">
-        <v>651.3200000000001</v>
+        <v>662.71</v>
       </c>
       <c r="P10" t="n">
-        <v>656.3</v>
+        <v>668.39</v>
       </c>
       <c r="Q10" t="n">
-        <v>663.15</v>
+        <v>676.7</v>
       </c>
       <c r="R10" t="n">
-        <v>667.9400000000001</v>
+        <v>681.48</v>
       </c>
       <c r="S10" t="n">
-        <v>671.33</v>
+        <v>684.5700000000001</v>
       </c>
       <c r="T10" t="n">
-        <v>678.01</v>
+        <v>691.41</v>
       </c>
       <c r="U10" t="n">
-        <v>682.54</v>
+        <v>695.99</v>
       </c>
       <c r="V10" t="n">
-        <v>687.04</v>
+        <v>700.62</v>
       </c>
       <c r="W10" t="n">
-        <v>689.36</v>
+        <v>703.13</v>
       </c>
       <c r="X10" t="n">
-        <v>692.53</v>
+        <v>706.5599999999999</v>
       </c>
       <c r="Y10" t="n">
-        <v>695.65</v>
+        <v>710</v>
       </c>
       <c r="Z10" t="n">
-        <v>698.4400000000001</v>
+        <v>713.13</v>
       </c>
       <c r="AA10" t="n">
-        <v>701.66</v>
+        <v>716.71</v>
       </c>
       <c r="AB10" t="n">
-        <v>705.11</v>
+        <v>720.51</v>
       </c>
       <c r="AC10" t="n">
-        <v>708.6799999999999</v>
+        <v>724.4400000000001</v>
       </c>
       <c r="AD10" t="n">
-        <v>712.38</v>
+        <v>728.51</v>
       </c>
       <c r="AE10" t="n">
-        <v>716.1900000000001</v>
+        <v>732.6900000000001</v>
       </c>
       <c r="AF10" t="n">
-        <v>720.09</v>
+        <v>736.95</v>
       </c>
       <c r="AG10" t="n">
-        <v>724.0599999999999</v>
+        <v>741.28</v>
       </c>
       <c r="AH10" t="n">
-        <v>728.0599999999999</v>
+        <v>745.66</v>
       </c>
       <c r="AI10" t="n">
-        <v>732.1</v>
+        <v>750.0599999999999</v>
       </c>
       <c r="AJ10" t="n">
-        <v>736.16</v>
+        <v>754.48</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="inlineStr">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>554.96</v>
       </c>
       <c r="C11" t="n">
         <v>574.9400000000001</v>
       </c>
       <c r="D11" t="n">
         <v>581</v>
       </c>
       <c r="E11" t="n">
         <v>592.9400000000001</v>
       </c>
       <c r="F11" t="n">
         <v>570.9400000000001</v>
       </c>
       <c r="G11" t="n">
         <v>595.67</v>
       </c>
       <c r="H11" t="n">
-        <v>669.01</v>
+        <v>669.29</v>
       </c>
       <c r="I11" t="n">
-        <v>606.96</v>
+        <v>609.75</v>
       </c>
       <c r="J11" t="n">
-        <v>616.3099999999999</v>
+        <v>622.62</v>
       </c>
       <c r="K11" t="n">
-        <v>620.6900000000001</v>
+        <v>628.97</v>
       </c>
       <c r="L11" t="n">
-        <v>621.73</v>
+        <v>630.59</v>
       </c>
       <c r="M11" t="n">
-        <v>627.08</v>
+        <v>637.0599999999999</v>
       </c>
       <c r="N11" t="n">
-        <v>635.73</v>
+        <v>646.39</v>
       </c>
       <c r="O11" t="n">
-        <v>633.15</v>
+        <v>644.47</v>
       </c>
       <c r="P11" t="n">
-        <v>657.38</v>
+        <v>669.42</v>
       </c>
       <c r="Q11" t="n">
-        <v>661.76</v>
+        <v>674.53</v>
       </c>
       <c r="R11" t="n">
-        <v>668.51</v>
+        <v>682.71</v>
       </c>
       <c r="S11" t="n">
-        <v>673.52</v>
+        <v>687.75</v>
       </c>
       <c r="T11" t="n">
-        <v>677.24</v>
+        <v>691.24</v>
       </c>
       <c r="U11" t="n">
-        <v>683.88</v>
+        <v>698.0599999999999</v>
       </c>
       <c r="V11" t="n">
-        <v>688.58</v>
+        <v>702.86</v>
       </c>
       <c r="W11" t="n">
-        <v>693.23</v>
+        <v>707.6900000000001</v>
       </c>
       <c r="X11" t="n">
-        <v>695.9299999999999</v>
+        <v>710.6</v>
       </c>
       <c r="Y11" t="n">
-        <v>699.41</v>
+        <v>714.36</v>
       </c>
       <c r="Z11" t="n">
-        <v>702.85</v>
+        <v>718.14</v>
       </c>
       <c r="AA11" t="n">
-        <v>706</v>
+        <v>721.66</v>
       </c>
       <c r="AB11" t="n">
-        <v>709.53</v>
+        <v>725.5700000000001</v>
       </c>
       <c r="AC11" t="n">
-        <v>713.26</v>
+        <v>729.6799999999999</v>
       </c>
       <c r="AD11" t="n">
-        <v>717.1</v>
+        <v>733.9</v>
       </c>
       <c r="AE11" t="n">
-        <v>721.0700000000001</v>
+        <v>738.25</v>
       </c>
       <c r="AF11" t="n">
-        <v>725.13</v>
+        <v>742.7</v>
       </c>
       <c r="AG11" t="n">
-        <v>729.26</v>
+        <v>747.22</v>
       </c>
       <c r="AH11" t="n">
-        <v>733.46</v>
+        <v>751.8099999999999</v>
       </c>
       <c r="AI11" t="n">
-        <v>737.6900000000001</v>
+        <v>756.4299999999999</v>
       </c>
       <c r="AJ11" t="n">
-        <v>741.9400000000001</v>
+        <v>761.0599999999999</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="inlineStr">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>603</v>
       </c>
       <c r="C12" t="n">
         <v>538.98</v>
       </c>
       <c r="D12" t="n">
         <v>574.9400000000001</v>
       </c>
       <c r="E12" t="n">
         <v>572</v>
       </c>
       <c r="F12" t="n">
         <v>596.9400000000001</v>
       </c>
       <c r="G12" t="n">
         <v>597.53</v>
       </c>
       <c r="H12" t="n">
-        <v>618.76</v>
+        <v>618.99</v>
       </c>
       <c r="I12" t="n">
-        <v>683.6</v>
+        <v>687.34</v>
       </c>
       <c r="J12" t="n">
-        <v>634.61</v>
+        <v>641.37</v>
       </c>
       <c r="K12" t="n">
-        <v>643.17</v>
+        <v>650.67</v>
       </c>
       <c r="L12" t="n">
-        <v>644.9400000000001</v>
+        <v>653.8</v>
       </c>
       <c r="M12" t="n">
-        <v>652</v>
+        <v>661.79</v>
       </c>
       <c r="N12" t="n">
-        <v>654.08</v>
+        <v>664.92</v>
       </c>
       <c r="O12" t="n">
-        <v>664.0700000000001</v>
+        <v>675.55</v>
       </c>
       <c r="P12" t="n">
-        <v>663.11</v>
+        <v>675.3099999999999</v>
       </c>
       <c r="Q12" t="n">
-        <v>684.65</v>
+        <v>697.58</v>
       </c>
       <c r="R12" t="n">
-        <v>689.38</v>
+        <v>703.04</v>
       </c>
       <c r="S12" t="n">
-        <v>696.3099999999999</v>
+        <v>711.35</v>
       </c>
       <c r="T12" t="n">
-        <v>701.72</v>
+        <v>716.8200000000001</v>
       </c>
       <c r="U12" t="n">
-        <v>705.92</v>
+        <v>720.83</v>
       </c>
       <c r="V12" t="n">
-        <v>712.67</v>
+        <v>727.78</v>
       </c>
       <c r="W12" t="n">
-        <v>717.6900000000001</v>
+        <v>732.92</v>
       </c>
       <c r="X12" t="n">
-        <v>722.65</v>
+        <v>738.08</v>
       </c>
       <c r="Y12" t="n">
-        <v>725.85</v>
+        <v>741.52</v>
       </c>
       <c r="Z12" t="n">
-        <v>729.76</v>
+        <v>745.73</v>
       </c>
       <c r="AA12" t="n">
-        <v>733.65</v>
+        <v>749.97</v>
       </c>
       <c r="AB12" t="n">
-        <v>737.28</v>
+        <v>753.98</v>
       </c>
       <c r="AC12" t="n">
-        <v>741.25</v>
+        <v>758.34</v>
       </c>
       <c r="AD12" t="n">
-        <v>745.4</v>
+        <v>762.88</v>
       </c>
       <c r="AE12" t="n">
-        <v>749.65</v>
+        <v>767.53</v>
       </c>
       <c r="AF12" t="n">
-        <v>754.03</v>
+        <v>772.3</v>
       </c>
       <c r="AG12" t="n">
-        <v>758.48</v>
+        <v>777.15</v>
       </c>
       <c r="AH12" t="n">
-        <v>763</v>
+        <v>782.0700000000001</v>
       </c>
       <c r="AI12" t="n">
-        <v>767.58</v>
+        <v>787.05</v>
       </c>
       <c r="AJ12" t="n">
-        <v>772.16</v>
+        <v>792.03</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="inlineStr">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>569.98</v>
       </c>
       <c r="C13" t="n">
         <v>583</v>
       </c>
       <c r="D13" t="n">
         <v>507.98</v>
       </c>
       <c r="E13" t="n">
         <v>567.9400000000001</v>
       </c>
       <c r="F13" t="n">
         <v>583</v>
       </c>
       <c r="G13" t="n">
-        <v>575.1799999999999</v>
+        <v>575.17</v>
       </c>
       <c r="H13" t="n">
-        <v>573.9</v>
+        <v>574.16</v>
       </c>
       <c r="I13" t="n">
-        <v>595.3200000000001</v>
+        <v>598.76</v>
       </c>
       <c r="J13" t="n">
-        <v>653.39</v>
+        <v>660.52</v>
       </c>
       <c r="K13" t="n">
-        <v>613.04</v>
+        <v>620.39</v>
       </c>
       <c r="L13" t="n">
-        <v>620.6</v>
+        <v>628.38</v>
       </c>
       <c r="M13" t="n">
-        <v>627.09</v>
+        <v>636.24</v>
       </c>
       <c r="N13" t="n">
-        <v>626.4299999999999</v>
+        <v>636.41</v>
       </c>
       <c r="O13" t="n">
-        <v>629.1799999999999</v>
+        <v>640.1</v>
       </c>
       <c r="P13" t="n">
-        <v>638.47</v>
+        <v>650.08</v>
       </c>
       <c r="Q13" t="n">
-        <v>636.96</v>
+        <v>649.3099999999999</v>
       </c>
       <c r="R13" t="n">
-        <v>655.23</v>
+        <v>668.28</v>
       </c>
       <c r="S13" t="n">
-        <v>659.45</v>
+        <v>673.22</v>
       </c>
       <c r="T13" t="n">
-        <v>665.64</v>
+        <v>680.6799999999999</v>
       </c>
       <c r="U13" t="n">
-        <v>670.58</v>
+        <v>685.72</v>
       </c>
       <c r="V13" t="n">
-        <v>674.47</v>
+        <v>689.5</v>
       </c>
       <c r="W13" t="n">
-        <v>680.59</v>
+        <v>695.87</v>
       </c>
       <c r="X13" t="n">
-        <v>685.1900000000001</v>
+        <v>700.65</v>
       </c>
       <c r="Y13" t="n">
-        <v>689.74</v>
+        <v>705.4299999999999</v>
       </c>
       <c r="Z13" t="n">
-        <v>692.78</v>
+        <v>708.75</v>
       </c>
       <c r="AA13" t="n">
-        <v>696.4400000000001</v>
+        <v>712.73</v>
       </c>
       <c r="AB13" t="n">
-        <v>700.11</v>
+        <v>716.77</v>
       </c>
       <c r="AC13" t="n">
-        <v>703.55</v>
+        <v>720.6</v>
       </c>
       <c r="AD13" t="n">
-        <v>707.26</v>
+        <v>724.72</v>
       </c>
       <c r="AE13" t="n">
-        <v>711.15</v>
+        <v>729.01</v>
       </c>
       <c r="AF13" t="n">
-        <v>715.12</v>
+        <v>733.39</v>
       </c>
       <c r="AG13" t="n">
-        <v>719.2</v>
+        <v>737.88</v>
       </c>
       <c r="AH13" t="n">
-        <v>723.36</v>
+        <v>742.45</v>
       </c>
       <c r="AI13" t="n">
-        <v>727.5599999999999</v>
+        <v>747.0599999999999</v>
       </c>
       <c r="AJ13" t="n">
-        <v>731.8099999999999</v>
+        <v>751.73</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="inlineStr">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B14" t="n">
         <v>536</v>
       </c>
       <c r="C14" t="n">
         <v>544.98</v>
       </c>
       <c r="D14" t="n">
         <v>557</v>
       </c>
       <c r="E14" t="n">
         <v>496.98</v>
       </c>
       <c r="F14" t="n">
         <v>564.9400000000001</v>
       </c>
       <c r="G14" t="n">
         <v>564.23</v>
       </c>
       <c r="H14" t="n">
-        <v>555.79</v>
+        <v>555.9400000000001</v>
       </c>
       <c r="I14" t="n">
-        <v>553.89</v>
+        <v>556.5</v>
       </c>
       <c r="J14" t="n">
-        <v>576.58</v>
+        <v>582.4299999999999</v>
       </c>
       <c r="K14" t="n">
-        <v>627.51</v>
+        <v>634.83</v>
       </c>
       <c r="L14" t="n">
-        <v>588.87</v>
+        <v>595.89</v>
       </c>
       <c r="M14" t="n">
-        <v>600.9</v>
+        <v>608.5700000000001</v>
       </c>
       <c r="N14" t="n">
-        <v>604.5599999999999</v>
+        <v>613.4299999999999</v>
       </c>
       <c r="O14" t="n">
-        <v>605.21</v>
+        <v>614.8200000000001</v>
       </c>
       <c r="P14" t="n">
-        <v>607.28</v>
+        <v>617.74</v>
       </c>
       <c r="Q14" t="n">
-        <v>614.4299999999999</v>
+        <v>625.52</v>
       </c>
       <c r="R14" t="n">
-        <v>614.13</v>
+        <v>625.89</v>
       </c>
       <c r="S14" t="n">
-        <v>629.9</v>
+        <v>642.28</v>
       </c>
       <c r="T14" t="n">
-        <v>634.02</v>
+        <v>647.04</v>
       </c>
       <c r="U14" t="n">
-        <v>639.83</v>
+        <v>653.97</v>
       </c>
       <c r="V14" t="n">
-        <v>644.58</v>
+        <v>658.8200000000001</v>
       </c>
       <c r="W14" t="n">
-        <v>648.4400000000001</v>
+        <v>662.61</v>
       </c>
       <c r="X14" t="n">
-        <v>654.1900000000001</v>
+        <v>668.58</v>
       </c>
       <c r="Y14" t="n">
-        <v>658.6799999999999</v>
+        <v>673.25</v>
       </c>
       <c r="Z14" t="n">
-        <v>663.14</v>
+        <v>677.9400000000001</v>
       </c>
       <c r="AA14" t="n">
-        <v>666.35</v>
+        <v>681.4</v>
       </c>
       <c r="AB14" t="n">
-        <v>670.08</v>
+        <v>685.4299999999999</v>
       </c>
       <c r="AC14" t="n">
-        <v>673.8099999999999</v>
+        <v>689.49</v>
       </c>
       <c r="AD14" t="n">
-        <v>677.34</v>
+        <v>693.39</v>
       </c>
       <c r="AE14" t="n">
-        <v>681.11</v>
+        <v>697.53</v>
       </c>
       <c r="AF14" t="n">
-        <v>685.03</v>
+        <v>701.8099999999999</v>
       </c>
       <c r="AG14" t="n">
-        <v>689.01</v>
+        <v>706.17</v>
       </c>
       <c r="AH14" t="n">
-        <v>693.09</v>
+        <v>710.61</v>
       </c>
       <c r="AI14" t="n">
-        <v>697.22</v>
+        <v>715.12</v>
       </c>
       <c r="AJ14" t="n">
-        <v>701.39</v>
+        <v>719.66</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>545</v>
       </c>
       <c r="C15" t="n">
         <v>520</v>
       </c>
       <c r="D15" t="n">
         <v>534.98</v>
       </c>
       <c r="E15" t="n">
         <v>552</v>
       </c>
       <c r="F15" t="n">
         <v>500.98</v>
       </c>
       <c r="G15" t="n">
         <v>582.62</v>
       </c>
       <c r="H15" t="n">
-        <v>585.5700000000001</v>
+        <v>585.85</v>
       </c>
       <c r="I15" t="n">
-        <v>577.9299999999999</v>
+        <v>579.84</v>
       </c>
       <c r="J15" t="n">
-        <v>578.6799999999999</v>
+        <v>583.08</v>
       </c>
       <c r="K15" t="n">
-        <v>597.96</v>
+        <v>604.09</v>
       </c>
       <c r="L15" t="n">
-        <v>638.41</v>
+        <v>645.3</v>
       </c>
       <c r="M15" t="n">
-        <v>611.59</v>
+        <v>618.62</v>
       </c>
       <c r="N15" t="n">
-        <v>617.4400000000001</v>
+        <v>625.04</v>
       </c>
       <c r="O15" t="n">
-        <v>621.1900000000001</v>
+        <v>629.89</v>
       </c>
       <c r="P15" t="n">
-        <v>622.71</v>
+        <v>632.16</v>
       </c>
       <c r="Q15" t="n">
-        <v>623.14</v>
+        <v>633.4</v>
       </c>
       <c r="R15" t="n">
-        <v>628.79</v>
+        <v>639.67</v>
       </c>
       <c r="S15" t="n">
-        <v>628.9400000000001</v>
+        <v>640.46</v>
       </c>
       <c r="T15" t="n">
-        <v>642.7</v>
+        <v>654.8099999999999</v>
       </c>
       <c r="U15" t="n">
-        <v>646.42</v>
+        <v>659.15</v>
       </c>
       <c r="V15" t="n">
-        <v>651.62</v>
+        <v>665.37</v>
       </c>
       <c r="W15" t="n">
-        <v>655.9299999999999</v>
+        <v>669.84</v>
       </c>
       <c r="X15" t="n">
-        <v>659.48</v>
+        <v>673.37</v>
       </c>
       <c r="Y15" t="n">
-        <v>664.66</v>
+        <v>678.8</v>
       </c>
       <c r="Z15" t="n">
-        <v>668.77</v>
+        <v>683.12</v>
       </c>
       <c r="AA15" t="n">
-        <v>672.85</v>
+        <v>687.45</v>
       </c>
       <c r="AB15" t="n">
-        <v>675.86</v>
+        <v>690.74</v>
       </c>
       <c r="AC15" t="n">
-        <v>679.3200000000001</v>
+        <v>694.5</v>
       </c>
       <c r="AD15" t="n">
-        <v>682.77</v>
+        <v>698.3099999999999</v>
       </c>
       <c r="AE15" t="n">
-        <v>686.0700000000001</v>
+        <v>701.98</v>
       </c>
       <c r="AF15" t="n">
-        <v>689.5700000000001</v>
+        <v>705.85</v>
       </c>
       <c r="AG15" t="n">
-        <v>693.1900000000001</v>
+        <v>709.85</v>
       </c>
       <c r="AH15" t="n">
-        <v>696.88</v>
+        <v>713.91</v>
       </c>
       <c r="AI15" t="n">
-        <v>700.64</v>
+        <v>718.05</v>
       </c>
       <c r="AJ15" t="n">
-        <v>704.4299999999999</v>
+        <v>722.22</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B16" t="n">
         <v>489.96</v>
       </c>
       <c r="C16" t="n">
         <v>546</v>
       </c>
       <c r="D16" t="n">
         <v>532</v>
       </c>
       <c r="E16" t="n">
         <v>540.98</v>
       </c>
       <c r="F16" t="n">
         <v>554</v>
       </c>
       <c r="G16" t="n">
         <v>497.7</v>
       </c>
       <c r="H16" t="n">
-        <v>570.6900000000001</v>
+        <v>570.8200000000001</v>
       </c>
       <c r="I16" t="n">
-        <v>577.1799999999999</v>
+        <v>579.53</v>
       </c>
       <c r="J16" t="n">
-        <v>571.55</v>
+        <v>575.8099999999999</v>
       </c>
       <c r="K16" t="n">
-        <v>571.9</v>
+        <v>576.9400000000001</v>
       </c>
       <c r="L16" t="n">
-        <v>588.29</v>
+        <v>594.79</v>
       </c>
       <c r="M16" t="n">
-        <v>627.71</v>
+        <v>635.0700000000001</v>
       </c>
       <c r="N16" t="n">
-        <v>602.39</v>
+        <v>609.91</v>
       </c>
       <c r="O16" t="n">
-        <v>608.75</v>
+        <v>616.78</v>
       </c>
       <c r="P16" t="n">
-        <v>612.38</v>
+        <v>621.49</v>
       </c>
       <c r="Q16" t="n">
-        <v>613.8</v>
+        <v>623.67</v>
       </c>
       <c r="R16" t="n">
-        <v>614.14</v>
+        <v>624.8</v>
       </c>
       <c r="S16" t="n">
-        <v>619.1</v>
+        <v>630.36</v>
       </c>
       <c r="T16" t="n">
-        <v>620.0599999999999</v>
+        <v>631.96</v>
       </c>
       <c r="U16" t="n">
-        <v>632.65</v>
+        <v>645.13</v>
       </c>
       <c r="V16" t="n">
-        <v>636.4400000000001</v>
+        <v>649.53</v>
       </c>
       <c r="W16" t="n">
-        <v>641.5700000000001</v>
+        <v>655.64</v>
       </c>
       <c r="X16" t="n">
-        <v>645.95</v>
+        <v>660.1900000000001</v>
       </c>
       <c r="Y16" t="n">
-        <v>649.64</v>
+        <v>663.91</v>
       </c>
       <c r="Z16" t="n">
-        <v>654.75</v>
+        <v>669.27</v>
       </c>
       <c r="AA16" t="n">
-        <v>658.9299999999999</v>
+        <v>673.6799999999999</v>
       </c>
       <c r="AB16" t="n">
-        <v>663.09</v>
+        <v>678.1</v>
       </c>
       <c r="AC16" t="n">
-        <v>666.3</v>
+        <v>681.59</v>
       </c>
       <c r="AD16" t="n">
-        <v>669.89</v>
+        <v>685.51</v>
       </c>
       <c r="AE16" t="n">
-        <v>673.5</v>
+        <v>689.47</v>
       </c>
       <c r="AF16" t="n">
-        <v>676.96</v>
+        <v>693.3</v>
       </c>
       <c r="AG16" t="n">
-        <v>680.59</v>
+        <v>697.3099999999999</v>
       </c>
       <c r="AH16" t="n">
-        <v>684.34</v>
+        <v>701.4299999999999</v>
       </c>
       <c r="AI16" t="n">
-        <v>688.14</v>
+        <v>705.61</v>
       </c>
       <c r="AJ16" t="n">
-        <v>691.99</v>
+        <v>709.85</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="inlineStr">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>472.98</v>
       </c>
       <c r="C17" t="n">
         <v>471.98</v>
       </c>
       <c r="D17" t="n">
         <v>542</v>
       </c>
       <c r="E17" t="n">
         <v>531</v>
       </c>
       <c r="F17" t="n">
         <v>536.98</v>
       </c>
       <c r="G17" t="n">
         <v>553.71</v>
       </c>
       <c r="H17" t="n">
-        <v>501.87</v>
+        <v>502.04</v>
       </c>
       <c r="I17" t="n">
-        <v>567.11</v>
+        <v>569.6</v>
       </c>
       <c r="J17" t="n">
-        <v>578.39</v>
+        <v>583.26</v>
       </c>
       <c r="K17" t="n">
-        <v>571.13</v>
+        <v>575.9400000000001</v>
       </c>
       <c r="L17" t="n">
-        <v>570.27</v>
+        <v>575.62</v>
       </c>
       <c r="M17" t="n">
-        <v>587.4299999999999</v>
+        <v>594.13</v>
       </c>
       <c r="N17" t="n">
-        <v>620.97</v>
+        <v>628.41</v>
       </c>
       <c r="O17" t="n">
-        <v>598.63</v>
+        <v>606.24</v>
       </c>
       <c r="P17" t="n">
-        <v>604.9400000000001</v>
+        <v>613.0700000000001</v>
       </c>
       <c r="Q17" t="n">
-        <v>607.52</v>
+        <v>616.6</v>
       </c>
       <c r="R17" t="n">
-        <v>609.1799999999999</v>
+        <v>618.9400000000001</v>
       </c>
       <c r="S17" t="n">
-        <v>609.89</v>
+        <v>620.39</v>
       </c>
       <c r="T17" t="n">
-        <v>614.89</v>
+        <v>625.96</v>
       </c>
       <c r="U17" t="n">
-        <v>616.04</v>
+        <v>627.6900000000001</v>
       </c>
       <c r="V17" t="n">
-        <v>627.5599999999999</v>
+        <v>639.76</v>
       </c>
       <c r="W17" t="n">
-        <v>631.25</v>
+        <v>644.02</v>
       </c>
       <c r="X17" t="n">
-        <v>636.14</v>
+        <v>649.8099999999999</v>
       </c>
       <c r="Y17" t="n">
-        <v>640.33</v>
+        <v>654.1900000000001</v>
       </c>
       <c r="Z17" t="n">
-        <v>643.9400000000001</v>
+        <v>657.87</v>
       </c>
       <c r="AA17" t="n">
-        <v>648.87</v>
+        <v>663.08</v>
       </c>
       <c r="AB17" t="n">
-        <v>652.96</v>
+        <v>667.41</v>
       </c>
       <c r="AC17" t="n">
-        <v>657.03</v>
+        <v>671.75</v>
       </c>
       <c r="AD17" t="n">
-        <v>660.27</v>
+        <v>675.29</v>
       </c>
       <c r="AE17" t="n">
-        <v>663.85</v>
+        <v>679.2</v>
       </c>
       <c r="AF17" t="n">
-        <v>667.4400000000001</v>
+        <v>683.14</v>
       </c>
       <c r="AG17" t="n">
-        <v>670.91</v>
+        <v>686.98</v>
       </c>
       <c r="AH17" t="n">
-        <v>674.52</v>
+        <v>690.96</v>
       </c>
       <c r="AI17" t="n">
-        <v>678.23</v>
+        <v>695.04</v>
       </c>
       <c r="AJ17" t="n">
-        <v>681.98</v>
+        <v>699.17</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="inlineStr">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B18" t="n">
         <v>463.96</v>
       </c>
       <c r="C18" t="n">
         <v>464.98</v>
       </c>
       <c r="D18" t="n">
         <v>455.98</v>
       </c>
       <c r="E18" t="n">
         <v>551</v>
       </c>
       <c r="F18" t="n">
         <v>538</v>
       </c>
       <c r="G18" t="n">
         <v>505.45</v>
       </c>
       <c r="H18" t="n">
-        <v>519.85</v>
+        <v>519.99</v>
       </c>
       <c r="I18" t="n">
-        <v>473.9</v>
+        <v>474.9</v>
       </c>
       <c r="J18" t="n">
-        <v>529.17</v>
+        <v>532.51</v>
       </c>
       <c r="K18" t="n">
-        <v>543.09</v>
+        <v>548.0700000000001</v>
       </c>
       <c r="L18" t="n">
-        <v>534.73</v>
+        <v>539.5700000000001</v>
       </c>
       <c r="M18" t="n">
-        <v>535.71</v>
+        <v>541.08</v>
       </c>
       <c r="N18" t="n">
-        <v>548.3099999999999</v>
+        <v>554.99</v>
       </c>
       <c r="O18" t="n">
-        <v>576.38</v>
+        <v>583.74</v>
       </c>
       <c r="P18" t="n">
-        <v>558.36</v>
+        <v>565.9299999999999</v>
       </c>
       <c r="Q18" t="n">
-        <v>564.02</v>
+        <v>572.09</v>
       </c>
       <c r="R18" t="n">
-        <v>565.86</v>
+        <v>574.8200000000001</v>
       </c>
       <c r="S18" t="n">
-        <v>568.3099999999999</v>
+        <v>577.9400000000001</v>
       </c>
       <c r="T18" t="n">
-        <v>569.5</v>
+        <v>579.83</v>
       </c>
       <c r="U18" t="n">
-        <v>574.42</v>
+        <v>585.29</v>
       </c>
       <c r="V18" t="n">
-        <v>576.74</v>
+        <v>588.16</v>
       </c>
       <c r="W18" t="n">
-        <v>586.8099999999999</v>
+        <v>598.76</v>
       </c>
       <c r="X18" t="n">
-        <v>590.62</v>
+        <v>603.11</v>
       </c>
       <c r="Y18" t="n">
-        <v>595.5599999999999</v>
+        <v>608.88</v>
       </c>
       <c r="Z18" t="n">
-        <v>599.75</v>
+        <v>613.23</v>
       </c>
       <c r="AA18" t="n">
-        <v>603.5</v>
+        <v>617.02</v>
       </c>
       <c r="AB18" t="n">
-        <v>608.47</v>
+        <v>622.26</v>
       </c>
       <c r="AC18" t="n">
-        <v>612.67</v>
+        <v>626.6900000000001</v>
       </c>
       <c r="AD18" t="n">
-        <v>616.89</v>
+        <v>631.17</v>
       </c>
       <c r="AE18" t="n">
-        <v>620.49</v>
+        <v>635.04</v>
       </c>
       <c r="AF18" t="n">
-        <v>624.33</v>
+        <v>639.1900000000001</v>
       </c>
       <c r="AG18" t="n">
-        <v>628.16</v>
+        <v>643.36</v>
       </c>
       <c r="AH18" t="n">
-        <v>631.9</v>
+        <v>647.4299999999999</v>
       </c>
       <c r="AI18" t="n">
-        <v>635.75</v>
+        <v>651.63</v>
       </c>
       <c r="AJ18" t="n">
-        <v>639.66</v>
+        <v>655.88</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="inlineStr">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>474.96</v>
       </c>
       <c r="C19" t="n">
         <v>444.98</v>
       </c>
       <c r="D19" t="n">
         <v>468.98</v>
       </c>
       <c r="E19" t="n">
         <v>450.98</v>
       </c>
       <c r="F19" t="n">
         <v>559</v>
       </c>
       <c r="G19" t="n">
         <v>534.42</v>
       </c>
       <c r="H19" t="n">
-        <v>506.62</v>
+        <v>506.79</v>
       </c>
       <c r="I19" t="n">
-        <v>521.73</v>
+        <v>525.02</v>
       </c>
       <c r="J19" t="n">
-        <v>478.41</v>
+        <v>482.97</v>
       </c>
       <c r="K19" t="n">
-        <v>528.79</v>
+        <v>532.6900000000001</v>
       </c>
       <c r="L19" t="n">
-        <v>543.75</v>
+        <v>548.79</v>
       </c>
       <c r="M19" t="n">
-        <v>534.38</v>
+        <v>539.45</v>
       </c>
       <c r="N19" t="n">
-        <v>532.55</v>
+        <v>538.02</v>
       </c>
       <c r="O19" t="n">
-        <v>544</v>
+        <v>550.42</v>
       </c>
       <c r="P19" t="n">
-        <v>568.72</v>
+        <v>575.64</v>
       </c>
       <c r="Q19" t="n">
-        <v>550.76</v>
+        <v>557.92</v>
       </c>
       <c r="R19" t="n">
-        <v>555.8099999999999</v>
+        <v>563.4400000000001</v>
       </c>
       <c r="S19" t="n">
-        <v>556.84</v>
+        <v>565.16</v>
       </c>
       <c r="T19" t="n">
-        <v>559.54</v>
+        <v>568.39</v>
       </c>
       <c r="U19" t="n">
-        <v>560.6900000000001</v>
+        <v>570.13</v>
       </c>
       <c r="V19" t="n">
-        <v>565</v>
+        <v>574.9</v>
       </c>
       <c r="W19" t="n">
-        <v>567.03</v>
+        <v>577.35</v>
       </c>
       <c r="X19" t="n">
-        <v>575.37</v>
+        <v>586.17</v>
       </c>
       <c r="Y19" t="n">
-        <v>578.6900000000001</v>
+        <v>589.9400000000001</v>
       </c>
       <c r="Z19" t="n">
-        <v>582.92</v>
+        <v>594.84</v>
       </c>
       <c r="AA19" t="n">
-        <v>586.4299999999999</v>
+        <v>598.53</v>
       </c>
       <c r="AB19" t="n">
-        <v>589.67</v>
+        <v>601.88</v>
       </c>
       <c r="AC19" t="n">
-        <v>594.0599999999999</v>
+        <v>606.54</v>
       </c>
       <c r="AD19" t="n">
-        <v>597.74</v>
+        <v>610.46</v>
       </c>
       <c r="AE19" t="n">
-        <v>601.49</v>
+        <v>614.47</v>
       </c>
       <c r="AF19" t="n">
-        <v>604.78</v>
+        <v>618.04</v>
       </c>
       <c r="AG19" t="n">
-        <v>608.25</v>
+        <v>621.8</v>
       </c>
       <c r="AH19" t="n">
-        <v>611.72</v>
+        <v>625.59</v>
       </c>
       <c r="AI19" t="n">
-        <v>615.11</v>
+        <v>629.3</v>
       </c>
       <c r="AJ19" t="n">
-        <v>618.58</v>
+        <v>633.09</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>457.98</v>
       </c>
       <c r="C20" t="n">
         <v>466.94</v>
       </c>
       <c r="D20" t="n">
         <v>442.98</v>
       </c>
       <c r="E20" t="n">
         <v>489.98</v>
       </c>
       <c r="F20" t="n">
         <v>464.98</v>
       </c>
       <c r="G20" t="n">
         <v>552.49</v>
       </c>
       <c r="H20" t="n">
-        <v>530.11</v>
+        <v>530.24</v>
       </c>
       <c r="I20" t="n">
-        <v>509.56</v>
+        <v>512.0599999999999</v>
       </c>
       <c r="J20" t="n">
-        <v>522.97</v>
+        <v>528.77</v>
       </c>
       <c r="K20" t="n">
-        <v>485.38</v>
+        <v>490.69</v>
       </c>
       <c r="L20" t="n">
-        <v>526.9299999999999</v>
+        <v>531.29</v>
       </c>
       <c r="M20" t="n">
-        <v>544.5700000000001</v>
+        <v>550.21</v>
       </c>
       <c r="N20" t="n">
-        <v>533.28</v>
+        <v>538.92</v>
       </c>
       <c r="O20" t="n">
-        <v>534.52</v>
+        <v>540.55</v>
       </c>
       <c r="P20" t="n">
-        <v>544</v>
+        <v>550.95</v>
       </c>
       <c r="Q20" t="n">
-        <v>564.77</v>
+        <v>572.23</v>
       </c>
       <c r="R20" t="n">
-        <v>550.21</v>
+        <v>557.91</v>
       </c>
       <c r="S20" t="n">
-        <v>554.87</v>
+        <v>563.02</v>
       </c>
       <c r="T20" t="n">
-        <v>556.04</v>
+        <v>564.84</v>
       </c>
       <c r="U20" t="n">
-        <v>559.4</v>
+        <v>568.73</v>
       </c>
       <c r="V20" t="n">
-        <v>561.3</v>
+        <v>571.1900000000001</v>
       </c>
       <c r="W20" t="n">
-        <v>565.49</v>
+        <v>575.8200000000001</v>
       </c>
       <c r="X20" t="n">
-        <v>568.22</v>
+        <v>578.98</v>
       </c>
       <c r="Y20" t="n">
-        <v>575.92</v>
+        <v>587.13</v>
       </c>
       <c r="Z20" t="n">
-        <v>579.48</v>
+        <v>591.13</v>
       </c>
       <c r="AA20" t="n">
-        <v>583.86</v>
+        <v>596.14</v>
       </c>
       <c r="AB20" t="n">
-        <v>587.59</v>
+        <v>600.0700000000001</v>
       </c>
       <c r="AC20" t="n">
-        <v>591.11</v>
+        <v>603.7</v>
       </c>
       <c r="AD20" t="n">
-        <v>595.6</v>
+        <v>608.47</v>
       </c>
       <c r="AE20" t="n">
-        <v>599.5</v>
+        <v>612.62</v>
       </c>
       <c r="AF20" t="n">
-        <v>603.47</v>
+        <v>616.85</v>
       </c>
       <c r="AG20" t="n">
-        <v>607.0700000000001</v>
+        <v>620.73</v>
       </c>
       <c r="AH20" t="n">
-        <v>610.8</v>
+        <v>624.76</v>
       </c>
       <c r="AI20" t="n">
-        <v>614.53</v>
+        <v>628.79</v>
       </c>
       <c r="AJ20" t="n">
-        <v>618.1900000000001</v>
+        <v>632.77</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="2" t="inlineStr">
+      <c r="A21" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B21" t="n">
         <v>502.96</v>
       </c>
       <c r="C21" t="n">
         <v>450.98</v>
       </c>
       <c r="D21" t="n">
         <v>465.92</v>
       </c>
       <c r="E21" t="n">
         <v>474.96</v>
       </c>
       <c r="F21" t="n">
         <v>508.98</v>
       </c>
       <c r="G21" t="n">
         <v>459.16</v>
       </c>
       <c r="H21" t="n">
-        <v>540.63</v>
+        <v>540.92</v>
       </c>
       <c r="I21" t="n">
-        <v>522.11</v>
+        <v>525.28</v>
       </c>
       <c r="J21" t="n">
-        <v>512.0599999999999</v>
+        <v>517.9299999999999</v>
       </c>
       <c r="K21" t="n">
-        <v>521.41</v>
+        <v>528.11</v>
       </c>
       <c r="L21" t="n">
-        <v>485.39</v>
+        <v>491.14</v>
       </c>
       <c r="M21" t="n">
-        <v>528.09</v>
+        <v>533.39</v>
       </c>
       <c r="N21" t="n">
-        <v>537.35</v>
+        <v>543.8</v>
       </c>
       <c r="O21" t="n">
-        <v>529.11</v>
+        <v>535.5700000000001</v>
       </c>
       <c r="P21" t="n">
-        <v>532.52</v>
+        <v>539.4299999999999</v>
       </c>
       <c r="Q21" t="n">
-        <v>538.26</v>
+        <v>546.1</v>
       </c>
       <c r="R21" t="n">
-        <v>555.84</v>
+        <v>564.2</v>
       </c>
       <c r="S21" t="n">
-        <v>544.34</v>
+        <v>552.96</v>
       </c>
       <c r="T21" t="n">
-        <v>548.51</v>
+        <v>557.5599999999999</v>
       </c>
       <c r="U21" t="n">
-        <v>549.79</v>
+        <v>559.49</v>
       </c>
       <c r="V21" t="n">
-        <v>553.5599999999999</v>
+        <v>563.78</v>
       </c>
       <c r="W21" t="n">
-        <v>556.12</v>
+        <v>566.9</v>
       </c>
       <c r="X21" t="n">
-        <v>560.04</v>
+        <v>571.26</v>
       </c>
       <c r="Y21" t="n">
-        <v>563.21</v>
+        <v>574.86</v>
       </c>
       <c r="Z21" t="n">
-        <v>570.23</v>
+        <v>582.34</v>
       </c>
       <c r="AA21" t="n">
-        <v>573.88</v>
+        <v>586.4400000000001</v>
       </c>
       <c r="AB21" t="n">
-        <v>578.24</v>
+        <v>591.42</v>
       </c>
       <c r="AC21" t="n">
-        <v>582.05</v>
+        <v>595.4400000000001</v>
       </c>
       <c r="AD21" t="n">
-        <v>585.6799999999999</v>
+        <v>599.23</v>
       </c>
       <c r="AE21" t="n">
-        <v>590.12</v>
+        <v>603.98</v>
       </c>
       <c r="AF21" t="n">
-        <v>594.08</v>
+        <v>608.2</v>
       </c>
       <c r="AG21" t="n">
-        <v>598.1</v>
+        <v>612.51</v>
       </c>
       <c r="AH21" t="n">
-        <v>601.8200000000001</v>
+        <v>616.54</v>
       </c>
       <c r="AI21" t="n">
-        <v>605.65</v>
+        <v>620.6799999999999</v>
       </c>
       <c r="AJ21" t="n">
-        <v>609.47</v>
+        <v>624.8200000000001</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="2" t="inlineStr">
+      <c r="A22" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B22" t="n">
         <v>506.98</v>
       </c>
       <c r="C22" t="n">
         <v>455.96</v>
       </c>
       <c r="D22" t="n">
         <v>451.98</v>
       </c>
       <c r="E22" t="n">
         <v>500.87</v>
       </c>
       <c r="F22" t="n">
         <v>491.96</v>
       </c>
       <c r="G22" t="n">
-        <v>497.3</v>
+        <v>497.29</v>
       </c>
       <c r="H22" t="n">
-        <v>458.61</v>
+        <v>458.93</v>
       </c>
       <c r="I22" t="n">
-        <v>527.91</v>
+        <v>532.71</v>
       </c>
       <c r="J22" t="n">
-        <v>518.76</v>
+        <v>526.91</v>
       </c>
       <c r="K22" t="n">
-        <v>511.3</v>
+        <v>518.42</v>
       </c>
       <c r="L22" t="n">
-        <v>518.01</v>
+        <v>525.6900000000001</v>
       </c>
       <c r="M22" t="n">
-        <v>494.86</v>
+        <v>501.94</v>
       </c>
       <c r="N22" t="n">
-        <v>521.05</v>
+        <v>527.75</v>
       </c>
       <c r="O22" t="n">
-        <v>531.25</v>
+        <v>538.98</v>
       </c>
       <c r="P22" t="n">
-        <v>526.73</v>
+        <v>534.55</v>
       </c>
       <c r="Q22" t="n">
-        <v>529.4</v>
+        <v>537.7</v>
       </c>
       <c r="R22" t="n">
-        <v>534.37</v>
+        <v>543.53</v>
       </c>
       <c r="S22" t="n">
-        <v>548.52</v>
+        <v>558.2</v>
       </c>
       <c r="T22" t="n">
-        <v>540.54</v>
+        <v>550.52</v>
       </c>
       <c r="U22" t="n">
-        <v>544.8099999999999</v>
+        <v>555.23</v>
       </c>
       <c r="V22" t="n">
-        <v>546.84</v>
+        <v>557.88</v>
       </c>
       <c r="W22" t="n">
-        <v>550.95</v>
+        <v>562.52</v>
       </c>
       <c r="X22" t="n">
-        <v>554.48</v>
+        <v>566.59</v>
       </c>
       <c r="Y22" t="n">
-        <v>559.01</v>
+        <v>571.5599999999999</v>
       </c>
       <c r="Z22" t="n">
-        <v>562.87</v>
+        <v>575.87</v>
       </c>
       <c r="AA22" t="n">
-        <v>569.53</v>
+        <v>583</v>
       </c>
       <c r="AB22" t="n">
-        <v>573.62</v>
+        <v>587.54</v>
       </c>
       <c r="AC22" t="n">
-        <v>578.3</v>
+        <v>592.83</v>
       </c>
       <c r="AD22" t="n">
-        <v>582.49</v>
+        <v>597.25</v>
       </c>
       <c r="AE22" t="n">
-        <v>586.54</v>
+        <v>601.49</v>
       </c>
       <c r="AF22" t="n">
-        <v>591.27</v>
+        <v>606.54</v>
       </c>
       <c r="AG22" t="n">
-        <v>595.59</v>
+        <v>611.16</v>
       </c>
       <c r="AH22" t="n">
-        <v>599.98</v>
+        <v>615.85</v>
       </c>
       <c r="AI22" t="n">
-        <v>604.14</v>
+        <v>620.33</v>
       </c>
       <c r="AJ22" t="n">
-        <v>608.37</v>
+        <v>624.89</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="2" t="inlineStr">
+      <c r="A23" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B23" t="n">
         <v>500.96</v>
       </c>
       <c r="C23" t="n">
         <v>466.98</v>
       </c>
       <c r="D23" t="n">
         <v>482.96</v>
       </c>
       <c r="E23" t="n">
         <v>479.98</v>
       </c>
       <c r="F23" t="n">
         <v>522.87</v>
       </c>
       <c r="G23" t="n">
         <v>465.59</v>
       </c>
       <c r="H23" t="n">
-        <v>469.81</v>
+        <v>470.17</v>
       </c>
       <c r="I23" t="n">
-        <v>442.91</v>
+        <v>447.04</v>
       </c>
       <c r="J23" t="n">
-        <v>504.1</v>
+        <v>512.8099999999999</v>
       </c>
       <c r="K23" t="n">
-        <v>498.63</v>
+        <v>507.46</v>
       </c>
       <c r="L23" t="n">
-        <v>490.51</v>
+        <v>498.1</v>
       </c>
       <c r="M23" t="n">
-        <v>503.33</v>
+        <v>511.88</v>
       </c>
       <c r="N23" t="n">
-        <v>479.32</v>
+        <v>487.39</v>
       </c>
       <c r="O23" t="n">
-        <v>500.21</v>
+        <v>508</v>
       </c>
       <c r="P23" t="n">
-        <v>511.28</v>
+        <v>520.1</v>
       </c>
       <c r="Q23" t="n">
-        <v>507.53</v>
+        <v>516.49</v>
       </c>
       <c r="R23" t="n">
-        <v>511.55</v>
+        <v>520.98</v>
       </c>
       <c r="S23" t="n">
-        <v>515.85</v>
+        <v>526.11</v>
       </c>
       <c r="T23" t="n">
-        <v>526.54</v>
+        <v>537.3200000000001</v>
       </c>
       <c r="U23" t="n">
-        <v>522.54</v>
+        <v>533.67</v>
       </c>
       <c r="V23" t="n">
-        <v>526.92</v>
+        <v>538.49</v>
       </c>
       <c r="W23" t="n">
-        <v>529.49</v>
+        <v>541.67</v>
       </c>
       <c r="X23" t="n">
-        <v>534.12</v>
+        <v>546.83</v>
       </c>
       <c r="Y23" t="n">
-        <v>538.47</v>
+        <v>551.71</v>
       </c>
       <c r="Z23" t="n">
-        <v>543.47</v>
+        <v>557.1799999999999</v>
       </c>
       <c r="AA23" t="n">
-        <v>548.05</v>
+        <v>562.23</v>
       </c>
       <c r="AB23" t="n">
-        <v>554.38</v>
+        <v>569.04</v>
       </c>
       <c r="AC23" t="n">
-        <v>558.88</v>
+        <v>574.01</v>
       </c>
       <c r="AD23" t="n">
-        <v>563.88</v>
+        <v>579.6</v>
       </c>
       <c r="AE23" t="n">
-        <v>568.4299999999999</v>
+        <v>584.42</v>
       </c>
       <c r="AF23" t="n">
-        <v>572.9</v>
+        <v>589.11</v>
       </c>
       <c r="AG23" t="n">
-        <v>577.91</v>
+        <v>594.47</v>
       </c>
       <c r="AH23" t="n">
-        <v>582.6</v>
+        <v>599.48</v>
       </c>
       <c r="AI23" t="n">
-        <v>587.34</v>
+        <v>604.5599999999999</v>
       </c>
       <c r="AJ23" t="n">
-        <v>591.9299999999999</v>
+        <v>609.5</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="2" t="inlineStr">
+      <c r="A24" s="1" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B24" t="n">
         <v>588.83</v>
       </c>
       <c r="C24" t="n">
         <v>474.92</v>
       </c>
       <c r="D24" t="n">
         <v>469.98</v>
       </c>
       <c r="E24" t="n">
         <v>538.96</v>
       </c>
       <c r="F24" t="n">
         <v>519.98</v>
       </c>
       <c r="G24" t="n">
-        <v>526.24</v>
+        <v>526.23</v>
       </c>
       <c r="H24" t="n">
-        <v>483.35</v>
+        <v>483.71</v>
       </c>
       <c r="I24" t="n">
-        <v>492.3</v>
+        <v>498.51</v>
       </c>
       <c r="J24" t="n">
-        <v>475.89</v>
+        <v>485.41</v>
       </c>
       <c r="K24" t="n">
-        <v>521.05</v>
+        <v>528.76</v>
       </c>
       <c r="L24" t="n">
-        <v>514.48</v>
+        <v>521.9</v>
       </c>
       <c r="M24" t="n">
-        <v>517.49</v>
+        <v>524.5</v>
       </c>
       <c r="N24" t="n">
-        <v>517.3200000000001</v>
+        <v>524.92</v>
       </c>
       <c r="O24" t="n">
-        <v>499.8</v>
+        <v>507.17</v>
       </c>
       <c r="P24" t="n">
-        <v>516.5</v>
+        <v>523.96</v>
       </c>
       <c r="Q24" t="n">
-        <v>523.76</v>
+        <v>532.03</v>
       </c>
       <c r="R24" t="n">
-        <v>519.77</v>
+        <v>528.3099999999999</v>
       </c>
       <c r="S24" t="n">
-        <v>522.91</v>
+        <v>531.87</v>
       </c>
       <c r="T24" t="n">
-        <v>526.36</v>
+        <v>535.92</v>
       </c>
       <c r="U24" t="n">
-        <v>534.11</v>
+        <v>544.0700000000001</v>
       </c>
       <c r="V24" t="n">
-        <v>530.75</v>
+        <v>541.0599999999999</v>
       </c>
       <c r="W24" t="n">
-        <v>534.1799999999999</v>
+        <v>544.91</v>
       </c>
       <c r="X24" t="n">
-        <v>536.01</v>
+        <v>547.21</v>
       </c>
       <c r="Y24" t="n">
-        <v>539.66</v>
+        <v>551.3</v>
       </c>
       <c r="Z24" t="n">
-        <v>543.16</v>
+        <v>555.25</v>
       </c>
       <c r="AA24" t="n">
-        <v>547.16</v>
+        <v>559.66</v>
       </c>
       <c r="AB24" t="n">
-        <v>550.52</v>
+        <v>563.42</v>
       </c>
       <c r="AC24" t="n">
-        <v>555.25</v>
+        <v>568.58</v>
       </c>
       <c r="AD24" t="n">
-        <v>558.6900000000001</v>
+        <v>572.4299999999999</v>
       </c>
       <c r="AE24" t="n">
-        <v>562.47</v>
+        <v>576.6900000000001</v>
       </c>
       <c r="AF24" t="n">
-        <v>565.92</v>
+        <v>580.4400000000001</v>
       </c>
       <c r="AG24" t="n">
-        <v>569.3200000000001</v>
+        <v>584.12</v>
       </c>
       <c r="AH24" t="n">
-        <v>573.17</v>
+        <v>588.33</v>
       </c>
       <c r="AI24" t="n">
-        <v>576.76</v>
+        <v>592.25</v>
       </c>
       <c r="AJ24" t="n">
-        <v>580.39</v>
+        <v>596.22</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="2" t="inlineStr">
+      <c r="A25" s="1" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B25" t="n">
         <v>582.9</v>
       </c>
       <c r="C25" t="n">
         <v>538.92</v>
       </c>
       <c r="D25" t="n">
         <v>473.92</v>
       </c>
       <c r="E25" t="n">
         <v>493.98</v>
       </c>
       <c r="F25" t="n">
         <v>564.96</v>
       </c>
       <c r="G25" t="n">
         <v>498.19</v>
       </c>
       <c r="H25" t="n">
-        <v>502.43</v>
+        <v>502.95</v>
       </c>
       <c r="I25" t="n">
-        <v>479.95</v>
+        <v>486.05</v>
       </c>
       <c r="J25" t="n">
-        <v>492.04</v>
+        <v>503.28</v>
       </c>
       <c r="K25" t="n">
-        <v>481.84</v>
+        <v>491.07</v>
       </c>
       <c r="L25" t="n">
-        <v>506.35</v>
+        <v>513.64</v>
       </c>
       <c r="M25" t="n">
-        <v>515.6900000000001</v>
+        <v>523.37</v>
       </c>
       <c r="N25" t="n">
-        <v>504.36</v>
+        <v>511.81</v>
       </c>
       <c r="O25" t="n">
-        <v>508.68</v>
+        <v>516.61</v>
       </c>
       <c r="P25" t="n">
-        <v>498.83</v>
+        <v>506.82</v>
       </c>
       <c r="Q25" t="n">
-        <v>507.76</v>
+        <v>515.98</v>
       </c>
       <c r="R25" t="n">
-        <v>514.24</v>
+        <v>523.13</v>
       </c>
       <c r="S25" t="n">
-        <v>512.4400000000001</v>
+        <v>521.61</v>
       </c>
       <c r="T25" t="n">
-        <v>515.64</v>
+        <v>525.2</v>
       </c>
       <c r="U25" t="n">
-        <v>518.74</v>
+        <v>528.83</v>
       </c>
       <c r="V25" t="n">
-        <v>524.66</v>
+        <v>535.13</v>
       </c>
       <c r="W25" t="n">
-        <v>523.39</v>
+        <v>534.21</v>
       </c>
       <c r="X25" t="n">
-        <v>526.6799999999999</v>
+        <v>537.91</v>
       </c>
       <c r="Y25" t="n">
-        <v>528.79</v>
+        <v>540.45</v>
       </c>
       <c r="Z25" t="n">
-        <v>532.3099999999999</v>
+        <v>544.38</v>
       </c>
       <c r="AA25" t="n">
-        <v>535.61</v>
+        <v>548.1</v>
       </c>
       <c r="AB25" t="n">
-        <v>539.3099999999999</v>
+        <v>552.2</v>
       </c>
       <c r="AC25" t="n">
-        <v>542.65</v>
+        <v>555.9299999999999</v>
       </c>
       <c r="AD25" t="n">
-        <v>546.73</v>
+        <v>560.41</v>
       </c>
       <c r="AE25" t="n">
-        <v>550.03</v>
+        <v>564.11</v>
       </c>
       <c r="AF25" t="n">
-        <v>553.58</v>
+        <v>568.1</v>
       </c>
       <c r="AG25" t="n">
-        <v>556.88</v>
+        <v>571.7</v>
       </c>
       <c r="AH25" t="n">
-        <v>560.16</v>
+        <v>575.28</v>
       </c>
       <c r="AI25" t="n">
-        <v>563.75</v>
+        <v>579.22</v>
       </c>
       <c r="AJ25" t="n">
-        <v>567.14</v>
+        <v>582.95</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="2" t="inlineStr">
+      <c r="A26" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B26" t="n">
         <v>599.85</v>
       </c>
       <c r="C26" t="n">
         <v>514.9</v>
       </c>
       <c r="D26" t="n">
         <v>552.92</v>
       </c>
       <c r="E26" t="n">
         <v>498.92</v>
       </c>
       <c r="F26" t="n">
         <v>545.98</v>
       </c>
       <c r="G26" t="n">
-        <v>587.27</v>
+        <v>587.26</v>
       </c>
       <c r="H26" t="n">
-        <v>543.6900000000001</v>
+        <v>544.41</v>
       </c>
       <c r="I26" t="n">
-        <v>554.16</v>
+        <v>562.87</v>
       </c>
       <c r="J26" t="n">
-        <v>549.49</v>
+        <v>563.79</v>
       </c>
       <c r="K26" t="n">
-        <v>559.58</v>
+        <v>571.53</v>
       </c>
       <c r="L26" t="n">
-        <v>545.97</v>
+        <v>555.55</v>
       </c>
       <c r="M26" t="n">
-        <v>579.62</v>
+        <v>588.64</v>
       </c>
       <c r="N26" t="n">
-        <v>569.6</v>
+        <v>578.97</v>
       </c>
       <c r="O26" t="n">
-        <v>566.08</v>
+        <v>575.37</v>
       </c>
       <c r="P26" t="n">
-        <v>571.8099999999999</v>
+        <v>581.76</v>
       </c>
       <c r="Q26" t="n">
-        <v>562.99</v>
+        <v>573.27</v>
       </c>
       <c r="R26" t="n">
-        <v>569.7</v>
+        <v>580.33</v>
       </c>
       <c r="S26" t="n">
-        <v>575.14</v>
+        <v>586.4299999999999</v>
       </c>
       <c r="T26" t="n">
-        <v>575.02</v>
+        <v>586.6900000000001</v>
       </c>
       <c r="U26" t="n">
-        <v>578.2</v>
+        <v>590.3200000000001</v>
       </c>
       <c r="V26" t="n">
-        <v>581.51</v>
+        <v>594.1900000000001</v>
       </c>
       <c r="W26" t="n">
-        <v>586.49</v>
+        <v>599.63</v>
       </c>
       <c r="X26" t="n">
-        <v>587.04</v>
+        <v>600.61</v>
       </c>
       <c r="Y26" t="n">
-        <v>590.45</v>
+        <v>604.48</v>
       </c>
       <c r="Z26" t="n">
-        <v>593.04</v>
+        <v>607.5700000000001</v>
       </c>
       <c r="AA26" t="n">
-        <v>596.6</v>
+        <v>611.61</v>
       </c>
       <c r="AB26" t="n">
-        <v>600.02</v>
+        <v>615.52</v>
       </c>
       <c r="AC26" t="n">
-        <v>603.74</v>
+        <v>619.7</v>
       </c>
       <c r="AD26" t="n">
-        <v>607.22</v>
+        <v>623.64</v>
       </c>
       <c r="AE26" t="n">
-        <v>611.2</v>
+        <v>628.09</v>
       </c>
       <c r="AF26" t="n">
-        <v>614.67</v>
+        <v>632.02</v>
       </c>
       <c r="AG26" t="n">
-        <v>618.3</v>
+        <v>636.15</v>
       </c>
       <c r="AH26" t="n">
-        <v>621.78</v>
+        <v>640.03</v>
       </c>
       <c r="AI26" t="n">
-        <v>625.23</v>
+        <v>643.87</v>
       </c>
       <c r="AJ26" t="n">
-        <v>628.88</v>
+        <v>647.95</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="2" t="inlineStr">
+      <c r="A27" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B27" t="n">
         <v>638.77</v>
       </c>
       <c r="C27" t="n">
         <v>551.8099999999999</v>
       </c>
       <c r="D27" t="n">
         <v>512.9</v>
       </c>
       <c r="E27" t="n">
         <v>579.92</v>
       </c>
       <c r="F27" t="n">
         <v>536.92</v>
       </c>
       <c r="G27" t="n">
-        <v>572.0700000000001</v>
+        <v>572.0599999999999</v>
       </c>
       <c r="H27" t="n">
-        <v>605.21</v>
+        <v>606.02</v>
       </c>
       <c r="I27" t="n">
-        <v>583.1799999999999</v>
+        <v>592.4299999999999</v>
       </c>
       <c r="J27" t="n">
-        <v>600.9</v>
+        <v>617.5</v>
       </c>
       <c r="K27" t="n">
-        <v>599.53</v>
+        <v>613.76</v>
       </c>
       <c r="L27" t="n">
-        <v>600.42</v>
+        <v>612.22</v>
       </c>
       <c r="M27" t="n">
-        <v>608.15</v>
+        <v>619.04</v>
       </c>
       <c r="N27" t="n">
-        <v>615.9299999999999</v>
+        <v>626.51</v>
       </c>
       <c r="O27" t="n">
-        <v>614.37</v>
+        <v>625.29</v>
       </c>
       <c r="P27" t="n">
-        <v>615.54</v>
+        <v>626.7</v>
       </c>
       <c r="Q27" t="n">
-        <v>617.4400000000001</v>
+        <v>629.34</v>
       </c>
       <c r="R27" t="n">
-        <v>613.4400000000001</v>
+        <v>625.73</v>
       </c>
       <c r="S27" t="n">
-        <v>619.59</v>
+        <v>632.3</v>
       </c>
       <c r="T27" t="n">
-        <v>624.84</v>
+        <v>638.1900000000001</v>
       </c>
       <c r="U27" t="n">
-        <v>626.51</v>
+        <v>640.3</v>
       </c>
       <c r="V27" t="n">
-        <v>630.38</v>
+        <v>644.67</v>
       </c>
       <c r="W27" t="n">
-        <v>634.21</v>
+        <v>649.0700000000001</v>
       </c>
       <c r="X27" t="n">
-        <v>639.21</v>
+        <v>654.5700000000001</v>
       </c>
       <c r="Y27" t="n">
-        <v>641.3099999999999</v>
+        <v>657.16</v>
       </c>
       <c r="Z27" t="n">
-        <v>645.33</v>
+        <v>661.6900000000001</v>
       </c>
       <c r="AA27" t="n">
-        <v>648.77</v>
+        <v>665.66</v>
       </c>
       <c r="AB27" t="n">
-        <v>652.9299999999999</v>
+        <v>670.34</v>
       </c>
       <c r="AC27" t="n">
-        <v>656.92</v>
+        <v>674.85</v>
       </c>
       <c r="AD27" t="n">
-        <v>661.11</v>
+        <v>679.54</v>
       </c>
       <c r="AE27" t="n">
-        <v>665.1900000000001</v>
+        <v>684.14</v>
       </c>
       <c r="AF27" t="n">
-        <v>669.5700000000001</v>
+        <v>689.02</v>
       </c>
       <c r="AG27" t="n">
-        <v>673.61</v>
+        <v>693.5700000000001</v>
       </c>
       <c r="AH27" t="n">
-        <v>677.78</v>
+        <v>698.26</v>
       </c>
       <c r="AI27" t="n">
-        <v>681.8200000000001</v>
+        <v>702.77</v>
       </c>
       <c r="AJ27" t="n">
-        <v>685.83</v>
+        <v>707.23</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="2" t="inlineStr">
+      <c r="A28" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B28" t="n">
         <v>617.77</v>
       </c>
       <c r="C28" t="n">
         <v>618.79</v>
       </c>
       <c r="D28" t="n">
         <v>532.79</v>
       </c>
       <c r="E28" t="n">
         <v>574.9</v>
       </c>
       <c r="F28" t="n">
         <v>611.92</v>
       </c>
       <c r="G28" t="n">
-        <v>574.63</v>
+        <v>574.62</v>
       </c>
       <c r="H28" t="n">
-        <v>602.54</v>
+        <v>603.24</v>
       </c>
       <c r="I28" t="n">
-        <v>635.08</v>
+        <v>645.13</v>
       </c>
       <c r="J28" t="n">
-        <v>629.9</v>
+        <v>647.15</v>
       </c>
       <c r="K28" t="n">
-        <v>643.33</v>
+        <v>658.09</v>
       </c>
       <c r="L28" t="n">
-        <v>636.86</v>
+        <v>649.3200000000001</v>
       </c>
       <c r="M28" t="n">
-        <v>656.29</v>
+        <v>667.84</v>
       </c>
       <c r="N28" t="n">
-        <v>639.9400000000001</v>
+        <v>651.01</v>
       </c>
       <c r="O28" t="n">
-        <v>651.0599999999999</v>
+        <v>662.05</v>
       </c>
       <c r="P28" t="n">
-        <v>652.95</v>
+        <v>664.53</v>
       </c>
       <c r="Q28" t="n">
-        <v>650.54</v>
+        <v>662.61</v>
       </c>
       <c r="R28" t="n">
-        <v>652.39</v>
+        <v>665.12</v>
       </c>
       <c r="S28" t="n">
-        <v>650.78</v>
+        <v>663.97</v>
       </c>
       <c r="T28" t="n">
-        <v>656.16</v>
+        <v>669.8200000000001</v>
       </c>
       <c r="U28" t="n">
-        <v>660.71</v>
+        <v>674.96</v>
       </c>
       <c r="V28" t="n">
-        <v>662.62</v>
+        <v>677.35</v>
       </c>
       <c r="W28" t="n">
-        <v>666.4400000000001</v>
+        <v>681.6900000000001</v>
       </c>
       <c r="X28" t="n">
-        <v>670.02</v>
+        <v>685.83</v>
       </c>
       <c r="Y28" t="n">
-        <v>674.48</v>
+        <v>690.8</v>
       </c>
       <c r="Z28" t="n">
-        <v>676.97</v>
+        <v>693.8</v>
       </c>
       <c r="AA28" t="n">
-        <v>680.74</v>
+        <v>698.08</v>
       </c>
       <c r="AB28" t="n">
-        <v>684.14</v>
+        <v>702.02</v>
       </c>
       <c r="AC28" t="n">
-        <v>688.0700000000001</v>
+        <v>706.48</v>
       </c>
       <c r="AD28" t="n">
-        <v>691.9</v>
+        <v>710.84</v>
       </c>
       <c r="AE28" t="n">
-        <v>695.8200000000001</v>
+        <v>715.28</v>
       </c>
       <c r="AF28" t="n">
-        <v>699.71</v>
+        <v>719.6900000000001</v>
       </c>
       <c r="AG28" t="n">
-        <v>703.78</v>
+        <v>724.28</v>
       </c>
       <c r="AH28" t="n">
-        <v>707.64</v>
+        <v>728.66</v>
       </c>
       <c r="AI28" t="n">
-        <v>711.5700000000001</v>
+        <v>733.12</v>
       </c>
       <c r="AJ28" t="n">
-        <v>715.4</v>
+        <v>737.4400000000001</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="2" t="inlineStr">
+      <c r="A29" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B29" t="n">
         <v>637.79</v>
       </c>
       <c r="C29" t="n">
         <v>555.79</v>
       </c>
       <c r="D29" t="n">
         <v>609.79</v>
       </c>
       <c r="E29" t="n">
         <v>547.77</v>
       </c>
       <c r="F29" t="n">
         <v>596.9</v>
       </c>
       <c r="G29" t="n">
-        <v>644.1799999999999</v>
+        <v>644.17</v>
       </c>
       <c r="H29" t="n">
-        <v>623.8</v>
+        <v>624.6</v>
       </c>
       <c r="I29" t="n">
-        <v>652.39</v>
+        <v>660.41</v>
       </c>
       <c r="J29" t="n">
-        <v>682.8099999999999</v>
+        <v>698.23</v>
       </c>
       <c r="K29" t="n">
-        <v>679.7</v>
+        <v>694.3099999999999</v>
       </c>
       <c r="L29" t="n">
-        <v>679.71</v>
+        <v>691.76</v>
       </c>
       <c r="M29" t="n">
-        <v>694.3</v>
+        <v>705.6900000000001</v>
       </c>
       <c r="N29" t="n">
-        <v>686.9299999999999</v>
+        <v>697.87</v>
       </c>
       <c r="O29" t="n">
-        <v>680.8200000000001</v>
+        <v>691.58</v>
       </c>
       <c r="P29" t="n">
-        <v>692.03</v>
+        <v>703.13</v>
       </c>
       <c r="Q29" t="n">
-        <v>689.47</v>
+        <v>701.29</v>
       </c>
       <c r="R29" t="n">
-        <v>688.95</v>
+        <v>701.3099999999999</v>
       </c>
       <c r="S29" t="n">
-        <v>690.74</v>
+        <v>703.73</v>
       </c>
       <c r="T29" t="n">
-        <v>690.2</v>
+        <v>703.6799999999999</v>
       </c>
       <c r="U29" t="n">
-        <v>694.91</v>
+        <v>708.9</v>
       </c>
       <c r="V29" t="n">
-        <v>698.73</v>
+        <v>713.3099999999999</v>
       </c>
       <c r="W29" t="n">
-        <v>700.74</v>
+        <v>715.83</v>
       </c>
       <c r="X29" t="n">
-        <v>704.29</v>
+        <v>719.92</v>
       </c>
       <c r="Y29" t="n">
-        <v>707.4400000000001</v>
+        <v>723.62</v>
       </c>
       <c r="Z29" t="n">
-        <v>711.39</v>
+        <v>728.11</v>
       </c>
       <c r="AA29" t="n">
-        <v>713.73</v>
+        <v>730.97</v>
       </c>
       <c r="AB29" t="n">
-        <v>717.17</v>
+        <v>734.95</v>
       </c>
       <c r="AC29" t="n">
-        <v>720.3099999999999</v>
+        <v>738.64</v>
       </c>
       <c r="AD29" t="n">
-        <v>723.85</v>
+        <v>742.72</v>
       </c>
       <c r="AE29" t="n">
-        <v>727.34</v>
+        <v>746.76</v>
       </c>
       <c r="AF29" t="n">
-        <v>730.86</v>
+        <v>750.8200000000001</v>
       </c>
       <c r="AG29" t="n">
-        <v>734.36</v>
+        <v>754.85</v>
       </c>
       <c r="AH29" t="n">
-        <v>737.98</v>
+        <v>759.01</v>
       </c>
       <c r="AI29" t="n">
-        <v>741.45</v>
+        <v>763.01</v>
       </c>
       <c r="AJ29" t="n">
-        <v>744.95</v>
+        <v>767.05</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="2" t="inlineStr">
+      <c r="A30" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B30" t="n">
         <v>688.87</v>
       </c>
       <c r="C30" t="n">
         <v>628.92</v>
       </c>
       <c r="D30" t="n">
         <v>567.77</v>
       </c>
       <c r="E30" t="n">
         <v>654.79</v>
       </c>
       <c r="F30" t="n">
         <v>589.77</v>
       </c>
       <c r="G30" t="n">
-        <v>592.67</v>
+        <v>592.66</v>
       </c>
       <c r="H30" t="n">
-        <v>630.5599999999999</v>
+        <v>631.34</v>
       </c>
       <c r="I30" t="n">
-        <v>624.02</v>
+        <v>634.7</v>
       </c>
       <c r="J30" t="n">
-        <v>654.52</v>
+        <v>671.4400000000001</v>
       </c>
       <c r="K30" t="n">
-        <v>673.95</v>
+        <v>687.64</v>
       </c>
       <c r="L30" t="n">
-        <v>663.14</v>
+        <v>675.28</v>
       </c>
       <c r="M30" t="n">
-        <v>681.71</v>
+        <v>692.97</v>
       </c>
       <c r="N30" t="n">
-        <v>671.51</v>
+        <v>682.41</v>
       </c>
       <c r="O30" t="n">
-        <v>671.85</v>
+        <v>682.54</v>
       </c>
       <c r="P30" t="n">
-        <v>671.05</v>
+        <v>681.9299999999999</v>
       </c>
       <c r="Q30" t="n">
-        <v>675.49</v>
+        <v>686.86</v>
       </c>
       <c r="R30" t="n">
-        <v>674.8200000000001</v>
+        <v>686.77</v>
       </c>
       <c r="S30" t="n">
-        <v>675.86</v>
+        <v>688.29</v>
       </c>
       <c r="T30" t="n">
-        <v>678.04</v>
+        <v>691</v>
       </c>
       <c r="U30" t="n">
-        <v>678.8</v>
+        <v>692.2</v>
       </c>
       <c r="V30" t="n">
-        <v>683.1799999999999</v>
+        <v>697.03</v>
       </c>
       <c r="W30" t="n">
-        <v>686.74</v>
+        <v>701.1</v>
       </c>
       <c r="X30" t="n">
-        <v>689.09</v>
+        <v>703.91</v>
       </c>
       <c r="Y30" t="n">
-        <v>692.6799999999999</v>
+        <v>707.97</v>
       </c>
       <c r="Z30" t="n">
-        <v>695.89</v>
+        <v>711.67</v>
       </c>
       <c r="AA30" t="n">
-        <v>699.6900000000001</v>
+        <v>715.9400000000001</v>
       </c>
       <c r="AB30" t="n">
-        <v>702.4</v>
+        <v>719.12</v>
       </c>
       <c r="AC30" t="n">
-        <v>705.8099999999999</v>
+        <v>723.01</v>
       </c>
       <c r="AD30" t="n">
-        <v>709.04</v>
+        <v>726.71</v>
       </c>
       <c r="AE30" t="n">
-        <v>712.5700000000001</v>
+        <v>730.72</v>
       </c>
       <c r="AF30" t="n">
-        <v>716.08</v>
+        <v>734.71</v>
       </c>
       <c r="AG30" t="n">
-        <v>719.5700000000001</v>
+        <v>738.67</v>
       </c>
       <c r="AH30" t="n">
-        <v>723.0700000000001</v>
+        <v>742.64</v>
       </c>
       <c r="AI30" t="n">
-        <v>726.63</v>
+        <v>746.67</v>
       </c>
       <c r="AJ30" t="n">
-        <v>730.08</v>
+        <v>750.59</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="2" t="inlineStr">
+      <c r="A31" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B31" t="n">
         <v>718.83</v>
       </c>
       <c r="C31" t="n">
         <v>604.89</v>
       </c>
       <c r="D31" t="n">
         <v>625.92</v>
       </c>
       <c r="E31" t="n">
         <v>603.75</v>
       </c>
       <c r="F31" t="n">
         <v>677.8099999999999</v>
       </c>
       <c r="G31" t="n">
-        <v>639.6</v>
+        <v>639.59</v>
       </c>
       <c r="H31" t="n">
-        <v>642.36</v>
+        <v>643.13</v>
       </c>
       <c r="I31" t="n">
-        <v>677.89</v>
+        <v>690.5700000000001</v>
       </c>
       <c r="J31" t="n">
-        <v>689.0599999999999</v>
+        <v>711.16</v>
       </c>
       <c r="K31" t="n">
-        <v>712.13</v>
+        <v>729.64</v>
       </c>
       <c r="L31" t="n">
-        <v>719.62</v>
+        <v>733.6799999999999</v>
       </c>
       <c r="M31" t="n">
-        <v>730</v>
+        <v>743.72</v>
       </c>
       <c r="N31" t="n">
-        <v>729.8099999999999</v>
+        <v>742.9299999999999</v>
       </c>
       <c r="O31" t="n">
-        <v>727.36</v>
+        <v>740.25</v>
       </c>
       <c r="P31" t="n">
-        <v>730.8099999999999</v>
+        <v>743.8099999999999</v>
       </c>
       <c r="Q31" t="n">
-        <v>729.0599999999999</v>
+        <v>742.4400000000001</v>
       </c>
       <c r="R31" t="n">
-        <v>733.9400000000001</v>
+        <v>747.8099999999999</v>
       </c>
       <c r="S31" t="n">
-        <v>735.24</v>
+        <v>749.6900000000001</v>
       </c>
       <c r="T31" t="n">
-        <v>737.9400000000001</v>
+        <v>752.9</v>
       </c>
       <c r="U31" t="n">
-        <v>741.28</v>
+        <v>756.77</v>
       </c>
       <c r="V31" t="n">
-        <v>743.83</v>
+        <v>759.79</v>
       </c>
       <c r="W31" t="n">
-        <v>748.91</v>
+        <v>765.35</v>
       </c>
       <c r="X31" t="n">
-        <v>753.23</v>
+        <v>770.2</v>
       </c>
       <c r="Y31" t="n">
-        <v>756.91</v>
+        <v>774.36</v>
       </c>
       <c r="Z31" t="n">
-        <v>761.51</v>
+        <v>779.46</v>
       </c>
       <c r="AA31" t="n">
-        <v>765.75</v>
+        <v>784.21</v>
       </c>
       <c r="AB31" t="n">
-        <v>770.52</v>
+        <v>789.48</v>
       </c>
       <c r="AC31" t="n">
-        <v>774.4299999999999</v>
+        <v>793.89</v>
       </c>
       <c r="AD31" t="n">
-        <v>778.83</v>
+        <v>798.79</v>
       </c>
       <c r="AE31" t="n">
-        <v>783.15</v>
+        <v>803.61</v>
       </c>
       <c r="AF31" t="n">
-        <v>787.67</v>
+        <v>808.63</v>
       </c>
       <c r="AG31" t="n">
-        <v>792.17</v>
+        <v>813.62</v>
       </c>
       <c r="AH31" t="n">
-        <v>796.65</v>
+        <v>818.6</v>
       </c>
       <c r="AI31" t="n">
-        <v>801.13</v>
+        <v>823.58</v>
       </c>
       <c r="AJ31" t="n">
-        <v>805.64</v>
+        <v>828.58</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="2" t="inlineStr">
+      <c r="A32" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B32" t="n">
         <v>734.85</v>
       </c>
       <c r="C32" t="n">
         <v>652.85</v>
       </c>
       <c r="D32" t="n">
         <v>636.89</v>
       </c>
       <c r="E32" t="n">
         <v>674.92</v>
       </c>
       <c r="F32" t="n">
         <v>626.77</v>
       </c>
       <c r="G32" t="n">
-        <v>717.4299999999999</v>
+        <v>717.42</v>
       </c>
       <c r="H32" t="n">
-        <v>694.34</v>
+        <v>695.3200000000001</v>
       </c>
       <c r="I32" t="n">
-        <v>705.01</v>
+        <v>717.75</v>
       </c>
       <c r="J32" t="n">
-        <v>745.79</v>
+        <v>768.89</v>
       </c>
       <c r="K32" t="n">
-        <v>753.73</v>
+        <v>774.21</v>
       </c>
       <c r="L32" t="n">
-        <v>760.63</v>
+        <v>776.65</v>
       </c>
       <c r="M32" t="n">
-        <v>789.02</v>
+        <v>803.65</v>
       </c>
       <c r="N32" t="n">
-        <v>778.13</v>
+        <v>792.53</v>
       </c>
       <c r="O32" t="n">
-        <v>782.86</v>
+        <v>796.88</v>
       </c>
       <c r="P32" t="n">
-        <v>784.88</v>
+        <v>799.01</v>
       </c>
       <c r="Q32" t="n">
-        <v>785.13</v>
+        <v>799.61</v>
       </c>
       <c r="R32" t="n">
-        <v>785.35</v>
+        <v>800.25</v>
       </c>
       <c r="S32" t="n">
-        <v>790.35</v>
+        <v>805.77</v>
       </c>
       <c r="T32" t="n">
-        <v>792.92</v>
+        <v>808.9</v>
       </c>
       <c r="U32" t="n">
-        <v>796.46</v>
+        <v>812.96</v>
       </c>
       <c r="V32" t="n">
-        <v>800.5</v>
+        <v>817.52</v>
       </c>
       <c r="W32" t="n">
-        <v>804</v>
+        <v>821.52</v>
       </c>
       <c r="X32" t="n">
-        <v>809.24</v>
+        <v>827.26</v>
       </c>
       <c r="Y32" t="n">
-        <v>814.01</v>
+        <v>832.54</v>
       </c>
       <c r="Z32" t="n">
-        <v>818.33</v>
+        <v>837.37</v>
       </c>
       <c r="AA32" t="n">
-        <v>823.3099999999999</v>
+        <v>842.86</v>
       </c>
       <c r="AB32" t="n">
-        <v>828.1</v>
+        <v>848.17</v>
       </c>
       <c r="AC32" t="n">
-        <v>833.1900000000001</v>
+        <v>853.76</v>
       </c>
       <c r="AD32" t="n">
-        <v>837.74</v>
+        <v>858.8200000000001</v>
       </c>
       <c r="AE32" t="n">
-        <v>842.58</v>
+        <v>864.1799999999999</v>
       </c>
       <c r="AF32" t="n">
-        <v>847.39</v>
+        <v>869.5</v>
       </c>
       <c r="AG32" t="n">
-        <v>852.3200000000001</v>
+        <v>874.9400000000001</v>
       </c>
       <c r="AH32" t="n">
-        <v>857.26</v>
+        <v>880.39</v>
       </c>
       <c r="AI32" t="n">
-        <v>862.16</v>
+        <v>885.79</v>
       </c>
       <c r="AJ32" t="n">
-        <v>867.04</v>
+        <v>891.1799999999999</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="2" t="inlineStr">
+      <c r="A33" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B33" t="n">
         <v>690.83</v>
       </c>
       <c r="C33" t="n">
         <v>693.85</v>
       </c>
       <c r="D33" t="n">
         <v>665.83</v>
       </c>
       <c r="E33" t="n">
         <v>691.89</v>
       </c>
       <c r="F33" t="n">
         <v>692.92</v>
       </c>
       <c r="G33" t="n">
-        <v>638.91</v>
+        <v>638.9</v>
       </c>
       <c r="H33" t="n">
-        <v>699.89</v>
+        <v>700.7</v>
       </c>
       <c r="I33" t="n">
-        <v>693.11</v>
+        <v>703.83</v>
       </c>
       <c r="J33" t="n">
-        <v>714.61</v>
+        <v>735.5599999999999</v>
       </c>
       <c r="K33" t="n">
-        <v>743.55</v>
+        <v>764.4</v>
       </c>
       <c r="L33" t="n">
-        <v>741.95</v>
+        <v>759.8</v>
       </c>
       <c r="M33" t="n">
-        <v>766.12</v>
+        <v>781.6900000000001</v>
       </c>
       <c r="N33" t="n">
-        <v>770.15</v>
+        <v>784.74</v>
       </c>
       <c r="O33" t="n">
-        <v>766.49</v>
+        <v>780.92</v>
       </c>
       <c r="P33" t="n">
-        <v>772.73</v>
+        <v>787.15</v>
       </c>
       <c r="Q33" t="n">
-        <v>771.87</v>
+        <v>786.61</v>
       </c>
       <c r="R33" t="n">
-        <v>773.0599999999999</v>
+        <v>788.1799999999999</v>
       </c>
       <c r="S33" t="n">
-        <v>774.49</v>
+        <v>790.0599999999999</v>
       </c>
       <c r="T33" t="n">
-        <v>779.3</v>
+        <v>795.37</v>
       </c>
       <c r="U33" t="n">
-        <v>782.4</v>
+        <v>799.02</v>
       </c>
       <c r="V33" t="n">
-        <v>786.1900000000001</v>
+        <v>803.3099999999999</v>
       </c>
       <c r="W33" t="n">
-        <v>790.36</v>
+        <v>807.99</v>
       </c>
       <c r="X33" t="n">
-        <v>794.1799999999999</v>
+        <v>812.3099999999999</v>
       </c>
       <c r="Y33" t="n">
-        <v>799.27</v>
+        <v>817.9</v>
       </c>
       <c r="Z33" t="n">
-        <v>803.99</v>
+        <v>823.13</v>
       </c>
       <c r="AA33" t="n">
-        <v>808.45</v>
+        <v>828.09</v>
       </c>
       <c r="AB33" t="n">
-        <v>813.42</v>
+        <v>833.5700000000001</v>
       </c>
       <c r="AC33" t="n">
-        <v>818.2</v>
+        <v>838.86</v>
       </c>
       <c r="AD33" t="n">
-        <v>823.2</v>
+        <v>844.36</v>
       </c>
       <c r="AE33" t="n">
-        <v>827.83</v>
+        <v>849.5</v>
       </c>
       <c r="AF33" t="n">
-        <v>832.66</v>
+        <v>854.84</v>
       </c>
       <c r="AG33" t="n">
-        <v>837.48</v>
+        <v>860.16</v>
       </c>
       <c r="AH33" t="n">
-        <v>842.39</v>
+        <v>865.5700000000001</v>
       </c>
       <c r="AI33" t="n">
-        <v>847.28</v>
+        <v>870.97</v>
       </c>
       <c r="AJ33" t="n">
-        <v>852.13</v>
+        <v>876.3200000000001</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34" s="2" t="inlineStr">
+      <c r="A34" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B34" t="n">
         <v>737.96</v>
       </c>
       <c r="C34" t="n">
         <v>666.98</v>
       </c>
       <c r="D34" t="n">
         <v>688.85</v>
       </c>
       <c r="E34" t="n">
         <v>714.8099999999999</v>
       </c>
       <c r="F34" t="n">
         <v>731.89</v>
       </c>
       <c r="G34" t="n">
-        <v>748.41</v>
+        <v>748.4</v>
       </c>
       <c r="H34" t="n">
-        <v>717.59</v>
+        <v>718.5</v>
       </c>
       <c r="I34" t="n">
-        <v>768</v>
+        <v>779.97</v>
       </c>
       <c r="J34" t="n">
-        <v>778.05</v>
+        <v>798.9299999999999</v>
       </c>
       <c r="K34" t="n">
-        <v>791.83</v>
+        <v>811.34</v>
       </c>
       <c r="L34" t="n">
-        <v>798.73</v>
+        <v>816.4</v>
       </c>
       <c r="M34" t="n">
-        <v>820.3099999999999</v>
+        <v>837.11</v>
       </c>
       <c r="N34" t="n">
-        <v>823.1900000000001</v>
+        <v>838.49</v>
       </c>
       <c r="O34" t="n">
-        <v>830.62</v>
+        <v>845.3</v>
       </c>
       <c r="P34" t="n">
-        <v>830.9400000000001</v>
+        <v>845.77</v>
       </c>
       <c r="Q34" t="n">
-        <v>833.35</v>
+        <v>848.41</v>
       </c>
       <c r="R34" t="n">
-        <v>834.35</v>
+        <v>849.78</v>
       </c>
       <c r="S34" t="n">
-        <v>836.71</v>
+        <v>852.5700000000001</v>
       </c>
       <c r="T34" t="n">
-        <v>839.27</v>
+        <v>855.59</v>
       </c>
       <c r="U34" t="n">
-        <v>844.39</v>
+        <v>861.22</v>
       </c>
       <c r="V34" t="n">
-        <v>848.17</v>
+        <v>865.52</v>
       </c>
       <c r="W34" t="n">
-        <v>852.4299999999999</v>
+        <v>870.29</v>
       </c>
       <c r="X34" t="n">
-        <v>856.99</v>
+        <v>875.36</v>
       </c>
       <c r="Y34" t="n">
-        <v>861.34</v>
+        <v>880.2</v>
       </c>
       <c r="Z34" t="n">
-        <v>866.65</v>
+        <v>886.01</v>
       </c>
       <c r="AA34" t="n">
-        <v>871.6900000000001</v>
+        <v>891.5599999999999</v>
       </c>
       <c r="AB34" t="n">
-        <v>876.59</v>
+        <v>896.96</v>
       </c>
       <c r="AC34" t="n">
-        <v>881.8200000000001</v>
+        <v>902.7</v>
       </c>
       <c r="AD34" t="n">
-        <v>886.9</v>
+        <v>908.29</v>
       </c>
       <c r="AE34" t="n">
-        <v>892.16</v>
+        <v>914.05</v>
       </c>
       <c r="AF34" t="n">
-        <v>897.17</v>
+        <v>919.5700000000001</v>
       </c>
       <c r="AG34" t="n">
-        <v>902.3</v>
+        <v>925.2</v>
       </c>
       <c r="AH34" t="n">
-        <v>907.4400000000001</v>
+        <v>930.84</v>
       </c>
       <c r="AI34" t="n">
-        <v>912.62</v>
+        <v>936.53</v>
       </c>
       <c r="AJ34" t="n">
-        <v>917.79</v>
+        <v>942.1900000000001</v>
       </c>
     </row>
     <row r="35">
-      <c r="A35" s="2" t="inlineStr">
+      <c r="A35" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B35" t="n">
         <v>764.89</v>
       </c>
       <c r="C35" t="n">
         <v>705.91</v>
       </c>
       <c r="D35" t="n">
         <v>646.98</v>
       </c>
       <c r="E35" t="n">
         <v>751.85</v>
       </c>
       <c r="F35" t="n">
         <v>727.83</v>
       </c>
       <c r="G35" t="n">
-        <v>739.46</v>
+        <v>739.45</v>
       </c>
       <c r="H35" t="n">
-        <v>752.4299999999999</v>
+        <v>753.11</v>
       </c>
       <c r="I35" t="n">
-        <v>739.33</v>
+        <v>750.3200000000001</v>
       </c>
       <c r="J35" t="n">
-        <v>789.45</v>
+        <v>810.42</v>
       </c>
       <c r="K35" t="n">
-        <v>797.98</v>
+        <v>817.71</v>
       </c>
       <c r="L35" t="n">
-        <v>801.16</v>
+        <v>818.72</v>
       </c>
       <c r="M35" t="n">
-        <v>825.97</v>
+        <v>842.98</v>
       </c>
       <c r="N35" t="n">
-        <v>826.87</v>
+        <v>843.23</v>
       </c>
       <c r="O35" t="n">
-        <v>832.51</v>
+        <v>847.8200000000001</v>
       </c>
       <c r="P35" t="n">
-        <v>840.27</v>
+        <v>855.37</v>
       </c>
       <c r="Q35" t="n">
-        <v>837.26</v>
+        <v>852.7</v>
       </c>
       <c r="R35" t="n">
-        <v>839.3</v>
+        <v>855.05</v>
       </c>
       <c r="S35" t="n">
-        <v>840.39</v>
+        <v>856.5700000000001</v>
       </c>
       <c r="T35" t="n">
-        <v>842.7</v>
+        <v>859.35</v>
       </c>
       <c r="U35" t="n">
-        <v>845.21</v>
+        <v>862.34</v>
       </c>
       <c r="V35" t="n">
-        <v>849.71</v>
+        <v>867.36</v>
       </c>
       <c r="W35" t="n">
-        <v>853.23</v>
+        <v>871.4</v>
       </c>
       <c r="X35" t="n">
-        <v>857.1799999999999</v>
+        <v>875.87</v>
       </c>
       <c r="Y35" t="n">
-        <v>861.39</v>
+        <v>880.6</v>
       </c>
       <c r="Z35" t="n">
-        <v>865.5</v>
+        <v>885.22</v>
       </c>
       <c r="AA35" t="n">
-        <v>870.33</v>
+        <v>890.5599999999999</v>
       </c>
       <c r="AB35" t="n">
-        <v>875.01</v>
+        <v>895.76</v>
       </c>
       <c r="AC35" t="n">
-        <v>879.5599999999999</v>
+        <v>900.8200000000001</v>
       </c>
       <c r="AD35" t="n">
-        <v>884.36</v>
+        <v>906.13</v>
       </c>
       <c r="AE35" t="n">
-        <v>889.0599999999999</v>
+        <v>911.35</v>
       </c>
       <c r="AF35" t="n">
-        <v>893.91</v>
+        <v>916.71</v>
       </c>
       <c r="AG35" t="n">
-        <v>898.5700000000001</v>
+        <v>921.89</v>
       </c>
       <c r="AH35" t="n">
-        <v>903.33</v>
+        <v>927.15</v>
       </c>
       <c r="AI35" t="n">
-        <v>908.08</v>
+        <v>932.42</v>
       </c>
       <c r="AJ35" t="n">
-        <v>912.86</v>
+        <v>937.7</v>
       </c>
     </row>
     <row r="36">
-      <c r="A36" s="2" t="inlineStr">
+      <c r="A36" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B36" t="n">
         <v>762.8099999999999</v>
       </c>
       <c r="C36" t="n">
         <v>708.83</v>
       </c>
       <c r="D36" t="n">
         <v>703.91</v>
       </c>
       <c r="E36" t="n">
         <v>710.98</v>
       </c>
       <c r="F36" t="n">
         <v>796.85</v>
       </c>
       <c r="G36" t="n">
         <v>730.45</v>
       </c>
       <c r="H36" t="n">
-        <v>740.6</v>
+        <v>741.09</v>
       </c>
       <c r="I36" t="n">
-        <v>755.48</v>
+        <v>764.23</v>
       </c>
       <c r="J36" t="n">
-        <v>758.49</v>
+        <v>776.27</v>
       </c>
       <c r="K36" t="n">
-        <v>795.48</v>
+        <v>814.46</v>
       </c>
       <c r="L36" t="n">
-        <v>792.1900000000001</v>
+        <v>809.01</v>
       </c>
       <c r="M36" t="n">
-        <v>809.85</v>
+        <v>825.97</v>
       </c>
       <c r="N36" t="n">
-        <v>820.62</v>
+        <v>836.38</v>
       </c>
       <c r="O36" t="n">
-        <v>824.35</v>
+        <v>839.67</v>
       </c>
       <c r="P36" t="n">
-        <v>830.49</v>
+        <v>845.21</v>
       </c>
       <c r="Q36" t="n">
-        <v>835.39</v>
+        <v>850.12</v>
       </c>
       <c r="R36" t="n">
-        <v>834.2</v>
+        <v>849.29</v>
       </c>
       <c r="S36" t="n">
-        <v>836.75</v>
+        <v>852.2</v>
       </c>
       <c r="T36" t="n">
-        <v>838.8200000000001</v>
+        <v>854.71</v>
       </c>
       <c r="U36" t="n">
-        <v>841.72</v>
+        <v>858.0599999999999</v>
       </c>
       <c r="V36" t="n">
-        <v>844.77</v>
+        <v>861.58</v>
       </c>
       <c r="W36" t="n">
-        <v>849.36</v>
+        <v>866.66</v>
       </c>
       <c r="X36" t="n">
-        <v>853.2</v>
+        <v>871.01</v>
       </c>
       <c r="Y36" t="n">
-        <v>857.42</v>
+        <v>875.72</v>
       </c>
       <c r="Z36" t="n">
-        <v>861.89</v>
+        <v>880.6900000000001</v>
       </c>
       <c r="AA36" t="n">
-        <v>866.26</v>
+        <v>885.55</v>
       </c>
       <c r="AB36" t="n">
-        <v>871.21</v>
+        <v>890.99</v>
       </c>
       <c r="AC36" t="n">
-        <v>876.02</v>
+        <v>896.3</v>
       </c>
       <c r="AD36" t="n">
-        <v>880.72</v>
+        <v>901.5</v>
       </c>
       <c r="AE36" t="n">
-        <v>885.65</v>
+        <v>906.92</v>
       </c>
       <c r="AF36" t="n">
-        <v>890.5</v>
+        <v>912.27</v>
       </c>
       <c r="AG36" t="n">
-        <v>895.45</v>
+        <v>917.71</v>
       </c>
       <c r="AH36" t="n">
-        <v>900.27</v>
+        <v>923.02</v>
       </c>
       <c r="AI36" t="n">
-        <v>905.14</v>
+        <v>928.38</v>
       </c>
       <c r="AJ36" t="n">
-        <v>910</v>
+        <v>933.73</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="2" t="inlineStr">
+      <c r="A37" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B37" t="n">
         <v>784.91</v>
       </c>
       <c r="C37" t="n">
         <v>725.92</v>
       </c>
       <c r="D37" t="n">
         <v>726.85</v>
       </c>
       <c r="E37" t="n">
         <v>698.91</v>
       </c>
       <c r="F37" t="n">
         <v>753.98</v>
       </c>
       <c r="G37" t="n">
         <v>799.4400000000001</v>
       </c>
       <c r="H37" t="n">
-        <v>746.14</v>
+        <v>746.91</v>
       </c>
       <c r="I37" t="n">
-        <v>760.6</v>
+        <v>769.22</v>
       </c>
       <c r="J37" t="n">
-        <v>783.77</v>
+        <v>800.02</v>
       </c>
       <c r="K37" t="n">
-        <v>786.6799999999999</v>
+        <v>803.76</v>
       </c>
       <c r="L37" t="n">
-        <v>803.8200000000001</v>
+        <v>820.4400000000001</v>
       </c>
       <c r="M37" t="n">
-        <v>818.2</v>
+        <v>834.16</v>
       </c>
       <c r="N37" t="n">
-        <v>820.96</v>
+        <v>836.48</v>
       </c>
       <c r="O37" t="n">
-        <v>832.42</v>
+        <v>847.7</v>
       </c>
       <c r="P37" t="n">
-        <v>836.99</v>
+        <v>852.17</v>
       </c>
       <c r="Q37" t="n">
-        <v>839.9299999999999</v>
+        <v>854.91</v>
       </c>
       <c r="R37" t="n">
-        <v>844.1900000000001</v>
+        <v>859.34</v>
       </c>
       <c r="S37" t="n">
-        <v>843.79</v>
+        <v>859.37</v>
       </c>
       <c r="T37" t="n">
-        <v>846.4299999999999</v>
+        <v>862.4400000000001</v>
       </c>
       <c r="U37" t="n">
-        <v>848.63</v>
+        <v>865.11</v>
       </c>
       <c r="V37" t="n">
-        <v>851.59</v>
+        <v>868.5599999999999</v>
       </c>
       <c r="W37" t="n">
-        <v>854.65</v>
+        <v>872.12</v>
       </c>
       <c r="X37" t="n">
-        <v>858.87</v>
+        <v>876.87</v>
       </c>
       <c r="Y37" t="n">
-        <v>862.61</v>
+        <v>881.13</v>
       </c>
       <c r="Z37" t="n">
-        <v>866.7</v>
+        <v>885.74</v>
       </c>
       <c r="AA37" t="n">
-        <v>870.96</v>
+        <v>890.51</v>
       </c>
       <c r="AB37" t="n">
-        <v>875.21</v>
+        <v>895.28</v>
       </c>
       <c r="AC37" t="n">
-        <v>879.85</v>
+        <v>900.4299999999999</v>
       </c>
       <c r="AD37" t="n">
-        <v>884.4</v>
+        <v>905.51</v>
       </c>
       <c r="AE37" t="n">
-        <v>888.88</v>
+        <v>910.5</v>
       </c>
       <c r="AF37" t="n">
-        <v>893.53</v>
+        <v>915.66</v>
       </c>
       <c r="AG37" t="n">
-        <v>898.12</v>
+        <v>920.77</v>
       </c>
       <c r="AH37" t="n">
-        <v>902.79</v>
+        <v>925.95</v>
       </c>
       <c r="AI37" t="n">
-        <v>907.35</v>
+        <v>931.03</v>
       </c>
       <c r="AJ37" t="n">
-        <v>911.9400000000001</v>
+        <v>936.13</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="2" t="inlineStr">
+      <c r="A38" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B38" t="n">
         <v>747.83</v>
       </c>
       <c r="C38" t="n">
         <v>754.87</v>
       </c>
       <c r="D38" t="n">
         <v>734.91</v>
       </c>
       <c r="E38" t="n">
         <v>735.83</v>
       </c>
       <c r="F38" t="n">
         <v>717.9299999999999</v>
       </c>
       <c r="G38" t="n">
         <v>789.11</v>
       </c>
       <c r="H38" t="n">
-        <v>820.23</v>
+        <v>820.75</v>
       </c>
       <c r="I38" t="n">
-        <v>786.29</v>
+        <v>794.64</v>
       </c>
       <c r="J38" t="n">
-        <v>809.01</v>
+        <v>825.71</v>
       </c>
       <c r="K38" t="n">
-        <v>826.53</v>
+        <v>844.2</v>
       </c>
       <c r="L38" t="n">
-        <v>819.34</v>
+        <v>836.4</v>
       </c>
       <c r="M38" t="n">
-        <v>848.38</v>
+        <v>865.89</v>
       </c>
       <c r="N38" t="n">
-        <v>853.39</v>
+        <v>870.3</v>
       </c>
       <c r="O38" t="n">
-        <v>859.39</v>
+        <v>875.88</v>
       </c>
       <c r="P38" t="n">
-        <v>871.23</v>
+        <v>887.67</v>
       </c>
       <c r="Q38" t="n">
-        <v>875.02</v>
+        <v>891.45</v>
       </c>
       <c r="R38" t="n">
-        <v>879.24</v>
+        <v>895.5</v>
       </c>
       <c r="S38" t="n">
-        <v>884.61</v>
+        <v>901.05</v>
       </c>
       <c r="T38" t="n">
-        <v>886.12</v>
+        <v>902.97</v>
       </c>
       <c r="U38" t="n">
-        <v>890.12</v>
+        <v>907.37</v>
       </c>
       <c r="V38" t="n">
-        <v>893.8</v>
+        <v>911.5</v>
       </c>
       <c r="W38" t="n">
-        <v>897.99</v>
+        <v>916.16</v>
       </c>
       <c r="X38" t="n">
-        <v>902.3</v>
+        <v>920.95</v>
       </c>
       <c r="Y38" t="n">
-        <v>907.6</v>
+        <v>926.76</v>
       </c>
       <c r="Z38" t="n">
-        <v>912.51</v>
+        <v>932.16</v>
       </c>
       <c r="AA38" t="n">
-        <v>917.67</v>
+        <v>937.8200000000001</v>
       </c>
       <c r="AB38" t="n">
-        <v>923.03</v>
+        <v>943.6799999999999</v>
       </c>
       <c r="AC38" t="n">
-        <v>928.33</v>
+        <v>949.48</v>
       </c>
       <c r="AD38" t="n">
-        <v>933.9400000000001</v>
+        <v>955.59</v>
       </c>
       <c r="AE38" t="n">
-        <v>939.5</v>
+        <v>961.65</v>
       </c>
       <c r="AF38" t="n">
-        <v>945.01</v>
+        <v>967.66</v>
       </c>
       <c r="AG38" t="n">
-        <v>950.64</v>
+        <v>973.78</v>
       </c>
       <c r="AH38" t="n">
-        <v>956.23</v>
+        <v>979.87</v>
       </c>
       <c r="AI38" t="n">
-        <v>961.87</v>
+        <v>986</v>
       </c>
       <c r="AJ38" t="n">
-        <v>967.4</v>
+        <v>992.03</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="2" t="inlineStr">
+      <c r="A39" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B39" t="n">
         <v>793.96</v>
       </c>
       <c r="C39" t="n">
         <v>735.98</v>
       </c>
       <c r="D39" t="n">
         <v>733.89</v>
       </c>
       <c r="E39" t="n">
         <v>749.91</v>
       </c>
       <c r="F39" t="n">
         <v>754.83</v>
       </c>
       <c r="G39" t="n">
-        <v>742.97</v>
+        <v>742.96</v>
       </c>
       <c r="H39" t="n">
-        <v>804.6900000000001</v>
+        <v>805.27</v>
       </c>
       <c r="I39" t="n">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="J39" t="n">
-        <v>817.25</v>
+        <v>832.75</v>
       </c>
       <c r="K39" t="n">
-        <v>836.01</v>
+        <v>852.48</v>
       </c>
       <c r="L39" t="n">
-        <v>839.83</v>
+        <v>855.85</v>
       </c>
       <c r="M39" t="n">
-        <v>847.96</v>
+        <v>864.2</v>
       </c>
       <c r="N39" t="n">
-        <v>863.62</v>
+        <v>880.24</v>
       </c>
       <c r="O39" t="n">
-        <v>870.39</v>
+        <v>886.5700000000001</v>
       </c>
       <c r="P39" t="n">
-        <v>877.27</v>
+        <v>893.27</v>
       </c>
       <c r="Q39" t="n">
-        <v>886.04</v>
+        <v>902.13</v>
       </c>
       <c r="R39" t="n">
-        <v>889.95</v>
+        <v>906.13</v>
       </c>
       <c r="S39" t="n">
-        <v>894.36</v>
+        <v>910.52</v>
       </c>
       <c r="T39" t="n">
-        <v>899.8099999999999</v>
+        <v>916.21</v>
       </c>
       <c r="U39" t="n">
-        <v>901.96</v>
+        <v>918.77</v>
       </c>
       <c r="V39" t="n">
-        <v>906.23</v>
+        <v>923.45</v>
       </c>
       <c r="W39" t="n">
-        <v>910.23</v>
+        <v>927.89</v>
       </c>
       <c r="X39" t="n">
-        <v>914.63</v>
+        <v>932.75</v>
       </c>
       <c r="Y39" t="n">
-        <v>919.1799999999999</v>
+        <v>937.78</v>
       </c>
       <c r="Z39" t="n">
-        <v>924.58</v>
+        <v>943.66</v>
       </c>
       <c r="AA39" t="n">
-        <v>929.64</v>
+        <v>949.21</v>
       </c>
       <c r="AB39" t="n">
-        <v>934.9299999999999</v>
+        <v>954.98</v>
       </c>
       <c r="AC39" t="n">
-        <v>940.36</v>
+        <v>960.9</v>
       </c>
       <c r="AD39" t="n">
-        <v>945.73</v>
+        <v>966.75</v>
       </c>
       <c r="AE39" t="n">
-        <v>951.39</v>
+        <v>972.9</v>
       </c>
       <c r="AF39" t="n">
-        <v>956.99</v>
+        <v>978.98</v>
       </c>
       <c r="AG39" t="n">
-        <v>962.54</v>
+        <v>985.02</v>
       </c>
       <c r="AH39" t="n">
-        <v>968.21</v>
+        <v>991.17</v>
       </c>
       <c r="AI39" t="n">
-        <v>973.83</v>
+        <v>997.27</v>
       </c>
       <c r="AJ39" t="n">
-        <v>979.48</v>
+        <v>1003.4</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="2" t="inlineStr">
+      <c r="A40" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B40" t="n">
         <v>797.96</v>
       </c>
       <c r="C40" t="n">
         <v>746.98</v>
       </c>
       <c r="D40" t="n">
         <v>733.98</v>
       </c>
       <c r="E40" t="n">
         <v>753.89</v>
       </c>
       <c r="F40" t="n">
         <v>782.91</v>
       </c>
       <c r="G40" t="n">
         <v>741.11</v>
       </c>
       <c r="H40" t="n">
-        <v>733.5</v>
+        <v>734.08</v>
       </c>
       <c r="I40" t="n">
-        <v>791.4400000000001</v>
+        <v>798.53</v>
       </c>
       <c r="J40" t="n">
-        <v>818.23</v>
+        <v>832.9</v>
       </c>
       <c r="K40" t="n">
-        <v>811.3200000000001</v>
+        <v>827.46</v>
       </c>
       <c r="L40" t="n">
-        <v>820.5599999999999</v>
+        <v>836.6</v>
       </c>
       <c r="M40" t="n">
-        <v>837.59</v>
+        <v>853.84</v>
       </c>
       <c r="N40" t="n">
-        <v>832.28</v>
+        <v>848.71</v>
       </c>
       <c r="O40" t="n">
-        <v>848.04</v>
+        <v>864.77</v>
       </c>
       <c r="P40" t="n">
-        <v>856.02</v>
+        <v>872.52</v>
       </c>
       <c r="Q40" t="n">
-        <v>859.76</v>
+        <v>876.23</v>
       </c>
       <c r="R40" t="n">
-        <v>867.54</v>
+        <v>884.15</v>
       </c>
       <c r="S40" t="n">
-        <v>871.71</v>
+        <v>888.4400000000001</v>
       </c>
       <c r="T40" t="n">
-        <v>876.1</v>
+        <v>892.87</v>
       </c>
       <c r="U40" t="n">
-        <v>881.45</v>
+        <v>898.47</v>
       </c>
       <c r="V40" t="n">
-        <v>884.15</v>
+        <v>901.5700000000001</v>
       </c>
       <c r="W40" t="n">
-        <v>888.54</v>
+        <v>906.35</v>
       </c>
       <c r="X40" t="n">
-        <v>892.74</v>
+        <v>910.99</v>
       </c>
       <c r="Y40" t="n">
-        <v>897.25</v>
+        <v>915.95</v>
       </c>
       <c r="Z40" t="n">
-        <v>901.9299999999999</v>
+        <v>921.09</v>
       </c>
       <c r="AA40" t="n">
-        <v>907.3</v>
+        <v>926.9299999999999</v>
       </c>
       <c r="AB40" t="n">
-        <v>912.42</v>
+        <v>932.52</v>
       </c>
       <c r="AC40" t="n">
-        <v>917.6900000000001</v>
+        <v>938.27</v>
       </c>
       <c r="AD40" t="n">
-        <v>923.09</v>
+        <v>944.14</v>
       </c>
       <c r="AE40" t="n">
-        <v>928.4400000000001</v>
+        <v>949.96</v>
       </c>
       <c r="AF40" t="n">
-        <v>934.04</v>
+        <v>956.03</v>
       </c>
       <c r="AG40" t="n">
-        <v>939.58</v>
+        <v>962.04</v>
       </c>
       <c r="AH40" t="n">
-        <v>945.1</v>
+        <v>968.02</v>
       </c>
       <c r="AI40" t="n">
-        <v>950.7</v>
+        <v>974.09</v>
       </c>
       <c r="AJ40" t="n">
-        <v>956.24</v>
+        <v>980.11</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="2" t="inlineStr">
+      <c r="A41" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B41" t="n">
         <v>734.91</v>
       </c>
       <c r="C41" t="n">
         <v>750.9299999999999</v>
       </c>
       <c r="D41" t="n">
         <v>715.98</v>
       </c>
       <c r="E41" t="n">
         <v>743.98</v>
       </c>
       <c r="F41" t="n">
         <v>763.89</v>
       </c>
       <c r="G41" t="n">
-        <v>801.8</v>
+        <v>801.79</v>
       </c>
       <c r="H41" t="n">
-        <v>764.91</v>
+        <v>765.4400000000001</v>
       </c>
       <c r="I41" t="n">
-        <v>762.42</v>
+        <v>772.51</v>
       </c>
       <c r="J41" t="n">
-        <v>823.64</v>
+        <v>840.84</v>
       </c>
       <c r="K41" t="n">
-        <v>845.66</v>
+        <v>861.7</v>
       </c>
       <c r="L41" t="n">
-        <v>835.5599999999999</v>
+        <v>851.89</v>
       </c>
       <c r="M41" t="n">
-        <v>857.12</v>
+        <v>873.91</v>
       </c>
       <c r="N41" t="n">
-        <v>861.8099999999999</v>
+        <v>878.75</v>
       </c>
       <c r="O41" t="n">
-        <v>860.6</v>
+        <v>877.67</v>
       </c>
       <c r="P41" t="n">
-        <v>876.01</v>
+        <v>893.49</v>
       </c>
       <c r="Q41" t="n">
-        <v>881.51</v>
+        <v>898.95</v>
       </c>
       <c r="R41" t="n">
-        <v>885.27</v>
+        <v>902.79</v>
       </c>
       <c r="S41" t="n">
-        <v>892.6900000000001</v>
+        <v>910.42</v>
       </c>
       <c r="T41" t="n">
-        <v>897.49</v>
+        <v>915.42</v>
       </c>
       <c r="U41" t="n">
-        <v>902.1799999999999</v>
+        <v>920.22</v>
       </c>
       <c r="V41" t="n">
-        <v>907.76</v>
+        <v>926.1</v>
       </c>
       <c r="W41" t="n">
-        <v>911.34</v>
+        <v>930.1</v>
       </c>
       <c r="X41" t="n">
-        <v>916.17</v>
+        <v>935.37</v>
       </c>
       <c r="Y41" t="n">
-        <v>920.95</v>
+        <v>940.59</v>
       </c>
       <c r="Z41" t="n">
-        <v>925.99</v>
+        <v>946.09</v>
       </c>
       <c r="AA41" t="n">
-        <v>931.16</v>
+        <v>951.73</v>
       </c>
       <c r="AB41" t="n">
-        <v>936.97</v>
+        <v>958.02</v>
       </c>
       <c r="AC41" t="n">
-        <v>942.53</v>
+        <v>964.0599999999999</v>
       </c>
       <c r="AD41" t="n">
-        <v>948.2</v>
+        <v>970.22</v>
       </c>
       <c r="AE41" t="n">
-        <v>954.01</v>
+        <v>976.52</v>
       </c>
       <c r="AF41" t="n">
-        <v>959.78</v>
+        <v>982.77</v>
       </c>
       <c r="AG41" t="n">
-        <v>965.75</v>
+        <v>989.21</v>
       </c>
       <c r="AH41" t="n">
-        <v>971.6900000000001</v>
+        <v>995.62</v>
       </c>
       <c r="AI41" t="n">
-        <v>977.59</v>
+        <v>1002</v>
       </c>
       <c r="AJ41" t="n">
-        <v>983.5599999999999</v>
+        <v>1008.45</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="2" t="inlineStr">
+      <c r="A42" s="1" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B42" t="n">
         <v>688.89</v>
       </c>
       <c r="C42" t="n">
         <v>734.87</v>
       </c>
       <c r="D42" t="n">
         <v>750.9299999999999</v>
       </c>
       <c r="E42" t="n">
         <v>718.98</v>
       </c>
       <c r="F42" t="n">
         <v>754.98</v>
       </c>
       <c r="G42" t="n">
         <v>772.5599999999999</v>
       </c>
       <c r="H42" t="n">
-        <v>807.88</v>
+        <v>808.41</v>
       </c>
       <c r="I42" t="n">
-        <v>777.54</v>
+        <v>783.83</v>
       </c>
       <c r="J42" t="n">
-        <v>783.13</v>
+        <v>798.3099999999999</v>
       </c>
       <c r="K42" t="n">
-        <v>833.6900000000001</v>
+        <v>850.48</v>
       </c>
       <c r="L42" t="n">
-        <v>845.66</v>
+        <v>860.6799999999999</v>
       </c>
       <c r="M42" t="n">
-        <v>847.58</v>
+        <v>863.36</v>
       </c>
       <c r="N42" t="n">
-        <v>858.3</v>
+        <v>874.47</v>
       </c>
       <c r="O42" t="n">
-        <v>864.39</v>
+        <v>880.6900000000001</v>
       </c>
       <c r="P42" t="n">
-        <v>865</v>
+        <v>881.54</v>
       </c>
       <c r="Q42" t="n">
-        <v>876.89</v>
+        <v>893.89</v>
       </c>
       <c r="R42" t="n">
-        <v>881.98</v>
+        <v>899.04</v>
       </c>
       <c r="S42" t="n">
-        <v>885.73</v>
+        <v>902.9400000000001</v>
       </c>
       <c r="T42" t="n">
-        <v>892.59</v>
+        <v>910.05</v>
       </c>
       <c r="U42" t="n">
-        <v>897.3</v>
+        <v>915.01</v>
       </c>
       <c r="V42" t="n">
-        <v>901.9400000000001</v>
+        <v>919.8099999999999</v>
       </c>
       <c r="W42" t="n">
-        <v>907.3</v>
+        <v>925.51</v>
       </c>
       <c r="X42" t="n">
-        <v>911.03</v>
+        <v>929.67</v>
       </c>
       <c r="Y42" t="n">
-        <v>915.8099999999999</v>
+        <v>934.88</v>
       </c>
       <c r="Z42" t="n">
-        <v>920.5700000000001</v>
+        <v>940.09</v>
       </c>
       <c r="AA42" t="n">
-        <v>925.5599999999999</v>
+        <v>945.54</v>
       </c>
       <c r="AB42" t="n">
-        <v>930.6900000000001</v>
+        <v>951.13</v>
       </c>
       <c r="AC42" t="n">
-        <v>936.3200000000001</v>
+        <v>957.24</v>
       </c>
       <c r="AD42" t="n">
-        <v>941.74</v>
+        <v>963.14</v>
       </c>
       <c r="AE42" t="n">
-        <v>947.27</v>
+        <v>969.14</v>
       </c>
       <c r="AF42" t="n">
-        <v>952.92</v>
+        <v>975.27</v>
       </c>
       <c r="AG42" t="n">
-        <v>958.52</v>
+        <v>981.35</v>
       </c>
       <c r="AH42" t="n">
-        <v>964.3</v>
+        <v>987.6</v>
       </c>
       <c r="AI42" t="n">
-        <v>970.04</v>
+        <v>993.8099999999999</v>
       </c>
       <c r="AJ42" t="n">
-        <v>975.75</v>
+        <v>999.99</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="2" t="inlineStr">
+      <c r="A43" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B43" t="n">
         <v>692.92</v>
       </c>
       <c r="C43" t="n">
         <v>673.9400000000001</v>
       </c>
       <c r="D43" t="n">
         <v>713.89</v>
       </c>
       <c r="E43" t="n">
         <v>758.9299999999999</v>
       </c>
       <c r="F43" t="n">
         <v>732.98</v>
       </c>
       <c r="G43" t="n">
         <v>761.17</v>
       </c>
       <c r="H43" t="n">
-        <v>782.14</v>
+        <v>782.53</v>
       </c>
       <c r="I43" t="n">
-        <v>816.99</v>
+        <v>822.1900000000001</v>
       </c>
       <c r="J43" t="n">
-        <v>794.65</v>
+        <v>805.49</v>
       </c>
       <c r="K43" t="n">
-        <v>799.29</v>
+        <v>813.99</v>
       </c>
       <c r="L43" t="n">
-        <v>835.58</v>
+        <v>851.0700000000001</v>
       </c>
       <c r="M43" t="n">
-        <v>854.9400000000001</v>
+        <v>869.37</v>
       </c>
       <c r="N43" t="n">
-        <v>848.41</v>
+        <v>863.51</v>
       </c>
       <c r="O43" t="n">
-        <v>859.1900000000001</v>
+        <v>874.65</v>
       </c>
       <c r="P43" t="n">
-        <v>865.62</v>
+        <v>881.3099999999999</v>
       </c>
       <c r="Q43" t="n">
-        <v>865.4</v>
+        <v>881.4299999999999</v>
       </c>
       <c r="R43" t="n">
-        <v>875.86</v>
+        <v>892.36</v>
       </c>
       <c r="S43" t="n">
-        <v>880.55</v>
+        <v>897.1900000000001</v>
       </c>
       <c r="T43" t="n">
-        <v>884.35</v>
+        <v>901.21</v>
       </c>
       <c r="U43" t="n">
-        <v>890.72</v>
+        <v>907.87</v>
       </c>
       <c r="V43" t="n">
-        <v>895.3</v>
+        <v>912.75</v>
       </c>
       <c r="W43" t="n">
-        <v>899.87</v>
+        <v>917.55</v>
       </c>
       <c r="X43" t="n">
-        <v>904.99</v>
+        <v>923.04</v>
       </c>
       <c r="Y43" t="n">
-        <v>908.8200000000001</v>
+        <v>927.3200000000001</v>
       </c>
       <c r="Z43" t="n">
-        <v>913.52</v>
+        <v>932.47</v>
       </c>
       <c r="AA43" t="n">
-        <v>918.1900000000001</v>
+        <v>937.6</v>
       </c>
       <c r="AB43" t="n">
-        <v>923.11</v>
+        <v>942.99</v>
       </c>
       <c r="AC43" t="n">
-        <v>928.11</v>
+        <v>948.46</v>
       </c>
       <c r="AD43" t="n">
-        <v>933.51</v>
+        <v>954.35</v>
       </c>
       <c r="AE43" t="n">
-        <v>938.76</v>
+        <v>960.09</v>
       </c>
       <c r="AF43" t="n">
-        <v>944.11</v>
+        <v>965.92</v>
       </c>
       <c r="AG43" t="n">
-        <v>949.55</v>
+        <v>971.84</v>
       </c>
       <c r="AH43" t="n">
-        <v>954.96</v>
+        <v>977.73</v>
       </c>
       <c r="AI43" t="n">
-        <v>960.49</v>
+        <v>983.74</v>
       </c>
       <c r="AJ43" t="n">
-        <v>965.99</v>
+        <v>989.72</v>
       </c>
     </row>
     <row r="44">
-      <c r="A44" s="2" t="inlineStr">
+      <c r="A44" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B44" t="n">
         <v>646.89</v>
       </c>
       <c r="C44" t="n">
         <v>691.89</v>
       </c>
       <c r="D44" t="n">
         <v>672.96</v>
       </c>
       <c r="E44" t="n">
         <v>712.89</v>
       </c>
       <c r="F44" t="n">
         <v>757.9299999999999</v>
       </c>
       <c r="G44" t="n">
-        <v>731.1</v>
+        <v>731.09</v>
       </c>
       <c r="H44" t="n">
-        <v>752.98</v>
+        <v>753.42</v>
       </c>
       <c r="I44" t="n">
-        <v>775.98</v>
+        <v>781.91</v>
       </c>
       <c r="J44" t="n">
-        <v>809.7</v>
+        <v>820.22</v>
       </c>
       <c r="K44" t="n">
-        <v>792.59</v>
+        <v>803.22</v>
       </c>
       <c r="L44" t="n">
-        <v>789.58</v>
+        <v>802.35</v>
       </c>
       <c r="M44" t="n">
-        <v>826.78</v>
+        <v>840.53</v>
       </c>
       <c r="N44" t="n">
-        <v>839.71</v>
+        <v>852.74</v>
       </c>
       <c r="O44" t="n">
-        <v>834.03</v>
+        <v>847.55</v>
       </c>
       <c r="P44" t="n">
-        <v>843.98</v>
+        <v>857.89</v>
       </c>
       <c r="Q44" t="n">
-        <v>848.3</v>
+        <v>862.49</v>
       </c>
       <c r="R44" t="n">
-        <v>848.26</v>
+        <v>862.8099999999999</v>
       </c>
       <c r="S44" t="n">
-        <v>856.74</v>
+        <v>871.76</v>
       </c>
       <c r="T44" t="n">
-        <v>860.5700000000001</v>
+        <v>875.83</v>
       </c>
       <c r="U44" t="n">
-        <v>863.77</v>
+        <v>879.3099999999999</v>
       </c>
       <c r="V44" t="n">
-        <v>869.16</v>
+        <v>885.03</v>
       </c>
       <c r="W44" t="n">
-        <v>872.9400000000001</v>
+        <v>889.15</v>
       </c>
       <c r="X44" t="n">
-        <v>876.79</v>
+        <v>893.3</v>
       </c>
       <c r="Y44" t="n">
-        <v>881.12</v>
+        <v>898.02</v>
       </c>
       <c r="Z44" t="n">
-        <v>884.41</v>
+        <v>901.76</v>
       </c>
       <c r="AA44" t="n">
-        <v>888.4299999999999</v>
+        <v>906.23</v>
       </c>
       <c r="AB44" t="n">
-        <v>892.45</v>
+        <v>910.7</v>
       </c>
       <c r="AC44" t="n">
-        <v>896.67</v>
+        <v>915.39</v>
       </c>
       <c r="AD44" t="n">
-        <v>900.96</v>
+        <v>920.14</v>
       </c>
       <c r="AE44" t="n">
-        <v>905.6</v>
+        <v>925.25</v>
       </c>
       <c r="AF44" t="n">
-        <v>910.12</v>
+        <v>930.24</v>
       </c>
       <c r="AG44" t="n">
-        <v>914.72</v>
+        <v>935.3099999999999</v>
       </c>
       <c r="AH44" t="n">
-        <v>919.4</v>
+        <v>940.45</v>
       </c>
       <c r="AI44" t="n">
-        <v>924.04</v>
+        <v>945.5599999999999</v>
       </c>
       <c r="AJ44" t="n">
-        <v>928.78</v>
+        <v>950.76</v>
       </c>
     </row>
     <row r="45">
-      <c r="A45" s="2" t="inlineStr">
+      <c r="A45" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B45" t="n">
         <v>647.92</v>
       </c>
       <c r="C45" t="n">
         <v>632.92</v>
       </c>
       <c r="D45" t="n">
         <v>661.89</v>
       </c>
       <c r="E45" t="n">
         <v>690.96</v>
       </c>
       <c r="F45" t="n">
         <v>718.91</v>
       </c>
       <c r="G45" t="n">
         <v>765.66</v>
       </c>
       <c r="H45" t="n">
-        <v>740</v>
+        <v>740.37</v>
       </c>
       <c r="I45" t="n">
-        <v>759.25</v>
+        <v>766.3</v>
       </c>
       <c r="J45" t="n">
-        <v>786.16</v>
+        <v>799.48</v>
       </c>
       <c r="K45" t="n">
-        <v>816.05</v>
+        <v>828.49</v>
       </c>
       <c r="L45" t="n">
-        <v>798.12</v>
+        <v>809.84</v>
       </c>
       <c r="M45" t="n">
-        <v>805.92</v>
+        <v>820.09</v>
       </c>
       <c r="N45" t="n">
-        <v>832.8200000000001</v>
+        <v>847.86</v>
       </c>
       <c r="O45" t="n">
-        <v>845.79</v>
+        <v>860.2</v>
       </c>
       <c r="P45" t="n">
-        <v>843.46</v>
+        <v>858.4</v>
       </c>
       <c r="Q45" t="n">
-        <v>852.17</v>
+        <v>867.53</v>
       </c>
       <c r="R45" t="n">
-        <v>857.59</v>
+        <v>873.27</v>
       </c>
       <c r="S45" t="n">
-        <v>858.76</v>
+        <v>874.8099999999999</v>
       </c>
       <c r="T45" t="n">
-        <v>867.23</v>
+        <v>883.76</v>
       </c>
       <c r="U45" t="n">
-        <v>871.92</v>
+        <v>888.71</v>
       </c>
       <c r="V45" t="n">
-        <v>875.92</v>
+        <v>893.02</v>
       </c>
       <c r="W45" t="n">
-        <v>881.84</v>
+        <v>899.28</v>
       </c>
       <c r="X45" t="n">
-        <v>886.37</v>
+        <v>904.1799999999999</v>
       </c>
       <c r="Y45" t="n">
-        <v>890.97</v>
+        <v>909.09</v>
       </c>
       <c r="Z45" t="n">
-        <v>895.98</v>
+        <v>914.51</v>
       </c>
       <c r="AA45" t="n">
-        <v>900.17</v>
+        <v>919.15</v>
       </c>
       <c r="AB45" t="n">
-        <v>904.99</v>
+        <v>924.42</v>
       </c>
       <c r="AC45" t="n">
-        <v>909.77</v>
+        <v>929.67</v>
       </c>
       <c r="AD45" t="n">
-        <v>914.73</v>
+        <v>935.11</v>
       </c>
       <c r="AE45" t="n">
-        <v>919.77</v>
+        <v>940.63</v>
       </c>
       <c r="AF45" t="n">
-        <v>925.1</v>
+        <v>946.4400000000001</v>
       </c>
       <c r="AG45" t="n">
-        <v>930.33</v>
+        <v>952.14</v>
       </c>
       <c r="AH45" t="n">
-        <v>935.65</v>
+        <v>957.9299999999999</v>
       </c>
       <c r="AI45" t="n">
-        <v>941</v>
+        <v>963.76</v>
       </c>
       <c r="AJ45" t="n">
-        <v>946.33</v>
+        <v>969.5599999999999</v>
       </c>
     </row>
     <row r="46">
-      <c r="A46" s="2" t="inlineStr">
+      <c r="A46" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B46" t="n">
         <v>646.92</v>
       </c>
       <c r="C46" t="n">
         <v>625.9400000000001</v>
       </c>
       <c r="D46" t="n">
         <v>626.92</v>
       </c>
       <c r="E46" t="n">
         <v>663.89</v>
       </c>
       <c r="F46" t="n">
         <v>711.96</v>
       </c>
       <c r="G46" t="n">
         <v>700.34</v>
       </c>
       <c r="H46" t="n">
-        <v>739.04</v>
+        <v>739.47</v>
       </c>
       <c r="I46" t="n">
-        <v>719.45</v>
+        <v>724.37</v>
       </c>
       <c r="J46" t="n">
-        <v>743.29</v>
+        <v>754.21</v>
       </c>
       <c r="K46" t="n">
-        <v>765.33</v>
+        <v>777.9</v>
       </c>
       <c r="L46" t="n">
-        <v>779.95</v>
+        <v>790.77</v>
       </c>
       <c r="M46" t="n">
-        <v>775.99</v>
+        <v>787.02</v>
       </c>
       <c r="N46" t="n">
-        <v>778.9400000000001</v>
+        <v>791.88</v>
       </c>
       <c r="O46" t="n">
-        <v>802.48</v>
+        <v>816.13</v>
       </c>
       <c r="P46" t="n">
-        <v>814.4299999999999</v>
+        <v>827.67</v>
       </c>
       <c r="Q46" t="n">
-        <v>811.33</v>
+        <v>825.04</v>
       </c>
       <c r="R46" t="n">
-        <v>819.14</v>
+        <v>833.25</v>
       </c>
       <c r="S46" t="n">
-        <v>824.05</v>
+        <v>838.46</v>
       </c>
       <c r="T46" t="n">
-        <v>825.29</v>
+        <v>840.0700000000001</v>
       </c>
       <c r="U46" t="n">
-        <v>832.66</v>
+        <v>847.89</v>
       </c>
       <c r="V46" t="n">
-        <v>836.72</v>
+        <v>852.23</v>
       </c>
       <c r="W46" t="n">
-        <v>840.1900000000001</v>
+        <v>856.01</v>
       </c>
       <c r="X46" t="n">
-        <v>845.41</v>
+        <v>861.5700000000001</v>
       </c>
       <c r="Y46" t="n">
-        <v>849.4</v>
+        <v>865.91</v>
       </c>
       <c r="Z46" t="n">
-        <v>853.5</v>
+        <v>870.33</v>
       </c>
       <c r="AA46" t="n">
-        <v>857.9299999999999</v>
+        <v>875.15</v>
       </c>
       <c r="AB46" t="n">
-        <v>861.72</v>
+        <v>879.37</v>
       </c>
       <c r="AC46" t="n">
-        <v>866.02</v>
+        <v>884.1</v>
       </c>
       <c r="AD46" t="n">
-        <v>870.3</v>
+        <v>888.8099999999999</v>
       </c>
       <c r="AE46" t="n">
-        <v>874.75</v>
+        <v>893.7</v>
       </c>
       <c r="AF46" t="n">
-        <v>879.26</v>
+        <v>898.66</v>
       </c>
       <c r="AG46" t="n">
-        <v>884.02</v>
+        <v>903.86</v>
       </c>
       <c r="AH46" t="n">
-        <v>888.7</v>
+        <v>908.98</v>
       </c>
       <c r="AI46" t="n">
-        <v>893.45</v>
+        <v>914.17</v>
       </c>
       <c r="AJ46" t="n">
-        <v>898.22</v>
+        <v>919.38</v>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="2" t="inlineStr">
+      <c r="A47" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B47" t="n">
         <v>605.89</v>
       </c>
       <c r="C47" t="n">
         <v>635.91</v>
       </c>
       <c r="D47" t="n">
         <v>619.9400000000001</v>
       </c>
       <c r="E47" t="n">
         <v>636.92</v>
       </c>
       <c r="F47" t="n">
         <v>669.89</v>
       </c>
       <c r="G47" t="n">
         <v>696.4299999999999</v>
       </c>
       <c r="H47" t="n">
-        <v>682.47</v>
+        <v>682.75</v>
       </c>
       <c r="I47" t="n">
-        <v>717.24</v>
+        <v>719.61</v>
       </c>
       <c r="J47" t="n">
-        <v>702.59</v>
+        <v>709.0599999999999</v>
       </c>
       <c r="K47" t="n">
-        <v>721.96</v>
+        <v>732.2</v>
       </c>
       <c r="L47" t="n">
-        <v>736.71</v>
+        <v>747.79</v>
       </c>
       <c r="M47" t="n">
-        <v>754.58</v>
+        <v>764.62</v>
       </c>
       <c r="N47" t="n">
-        <v>749.09</v>
+        <v>759.36</v>
       </c>
       <c r="O47" t="n">
-        <v>752.1</v>
+        <v>763.99</v>
       </c>
       <c r="P47" t="n">
-        <v>773.21</v>
+        <v>785.77</v>
       </c>
       <c r="Q47" t="n">
-        <v>783.24</v>
+        <v>795.52</v>
       </c>
       <c r="R47" t="n">
-        <v>780.63</v>
+        <v>793.36</v>
       </c>
       <c r="S47" t="n">
-        <v>787.6799999999999</v>
+        <v>800.79</v>
       </c>
       <c r="T47" t="n">
-        <v>792.05</v>
+        <v>805.48</v>
       </c>
       <c r="U47" t="n">
-        <v>793.45</v>
+        <v>807.25</v>
       </c>
       <c r="V47" t="n">
-        <v>800.1799999999999</v>
+        <v>814.41</v>
       </c>
       <c r="W47" t="n">
-        <v>803.89</v>
+        <v>818.42</v>
       </c>
       <c r="X47" t="n">
-        <v>807.15</v>
+        <v>821.99</v>
       </c>
       <c r="Y47" t="n">
-        <v>811.95</v>
+        <v>827.13</v>
       </c>
       <c r="Z47" t="n">
-        <v>815.66</v>
+        <v>831.2</v>
       </c>
       <c r="AA47" t="n">
-        <v>819.5</v>
+        <v>835.37</v>
       </c>
       <c r="AB47" t="n">
-        <v>823.64</v>
+        <v>839.89</v>
       </c>
       <c r="AC47" t="n">
-        <v>827.1900000000001</v>
+        <v>843.86</v>
       </c>
       <c r="AD47" t="n">
-        <v>831.2</v>
+        <v>848.28</v>
       </c>
       <c r="AE47" t="n">
-        <v>835.1900000000001</v>
+        <v>852.6900000000001</v>
       </c>
       <c r="AF47" t="n">
-        <v>839.3200000000001</v>
+        <v>857.25</v>
       </c>
       <c r="AG47" t="n">
-        <v>843.51</v>
+        <v>861.87</v>
       </c>
       <c r="AH47" t="n">
-        <v>847.92</v>
+        <v>866.7</v>
       </c>
       <c r="AI47" t="n">
-        <v>852.24</v>
+        <v>871.45</v>
       </c>
       <c r="AJ47" t="n">
-        <v>856.62</v>
+        <v>876.26</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="2" t="inlineStr">
+      <c r="A48" s="1" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B48" t="n">
         <v>648.96</v>
       </c>
       <c r="C48" t="n">
         <v>611.96</v>
       </c>
       <c r="D48" t="n">
         <v>623.91</v>
       </c>
       <c r="E48" t="n">
         <v>625.9400000000001</v>
       </c>
       <c r="F48" t="n">
         <v>634.9400000000001</v>
       </c>
       <c r="G48" t="n">
         <v>689.64</v>
       </c>
       <c r="H48" t="n">
-        <v>718.73</v>
+        <v>719.08</v>
       </c>
       <c r="I48" t="n">
-        <v>705.8200000000001</v>
+        <v>710.05</v>
       </c>
       <c r="J48" t="n">
-        <v>740.73</v>
+        <v>747.49</v>
       </c>
       <c r="K48" t="n">
-        <v>727.49</v>
+        <v>734.87</v>
       </c>
       <c r="L48" t="n">
-        <v>737.35</v>
+        <v>747.1</v>
       </c>
       <c r="M48" t="n">
-        <v>758.21</v>
+        <v>769.13</v>
       </c>
       <c r="N48" t="n">
-        <v>768.41</v>
+        <v>778.45</v>
       </c>
       <c r="O48" t="n">
-        <v>764.5</v>
+        <v>774.79</v>
       </c>
       <c r="P48" t="n">
-        <v>767.8</v>
+        <v>779.53</v>
       </c>
       <c r="Q48" t="n">
-        <v>786.02</v>
+        <v>798.41</v>
       </c>
       <c r="R48" t="n">
-        <v>795.11</v>
+        <v>807.3200000000001</v>
       </c>
       <c r="S48" t="n">
-        <v>793.22</v>
+        <v>805.86</v>
       </c>
       <c r="T48" t="n">
-        <v>799.8099999999999</v>
+        <v>812.83</v>
       </c>
       <c r="U48" t="n">
-        <v>803.84</v>
+        <v>817.1900000000001</v>
       </c>
       <c r="V48" t="n">
-        <v>805.53</v>
+        <v>819.23</v>
       </c>
       <c r="W48" t="n">
-        <v>811.85</v>
+        <v>825.98</v>
       </c>
       <c r="X48" t="n">
-        <v>815.48</v>
+        <v>829.92</v>
       </c>
       <c r="Y48" t="n">
-        <v>818.76</v>
+        <v>833.53</v>
       </c>
       <c r="Z48" t="n">
-        <v>823.39</v>
+        <v>838.5</v>
       </c>
       <c r="AA48" t="n">
-        <v>827.09</v>
+        <v>842.5599999999999</v>
       </c>
       <c r="AB48" t="n">
-        <v>830.9299999999999</v>
+        <v>846.74</v>
       </c>
       <c r="AC48" t="n">
-        <v>835.02</v>
+        <v>851.22</v>
       </c>
       <c r="AD48" t="n">
-        <v>838.58</v>
+        <v>855.1799999999999</v>
       </c>
       <c r="AE48" t="n">
-        <v>842.55</v>
+        <v>859.5599999999999</v>
       </c>
       <c r="AF48" t="n">
-        <v>846.51</v>
+        <v>863.9400000000001</v>
       </c>
       <c r="AG48" t="n">
-        <v>850.59</v>
+        <v>868.4400000000001</v>
       </c>
       <c r="AH48" t="n">
-        <v>854.72</v>
+        <v>872.98</v>
       </c>
       <c r="AI48" t="n">
-        <v>859.03</v>
+        <v>877.71</v>
       </c>
       <c r="AJ48" t="n">
-        <v>863.27</v>
+        <v>882.37</v>
       </c>
     </row>
     <row r="49">
-      <c r="A49" s="2" t="inlineStr">
+      <c r="A49" s="1" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B49" t="n">
         <v>676.98</v>
       </c>
       <c r="C49" t="n">
         <v>636</v>
       </c>
       <c r="D49" t="n">
         <v>592.96</v>
       </c>
       <c r="E49" t="n">
         <v>619.91</v>
       </c>
       <c r="F49" t="n">
         <v>629.9400000000001</v>
       </c>
       <c r="G49" t="n">
-        <v>652.89</v>
+        <v>652.88</v>
       </c>
       <c r="H49" t="n">
-        <v>699.22</v>
+        <v>699.52</v>
       </c>
       <c r="I49" t="n">
-        <v>729.47</v>
+        <v>733.59</v>
       </c>
       <c r="J49" t="n">
-        <v>721.09</v>
+        <v>729.42</v>
       </c>
       <c r="K49" t="n">
-        <v>752.76</v>
+        <v>760.6799999999999</v>
       </c>
       <c r="L49" t="n">
-        <v>736.5</v>
+        <v>744.55</v>
       </c>
       <c r="M49" t="n">
-        <v>750.17</v>
+        <v>760.66</v>
       </c>
       <c r="N49" t="n">
-        <v>766.25</v>
+        <v>777.8099999999999</v>
       </c>
       <c r="O49" t="n">
-        <v>776.99</v>
+        <v>787.8</v>
       </c>
       <c r="P49" t="n">
-        <v>774.34</v>
+        <v>785.4299999999999</v>
       </c>
       <c r="Q49" t="n">
-        <v>777.1799999999999</v>
+        <v>789.64</v>
       </c>
       <c r="R49" t="n">
-        <v>794.24</v>
+        <v>807.33</v>
       </c>
       <c r="S49" t="n">
-        <v>802.89</v>
+        <v>815.89</v>
       </c>
       <c r="T49" t="n">
-        <v>801.99</v>
+        <v>815.42</v>
       </c>
       <c r="U49" t="n">
-        <v>808.59</v>
+        <v>822.42</v>
       </c>
       <c r="V49" t="n">
-        <v>812.9</v>
+        <v>827.08</v>
       </c>
       <c r="W49" t="n">
-        <v>815.15</v>
+        <v>829.7</v>
       </c>
       <c r="X49" t="n">
-        <v>821.55</v>
+        <v>836.54</v>
       </c>
       <c r="Y49" t="n">
-        <v>825.49</v>
+        <v>840.8099999999999</v>
       </c>
       <c r="Z49" t="n">
-        <v>829.14</v>
+        <v>844.8200000000001</v>
       </c>
       <c r="AA49" t="n">
-        <v>834.02</v>
+        <v>850.05</v>
       </c>
       <c r="AB49" t="n">
-        <v>838.0700000000001</v>
+        <v>854.49</v>
       </c>
       <c r="AC49" t="n">
-        <v>842.25</v>
+        <v>859.02</v>
       </c>
       <c r="AD49" t="n">
-        <v>846.64</v>
+        <v>863.8200000000001</v>
       </c>
       <c r="AE49" t="n">
-        <v>850.5599999999999</v>
+        <v>868.17</v>
       </c>
       <c r="AF49" t="n">
-        <v>854.85</v>
+        <v>872.88</v>
       </c>
       <c r="AG49" t="n">
-        <v>859.13</v>
+        <v>877.59</v>
       </c>
       <c r="AH49" t="n">
-        <v>863.52</v>
+        <v>882.4</v>
       </c>
       <c r="AI49" t="n">
-        <v>867.9400000000001</v>
+        <v>887.25</v>
       </c>
       <c r="AJ49" t="n">
-        <v>872.53</v>
+        <v>892.27</v>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="2" t="inlineStr">
+      <c r="A50" s="1" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B50" t="n">
         <v>658.9400000000001</v>
       </c>
       <c r="C50" t="n">
         <v>677.9400000000001</v>
       </c>
       <c r="D50" t="n">
         <v>624</v>
       </c>
       <c r="E50" t="n">
         <v>596.96</v>
       </c>
       <c r="F50" t="n">
         <v>615.9299999999999</v>
       </c>
       <c r="G50" t="n">
         <v>641.74</v>
       </c>
       <c r="H50" t="n">
-        <v>662.01</v>
+        <v>662.22</v>
       </c>
       <c r="I50" t="n">
-        <v>702.4</v>
+        <v>705.08</v>
       </c>
       <c r="J50" t="n">
-        <v>737.27</v>
+        <v>743.85</v>
       </c>
       <c r="K50" t="n">
-        <v>727.85</v>
+        <v>736.52</v>
       </c>
       <c r="L50" t="n">
-        <v>752.47</v>
+        <v>760.11</v>
       </c>
       <c r="M50" t="n">
-        <v>743.23</v>
+        <v>751.4299999999999</v>
       </c>
       <c r="N50" t="n">
-        <v>749.92</v>
+        <v>760.33</v>
       </c>
       <c r="O50" t="n">
-        <v>766.02</v>
+        <v>777.4</v>
       </c>
       <c r="P50" t="n">
-        <v>777.34</v>
+        <v>788.12</v>
       </c>
       <c r="Q50" t="n">
-        <v>774.46</v>
+        <v>785.5599999999999</v>
       </c>
       <c r="R50" t="n">
-        <v>777.1900000000001</v>
+        <v>789.5599999999999</v>
       </c>
       <c r="S50" t="n">
-        <v>792.9299999999999</v>
+        <v>805.9</v>
       </c>
       <c r="T50" t="n">
-        <v>800.71</v>
+        <v>813.62</v>
       </c>
       <c r="U50" t="n">
-        <v>800.36</v>
+        <v>813.7</v>
       </c>
       <c r="V50" t="n">
-        <v>806.66</v>
+        <v>820.39</v>
       </c>
       <c r="W50" t="n">
-        <v>810.86</v>
+        <v>824.9400000000001</v>
       </c>
       <c r="X50" t="n">
-        <v>812.9400000000001</v>
+        <v>827.39</v>
       </c>
       <c r="Y50" t="n">
-        <v>818.91</v>
+        <v>833.8</v>
       </c>
       <c r="Z50" t="n">
-        <v>822.6799999999999</v>
+        <v>837.9</v>
       </c>
       <c r="AA50" t="n">
-        <v>826.08</v>
+        <v>841.66</v>
       </c>
       <c r="AB50" t="n">
-        <v>830.6799999999999</v>
+        <v>846.62</v>
       </c>
       <c r="AC50" t="n">
-        <v>834.51</v>
+        <v>850.83</v>
       </c>
       <c r="AD50" t="n">
-        <v>838.42</v>
+        <v>855.1</v>
       </c>
       <c r="AE50" t="n">
-        <v>842.5700000000001</v>
+        <v>859.64</v>
       </c>
       <c r="AF50" t="n">
-        <v>846.3</v>
+        <v>863.79</v>
       </c>
       <c r="AG50" t="n">
-        <v>850.35</v>
+        <v>868.26</v>
       </c>
       <c r="AH50" t="n">
-        <v>854.41</v>
+        <v>872.74</v>
       </c>
       <c r="AI50" t="n">
-        <v>858.5599999999999</v>
+        <v>877.3099999999999</v>
       </c>
       <c r="AJ50" t="n">
-        <v>862.73</v>
+        <v>881.91</v>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="2" t="inlineStr">
+      <c r="A51" s="1" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B51" t="n">
         <v>666.96</v>
       </c>
       <c r="C51" t="n">
         <v>642.96</v>
       </c>
       <c r="D51" t="n">
         <v>665.9400000000001</v>
       </c>
       <c r="E51" t="n">
         <v>637</v>
       </c>
       <c r="F51" t="n">
         <v>596.96</v>
       </c>
       <c r="G51" t="n">
         <v>607.14</v>
       </c>
       <c r="H51" t="n">
-        <v>628.58</v>
+        <v>628.8099999999999</v>
       </c>
       <c r="I51" t="n">
-        <v>646.79</v>
+        <v>649.42</v>
       </c>
       <c r="J51" t="n">
-        <v>685.39</v>
+        <v>690.6799999999999</v>
       </c>
       <c r="K51" t="n">
-        <v>718.63</v>
+        <v>725.76</v>
       </c>
       <c r="L51" t="n">
-        <v>703.42</v>
+        <v>711.8099999999999</v>
       </c>
       <c r="M51" t="n">
-        <v>731.74</v>
+        <v>739.61</v>
       </c>
       <c r="N51" t="n">
-        <v>721.61</v>
+        <v>729.98</v>
       </c>
       <c r="O51" t="n">
-        <v>727.76</v>
+        <v>738.13</v>
       </c>
       <c r="P51" t="n">
-        <v>742.39</v>
+        <v>753.64</v>
       </c>
       <c r="Q51" t="n">
-        <v>753.01</v>
+        <v>763.76</v>
       </c>
       <c r="R51" t="n">
-        <v>750.71</v>
+        <v>761.75</v>
       </c>
       <c r="S51" t="n">
-        <v>753.71</v>
+        <v>765.91</v>
       </c>
       <c r="T51" t="n">
-        <v>768.51</v>
+        <v>781.28</v>
       </c>
       <c r="U51" t="n">
-        <v>775.74</v>
+        <v>788.47</v>
       </c>
       <c r="V51" t="n">
-        <v>776.17</v>
+        <v>789.3</v>
       </c>
       <c r="W51" t="n">
-        <v>782.33</v>
+        <v>795.83</v>
       </c>
       <c r="X51" t="n">
-        <v>786.5700000000001</v>
+        <v>800.4</v>
       </c>
       <c r="Y51" t="n">
-        <v>788.95</v>
+        <v>803.13</v>
       </c>
       <c r="Z51" t="n">
-        <v>794.86</v>
+        <v>809.45</v>
       </c>
       <c r="AA51" t="n">
-        <v>798.77</v>
+        <v>813.6900000000001</v>
       </c>
       <c r="AB51" t="n">
-        <v>802.34</v>
+        <v>817.59</v>
       </c>
       <c r="AC51" t="n">
-        <v>806.98</v>
+        <v>822.5700000000001</v>
       </c>
       <c r="AD51" t="n">
-        <v>810.9400000000001</v>
+        <v>826.9</v>
       </c>
       <c r="AE51" t="n">
-        <v>814.97</v>
+        <v>831.27</v>
       </c>
       <c r="AF51" t="n">
-        <v>819.22</v>
+        <v>835.89</v>
       </c>
       <c r="AG51" t="n">
-        <v>823.09</v>
+        <v>840.15</v>
       </c>
       <c r="AH51" t="n">
-        <v>827.25</v>
+        <v>844.71</v>
       </c>
       <c r="AI51" t="n">
-        <v>831.41</v>
+        <v>849.27</v>
       </c>
       <c r="AJ51" t="n">
-        <v>835.65</v>
+        <v>853.91</v>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="2" t="inlineStr">
+      <c r="A52" s="1" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B52" t="n">
         <v>624.96</v>
       </c>
       <c r="C52" t="n">
         <v>654.96</v>
       </c>
       <c r="D52" t="n">
         <v>631.96</v>
       </c>
       <c r="E52" t="n">
         <v>655.9400000000001</v>
       </c>
       <c r="F52" t="n">
         <v>639</v>
       </c>
       <c r="G52" t="n">
         <v>620.41</v>
       </c>
       <c r="H52" t="n">
-        <v>631.62</v>
+        <v>631.96</v>
       </c>
       <c r="I52" t="n">
-        <v>653.36</v>
+        <v>655.0599999999999</v>
       </c>
       <c r="J52" t="n">
-        <v>673.67</v>
+        <v>677.87</v>
       </c>
       <c r="K52" t="n">
-        <v>706.78</v>
+        <v>712.59</v>
       </c>
       <c r="L52" t="n">
-        <v>732.22</v>
+        <v>739.0700000000001</v>
       </c>
       <c r="M52" t="n">
-        <v>725.33</v>
+        <v>733.85</v>
       </c>
       <c r="N52" t="n">
-        <v>747.88</v>
+        <v>755.9400000000001</v>
       </c>
       <c r="O52" t="n">
-        <v>738.67</v>
+        <v>747.21</v>
       </c>
       <c r="P52" t="n">
-        <v>744.27</v>
+        <v>754.75</v>
       </c>
       <c r="Q52" t="n">
-        <v>756.6</v>
+        <v>767.99</v>
       </c>
       <c r="R52" t="n">
-        <v>766.47</v>
+        <v>777.45</v>
       </c>
       <c r="S52" t="n">
-        <v>764.84</v>
+        <v>776.14</v>
       </c>
       <c r="T52" t="n">
-        <v>767.7</v>
+        <v>780.13</v>
       </c>
       <c r="U52" t="n">
-        <v>781.46</v>
+        <v>794.45</v>
       </c>
       <c r="V52" t="n">
-        <v>787.91</v>
+        <v>800.91</v>
       </c>
       <c r="W52" t="n">
-        <v>788.5</v>
+        <v>801.92</v>
       </c>
       <c r="X52" t="n">
-        <v>794.24</v>
+        <v>808.05</v>
       </c>
       <c r="Y52" t="n">
-        <v>798.14</v>
+        <v>812.3</v>
       </c>
       <c r="Z52" t="n">
-        <v>800.23</v>
+        <v>814.78</v>
       </c>
       <c r="AA52" t="n">
-        <v>805.67</v>
+        <v>820.64</v>
       </c>
       <c r="AB52" t="n">
-        <v>809.29</v>
+        <v>824.61</v>
       </c>
       <c r="AC52" t="n">
-        <v>812.54</v>
+        <v>828.22</v>
       </c>
       <c r="AD52" t="n">
-        <v>816.8200000000001</v>
+        <v>832.87</v>
       </c>
       <c r="AE52" t="n">
-        <v>820.45</v>
+        <v>836.88</v>
       </c>
       <c r="AF52" t="n">
-        <v>824.14</v>
+        <v>840.9299999999999</v>
       </c>
       <c r="AG52" t="n">
-        <v>828.04</v>
+        <v>845.24</v>
       </c>
       <c r="AH52" t="n">
-        <v>831.58</v>
+        <v>849.1900000000001</v>
       </c>
       <c r="AI52" t="n">
-        <v>835.4</v>
+        <v>853.4299999999999</v>
       </c>
       <c r="AJ52" t="n">
-        <v>839.22</v>
+        <v>857.66</v>
       </c>
     </row>
     <row r="53">
-      <c r="A53" s="2" t="inlineStr">
+      <c r="A53" s="1" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="B53" t="n">
         <v>635.92</v>
       </c>
       <c r="C53" t="n">
         <v>634.92</v>
       </c>
       <c r="D53" t="n">
         <v>657.96</v>
       </c>
       <c r="E53" t="n">
         <v>636.96</v>
       </c>
       <c r="F53" t="n">
         <v>651.9400000000001</v>
       </c>
       <c r="G53" t="n">
         <v>646.45</v>
       </c>
       <c r="H53" t="n">
-        <v>629.09</v>
+        <v>629.23</v>
       </c>
       <c r="I53" t="n">
-        <v>638.47</v>
+        <v>641.3099999999999</v>
       </c>
       <c r="J53" t="n">
-        <v>663.9</v>
+        <v>668.54</v>
       </c>
       <c r="K53" t="n">
-        <v>684.42</v>
+        <v>689.6799999999999</v>
       </c>
       <c r="L53" t="n">
-        <v>711.74</v>
+        <v>718.1</v>
       </c>
       <c r="M53" t="n">
-        <v>738.37</v>
+        <v>746.12</v>
       </c>
       <c r="N53" t="n">
-        <v>730.6900000000001</v>
+        <v>740.1</v>
       </c>
       <c r="O53" t="n">
-        <v>753.58</v>
+        <v>762.53</v>
       </c>
       <c r="P53" t="n">
-        <v>745.48</v>
+        <v>754.91</v>
       </c>
       <c r="Q53" t="n">
-        <v>750.58</v>
+        <v>761.98</v>
       </c>
       <c r="R53" t="n">
-        <v>762.21</v>
+        <v>774.52</v>
       </c>
       <c r="S53" t="n">
-        <v>771.95</v>
+        <v>783.9</v>
       </c>
       <c r="T53" t="n">
-        <v>771.8200000000001</v>
+        <v>784.09</v>
       </c>
       <c r="U53" t="n">
-        <v>775.14</v>
+        <v>788.55</v>
       </c>
       <c r="V53" t="n">
-        <v>788.67</v>
+        <v>802.66</v>
       </c>
       <c r="W53" t="n">
-        <v>795.14</v>
+        <v>809.16</v>
       </c>
       <c r="X53" t="n">
-        <v>796.45</v>
+        <v>810.91</v>
       </c>
       <c r="Y53" t="n">
-        <v>802.4400000000001</v>
+        <v>817.3099999999999</v>
       </c>
       <c r="Z53" t="n">
-        <v>806.6900000000001</v>
+        <v>821.9400000000001</v>
       </c>
       <c r="AA53" t="n">
-        <v>809.17</v>
+        <v>824.8200000000001</v>
       </c>
       <c r="AB53" t="n">
-        <v>814.8</v>
+        <v>830.9</v>
       </c>
       <c r="AC53" t="n">
-        <v>818.79</v>
+        <v>835.25</v>
       </c>
       <c r="AD53" t="n">
-        <v>822.41</v>
+        <v>839.25</v>
       </c>
       <c r="AE53" t="n">
-        <v>826.99</v>
+        <v>844.23</v>
       </c>
       <c r="AF53" t="n">
-        <v>830.95</v>
+        <v>848.58</v>
       </c>
       <c r="AG53" t="n">
-        <v>834.96</v>
+        <v>852.98</v>
       </c>
       <c r="AH53" t="n">
-        <v>839.1900000000001</v>
+        <v>857.62</v>
       </c>
       <c r="AI53" t="n">
-        <v>843.0599999999999</v>
+        <v>861.92</v>
       </c>
       <c r="AJ53" t="n">
-        <v>847.1900000000001</v>
+        <v>866.49</v>
       </c>
     </row>
     <row r="54">
-      <c r="A54" s="2" t="inlineStr">
+      <c r="A54" s="1" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="B54" t="n">
         <v>632.92</v>
       </c>
       <c r="C54" t="n">
         <v>631.98</v>
       </c>
       <c r="D54" t="n">
         <v>604.92</v>
       </c>
       <c r="E54" t="n">
         <v>661.96</v>
       </c>
       <c r="F54" t="n">
         <v>650.96</v>
       </c>
       <c r="G54" t="n">
-        <v>652.1900000000001</v>
+        <v>652.1799999999999</v>
       </c>
       <c r="H54" t="n">
-        <v>645.46</v>
+        <v>645.61</v>
       </c>
       <c r="I54" t="n">
-        <v>630.21</v>
+        <v>632.58</v>
       </c>
       <c r="J54" t="n">
-        <v>639.41</v>
+        <v>644.7</v>
       </c>
       <c r="K54" t="n">
-        <v>665.9</v>
+        <v>671.26</v>
       </c>
       <c r="L54" t="n">
-        <v>685.42</v>
+        <v>691.21</v>
       </c>
       <c r="M54" t="n">
-        <v>711.8</v>
+        <v>718.73</v>
       </c>
       <c r="N54" t="n">
-        <v>735.5700000000001</v>
+        <v>743.8099999999999</v>
       </c>
       <c r="O54" t="n">
-        <v>728.16</v>
+        <v>737.96</v>
       </c>
       <c r="P54" t="n">
-        <v>750.9400000000001</v>
+        <v>760.36</v>
       </c>
       <c r="Q54" t="n">
-        <v>743.61</v>
+        <v>753.51</v>
       </c>
       <c r="R54" t="n">
-        <v>748.49</v>
+        <v>760.26</v>
       </c>
       <c r="S54" t="n">
-        <v>759.52</v>
+        <v>772.17</v>
       </c>
       <c r="T54" t="n">
-        <v>768.62</v>
+        <v>781.01</v>
       </c>
       <c r="U54" t="n">
-        <v>769.47</v>
+        <v>782.2</v>
       </c>
       <c r="V54" t="n">
-        <v>772.75</v>
+        <v>786.5700000000001</v>
       </c>
       <c r="W54" t="n">
-        <v>785.8200000000001</v>
+        <v>800.22</v>
       </c>
       <c r="X54" t="n">
-        <v>792.14</v>
+        <v>806.62</v>
       </c>
       <c r="Y54" t="n">
-        <v>793.72</v>
+        <v>808.65</v>
       </c>
       <c r="Z54" t="n">
-        <v>799.67</v>
+        <v>815.03</v>
       </c>
       <c r="AA54" t="n">
-        <v>804.02</v>
+        <v>819.78</v>
       </c>
       <c r="AB54" t="n">
-        <v>806.62</v>
+        <v>822.8</v>
       </c>
       <c r="AC54" t="n">
-        <v>812.1900000000001</v>
+        <v>828.83</v>
       </c>
       <c r="AD54" t="n">
-        <v>816.22</v>
+        <v>833.25</v>
       </c>
       <c r="AE54" t="n">
-        <v>819.88</v>
+        <v>837.3</v>
       </c>
       <c r="AF54" t="n">
-        <v>824.48</v>
+        <v>842.3</v>
       </c>
       <c r="AG54" t="n">
-        <v>828.46</v>
+        <v>846.71</v>
       </c>
       <c r="AH54" t="n">
-        <v>832.5</v>
+        <v>851.15</v>
       </c>
       <c r="AI54" t="n">
-        <v>836.74</v>
+        <v>855.8200000000001</v>
       </c>
       <c r="AJ54" t="n">
-        <v>840.65</v>
+        <v>860.17</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="2" t="inlineStr">
+      <c r="A55" s="1" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="B55" t="n">
         <v>582.9400000000001</v>
       </c>
       <c r="C55" t="n">
         <v>626.92</v>
       </c>
       <c r="D55" t="n">
         <v>616.98</v>
       </c>
       <c r="E55" t="n">
         <v>591.9400000000001</v>
       </c>
       <c r="F55" t="n">
         <v>650.96</v>
       </c>
       <c r="G55" t="n">
         <v>641.73</v>
       </c>
       <c r="H55" t="n">
-        <v>643.92</v>
+        <v>644.21</v>
       </c>
       <c r="I55" t="n">
-        <v>638.54</v>
+        <v>640.8</v>
       </c>
       <c r="J55" t="n">
-        <v>627.88</v>
+        <v>632.29</v>
       </c>
       <c r="K55" t="n">
-        <v>635.1</v>
+        <v>640.46</v>
       </c>
       <c r="L55" t="n">
-        <v>653.8</v>
+        <v>658.72</v>
       </c>
       <c r="M55" t="n">
-        <v>677.72</v>
+        <v>683.4</v>
       </c>
       <c r="N55" t="n">
-        <v>696.37</v>
+        <v>702.95</v>
       </c>
       <c r="O55" t="n">
-        <v>721.02</v>
+        <v>728.6799999999999</v>
       </c>
       <c r="P55" t="n">
-        <v>713.04</v>
+        <v>722.01</v>
       </c>
       <c r="Q55" t="n">
-        <v>732.54</v>
+        <v>741.3099999999999</v>
       </c>
       <c r="R55" t="n">
-        <v>725.89</v>
+        <v>735.1</v>
       </c>
       <c r="S55" t="n">
-        <v>729.45</v>
+        <v>740.1900000000001</v>
       </c>
       <c r="T55" t="n">
-        <v>739.3099999999999</v>
+        <v>750.83</v>
       </c>
       <c r="U55" t="n">
-        <v>746.9</v>
+        <v>758.28</v>
       </c>
       <c r="V55" t="n">
-        <v>747.84</v>
+        <v>759.58</v>
       </c>
       <c r="W55" t="n">
-        <v>750.29</v>
+        <v>762.96</v>
       </c>
       <c r="X55" t="n">
-        <v>761.79</v>
+        <v>775</v>
       </c>
       <c r="Y55" t="n">
-        <v>767.11</v>
+        <v>780.45</v>
       </c>
       <c r="Z55" t="n">
-        <v>768.24</v>
+        <v>782</v>
       </c>
       <c r="AA55" t="n">
-        <v>773.38</v>
+        <v>787.54</v>
       </c>
       <c r="AB55" t="n">
-        <v>776.98</v>
+        <v>791.52</v>
       </c>
       <c r="AC55" t="n">
-        <v>778.96</v>
+        <v>793.91</v>
       </c>
       <c r="AD55" t="n">
-        <v>783.61</v>
+        <v>799</v>
       </c>
       <c r="AE55" t="n">
-        <v>786.9</v>
+        <v>802.67</v>
       </c>
       <c r="AF55" t="n">
-        <v>789.8099999999999</v>
+        <v>805.97</v>
       </c>
       <c r="AG55" t="n">
-        <v>793.61</v>
+        <v>810.17</v>
       </c>
       <c r="AH55" t="n">
-        <v>796.85</v>
+        <v>813.8</v>
       </c>
       <c r="AI55" t="n">
-        <v>800.12</v>
+        <v>817.47</v>
       </c>
       <c r="AJ55" t="n">
-        <v>803.58</v>
+        <v>821.34</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="2" t="inlineStr">
+      <c r="A56" s="1" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="B56" t="n">
         <v>576.9</v>
       </c>
       <c r="C56" t="n">
         <v>548.98</v>
       </c>
       <c r="D56" t="n">
         <v>622.92</v>
       </c>
       <c r="E56" t="n">
         <v>613.98</v>
       </c>
       <c r="F56" t="n">
         <v>581.9400000000001</v>
       </c>
       <c r="G56" t="n">
         <v>629.97</v>
       </c>
       <c r="H56" t="n">
-        <v>620.27</v>
+        <v>620.47</v>
       </c>
       <c r="I56" t="n">
-        <v>623</v>
+        <v>626.22</v>
       </c>
       <c r="J56" t="n">
-        <v>622.27</v>
+        <v>627.65</v>
       </c>
       <c r="K56" t="n">
-        <v>611.1900000000001</v>
+        <v>616.11</v>
       </c>
       <c r="L56" t="n">
-        <v>615.75</v>
+        <v>621.02</v>
       </c>
       <c r="M56" t="n">
-        <v>635.73</v>
+        <v>640.92</v>
       </c>
       <c r="N56" t="n">
-        <v>655</v>
+        <v>660.8200000000001</v>
       </c>
       <c r="O56" t="n">
-        <v>670.74</v>
+        <v>677.26</v>
       </c>
       <c r="P56" t="n">
-        <v>695.49</v>
+        <v>702.89</v>
       </c>
       <c r="Q56" t="n">
-        <v>687.1799999999999</v>
+        <v>695.66</v>
       </c>
       <c r="R56" t="n">
-        <v>704.9299999999999</v>
+        <v>713.3</v>
       </c>
       <c r="S56" t="n">
-        <v>699.29</v>
+        <v>708.05</v>
       </c>
       <c r="T56" t="n">
-        <v>702.39</v>
+        <v>712.39</v>
       </c>
       <c r="U56" t="n">
-        <v>711.2</v>
+        <v>721.86</v>
       </c>
       <c r="V56" t="n">
-        <v>717.87</v>
+        <v>728.45</v>
       </c>
       <c r="W56" t="n">
-        <v>718.9299999999999</v>
+        <v>729.87</v>
       </c>
       <c r="X56" t="n">
-        <v>721.1799999999999</v>
+        <v>732.9</v>
       </c>
       <c r="Y56" t="n">
-        <v>731.6</v>
+        <v>743.8</v>
       </c>
       <c r="Z56" t="n">
-        <v>736.37</v>
+        <v>748.71</v>
       </c>
       <c r="AA56" t="n">
-        <v>737.58</v>
+        <v>750.28</v>
       </c>
       <c r="AB56" t="n">
-        <v>742.33</v>
+        <v>755.4</v>
       </c>
       <c r="AC56" t="n">
-        <v>745.63</v>
+        <v>759.04</v>
       </c>
       <c r="AD56" t="n">
-        <v>747.53</v>
+        <v>761.3</v>
       </c>
       <c r="AE56" t="n">
-        <v>751.79</v>
+        <v>765.97</v>
       </c>
       <c r="AF56" t="n">
-        <v>754.83</v>
+        <v>769.35</v>
       </c>
       <c r="AG56" t="n">
-        <v>757.53</v>
+        <v>772.4</v>
       </c>
       <c r="AH56" t="n">
-        <v>761.04</v>
+        <v>776.27</v>
       </c>
       <c r="AI56" t="n">
-        <v>764.03</v>
+        <v>779.62</v>
       </c>
       <c r="AJ56" t="n">
-        <v>767.0599999999999</v>
+        <v>783</v>
       </c>
     </row>
     <row r="57">
-      <c r="A57" s="2" t="inlineStr">
+      <c r="A57" s="1" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B57" t="n">
         <v>592.9400000000001</v>
       </c>
       <c r="C57" t="n">
         <v>559.9400000000001</v>
       </c>
       <c r="D57" t="n">
         <v>523.98</v>
       </c>
       <c r="E57" t="n">
         <v>621.92</v>
       </c>
       <c r="F57" t="n">
         <v>606.98</v>
       </c>
       <c r="G57" t="n">
         <v>572.0599999999999</v>
       </c>
       <c r="H57" t="n">
-        <v>618.9</v>
+        <v>619.17</v>
       </c>
       <c r="I57" t="n">
-        <v>611.0700000000001</v>
+        <v>613.6799999999999</v>
       </c>
       <c r="J57" t="n">
-        <v>618.05</v>
+        <v>623.6900000000001</v>
       </c>
       <c r="K57" t="n">
-        <v>617.46</v>
+        <v>623.22</v>
       </c>
       <c r="L57" t="n">
-        <v>603.76</v>
+        <v>608.73</v>
       </c>
       <c r="M57" t="n">
-        <v>613.9299999999999</v>
+        <v>619.47</v>
       </c>
       <c r="N57" t="n">
-        <v>627.8</v>
+        <v>633.29</v>
       </c>
       <c r="O57" t="n">
-        <v>645.86</v>
+        <v>651.9</v>
       </c>
       <c r="P57" t="n">
-        <v>659.05</v>
+        <v>665.74</v>
       </c>
       <c r="Q57" t="n">
-        <v>682.8200000000001</v>
+        <v>690.3200000000001</v>
       </c>
       <c r="R57" t="n">
-        <v>674.38</v>
+        <v>682.83</v>
       </c>
       <c r="S57" t="n">
-        <v>691.25</v>
+        <v>699.64</v>
       </c>
       <c r="T57" t="n">
-        <v>685.54</v>
+        <v>694.29</v>
       </c>
       <c r="U57" t="n">
-        <v>687.87</v>
+        <v>697.71</v>
       </c>
       <c r="V57" t="n">
-        <v>695.98</v>
+        <v>706.42</v>
       </c>
       <c r="W57" t="n">
-        <v>702.11</v>
+        <v>712.53</v>
       </c>
       <c r="X57" t="n">
-        <v>703.4400000000001</v>
+        <v>714.21</v>
       </c>
       <c r="Y57" t="n">
-        <v>705.53</v>
+        <v>717.02</v>
       </c>
       <c r="Z57" t="n">
-        <v>715.08</v>
+        <v>727.01</v>
       </c>
       <c r="AA57" t="n">
-        <v>719.28</v>
+        <v>731.36</v>
       </c>
       <c r="AB57" t="n">
-        <v>720.55</v>
+        <v>732.97</v>
       </c>
       <c r="AC57" t="n">
-        <v>724.96</v>
+        <v>737.73</v>
       </c>
       <c r="AD57" t="n">
-        <v>727.96</v>
+        <v>741.0700000000001</v>
       </c>
       <c r="AE57" t="n">
-        <v>729.67</v>
+        <v>743.13</v>
       </c>
       <c r="AF57" t="n">
-        <v>733.5599999999999</v>
+        <v>747.4</v>
       </c>
       <c r="AG57" t="n">
-        <v>736.33</v>
+        <v>750.51</v>
       </c>
       <c r="AH57" t="n">
-        <v>738.78</v>
+        <v>753.3</v>
       </c>
       <c r="AI57" t="n">
-        <v>741.99</v>
+        <v>756.85</v>
       </c>
       <c r="AJ57" t="n">
-        <v>744.6900000000001</v>
+        <v>759.89</v>
       </c>
     </row>
     <row r="58">
-      <c r="A58" s="2" t="inlineStr">
+      <c r="A58" s="1" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="B58" t="n">
         <v>597.9400000000001</v>
       </c>
       <c r="C58" t="n">
         <v>581</v>
       </c>
       <c r="D58" t="n">
         <v>561.9400000000001</v>
       </c>
       <c r="E58" t="n">
         <v>523.98</v>
       </c>
       <c r="F58" t="n">
         <v>626.92</v>
       </c>
       <c r="G58" t="n">
-        <v>593.4</v>
+        <v>593.39</v>
       </c>
       <c r="H58" t="n">
-        <v>561.27</v>
+        <v>561.4400000000001</v>
       </c>
       <c r="I58" t="n">
-        <v>605.5</v>
+        <v>607.84</v>
       </c>
       <c r="J58" t="n">
-        <v>602.1</v>
+        <v>606.91</v>
       </c>
       <c r="K58" t="n">
-        <v>609.2</v>
+        <v>615.3</v>
       </c>
       <c r="L58" t="n">
-        <v>604.13</v>
+        <v>609.83</v>
       </c>
       <c r="M58" t="n">
-        <v>595.77</v>
+        <v>601.13</v>
       </c>
       <c r="N58" t="n">
-        <v>605.6799999999999</v>
+        <v>611.55</v>
       </c>
       <c r="O58" t="n">
-        <v>618.88</v>
+        <v>624.76</v>
       </c>
       <c r="P58" t="n">
-        <v>636.08</v>
+        <v>642.46</v>
       </c>
       <c r="Q58" t="n">
-        <v>647.45</v>
+        <v>654.42</v>
       </c>
       <c r="R58" t="n">
-        <v>671.29</v>
+        <v>679.03</v>
       </c>
       <c r="S58" t="n">
-        <v>662.87</v>
+        <v>671.47</v>
       </c>
       <c r="T58" t="n">
-        <v>679.39</v>
+        <v>687.98</v>
       </c>
       <c r="U58" t="n">
-        <v>673.72</v>
+        <v>682.64</v>
       </c>
       <c r="V58" t="n">
-        <v>675.65</v>
+        <v>685.5700000000001</v>
       </c>
       <c r="W58" t="n">
-        <v>683.62</v>
+        <v>694.11</v>
       </c>
       <c r="X58" t="n">
-        <v>689.6</v>
+        <v>700.12</v>
       </c>
       <c r="Y58" t="n">
-        <v>691.47</v>
+        <v>702.33</v>
       </c>
       <c r="Z58" t="n">
-        <v>693.63</v>
+        <v>705.17</v>
       </c>
       <c r="AA58" t="n">
-        <v>702.75</v>
+        <v>714.71</v>
       </c>
       <c r="AB58" t="n">
-        <v>706.76</v>
+        <v>718.89</v>
       </c>
       <c r="AC58" t="n">
-        <v>708.23</v>
+        <v>720.7</v>
       </c>
       <c r="AD58" t="n">
-        <v>712.61</v>
+        <v>725.42</v>
       </c>
       <c r="AE58" t="n">
-        <v>715.61</v>
+        <v>728.76</v>
       </c>
       <c r="AF58" t="n">
-        <v>717.38</v>
+        <v>730.88</v>
       </c>
       <c r="AG58" t="n">
-        <v>721.1900000000001</v>
+        <v>735.0700000000001</v>
       </c>
       <c r="AH58" t="n">
-        <v>723.97</v>
+        <v>738.1799999999999</v>
       </c>
       <c r="AI58" t="n">
-        <v>726.4299999999999</v>
+        <v>740.97</v>
       </c>
       <c r="AJ58" t="n">
-        <v>729.61</v>
+        <v>744.5</v>
       </c>
     </row>
     <row r="59">
-      <c r="A59" s="2" t="inlineStr">
+      <c r="A59" s="1" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="B59" t="n">
         <v>593.9400000000001</v>
       </c>
       <c r="C59" t="n">
         <v>582.9400000000001</v>
       </c>
       <c r="D59" t="n">
         <v>578</v>
       </c>
       <c r="E59" t="n">
         <v>548.9400000000001</v>
       </c>
       <c r="F59" t="n">
         <v>520.98</v>
       </c>
       <c r="G59" t="n">
         <v>625.03</v>
       </c>
       <c r="H59" t="n">
-        <v>592.54</v>
+        <v>592.67</v>
       </c>
       <c r="I59" t="n">
-        <v>563.04</v>
+        <v>565.5599999999999</v>
       </c>
       <c r="J59" t="n">
-        <v>607.14</v>
+        <v>612.1</v>
       </c>
       <c r="K59" t="n">
-        <v>604.8</v>
+        <v>610.34</v>
       </c>
       <c r="L59" t="n">
-        <v>612.8099999999999</v>
+        <v>619.53</v>
       </c>
       <c r="M59" t="n">
-        <v>609.7</v>
+        <v>616.1</v>
       </c>
       <c r="N59" t="n">
-        <v>600.67</v>
+        <v>606.76</v>
       </c>
       <c r="O59" t="n">
-        <v>610.45</v>
+        <v>617.02</v>
       </c>
       <c r="P59" t="n">
-        <v>623.5700000000001</v>
+        <v>630.2</v>
       </c>
       <c r="Q59" t="n">
-        <v>639.77</v>
+        <v>646.88</v>
       </c>
       <c r="R59" t="n">
-        <v>649.89</v>
+        <v>657.58</v>
       </c>
       <c r="S59" t="n">
-        <v>673.52</v>
+        <v>681.96</v>
       </c>
       <c r="T59" t="n">
-        <v>665.39</v>
+        <v>674.66</v>
       </c>
       <c r="U59" t="n">
-        <v>681.67</v>
+        <v>690.96</v>
       </c>
       <c r="V59" t="n">
-        <v>676.24</v>
+        <v>685.86</v>
       </c>
       <c r="W59" t="n">
-        <v>677.98</v>
+        <v>688.5700000000001</v>
       </c>
       <c r="X59" t="n">
-        <v>685.84</v>
+        <v>696.99</v>
       </c>
       <c r="Y59" t="n">
-        <v>691.86</v>
+        <v>703.08</v>
       </c>
       <c r="Z59" t="n">
-        <v>694.15</v>
+        <v>705.73</v>
       </c>
       <c r="AA59" t="n">
-        <v>696.48</v>
+        <v>708.71</v>
       </c>
       <c r="AB59" t="n">
-        <v>705.4</v>
+        <v>718.0700000000001</v>
       </c>
       <c r="AC59" t="n">
-        <v>709.4</v>
+        <v>722.25</v>
       </c>
       <c r="AD59" t="n">
-        <v>711.17</v>
+        <v>724.37</v>
       </c>
       <c r="AE59" t="n">
-        <v>715.63</v>
+        <v>729.1900000000001</v>
       </c>
       <c r="AF59" t="n">
-        <v>718.78</v>
+        <v>732.6799999999999</v>
       </c>
       <c r="AG59" t="n">
-        <v>720.72</v>
+        <v>734.98</v>
       </c>
       <c r="AH59" t="n">
-        <v>724.6</v>
+        <v>739.25</v>
       </c>
       <c r="AI59" t="n">
-        <v>727.51</v>
+        <v>742.5</v>
       </c>
       <c r="AJ59" t="n">
-        <v>730.09</v>
+        <v>745.4299999999999</v>
       </c>
     </row>
     <row r="60">
-      <c r="A60" s="2" t="inlineStr">
+      <c r="A60" s="1" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="B60" t="n">
         <v>583.96</v>
       </c>
       <c r="C60" t="n">
         <v>577.92</v>
       </c>
       <c r="D60" t="n">
         <v>578.9400000000001</v>
       </c>
       <c r="E60" t="n">
         <v>571</v>
       </c>
       <c r="F60" t="n">
         <v>551.9400000000001</v>
       </c>
       <c r="G60" t="n">
-        <v>520.64</v>
+        <v>520.63</v>
       </c>
       <c r="H60" t="n">
-        <v>618.48</v>
+        <v>618.65</v>
       </c>
       <c r="I60" t="n">
-        <v>590.39</v>
+        <v>591.84</v>
       </c>
       <c r="J60" t="n">
-        <v>564.11</v>
+        <v>568.01</v>
       </c>
       <c r="K60" t="n">
-        <v>603.67</v>
+        <v>608.95</v>
       </c>
       <c r="L60" t="n">
-        <v>598.4400000000001</v>
+        <v>603.84</v>
       </c>
       <c r="M60" t="n">
-        <v>610.3099999999999</v>
+        <v>617.08</v>
       </c>
       <c r="N60" t="n">
-        <v>605.26</v>
+        <v>611.74</v>
       </c>
       <c r="O60" t="n">
-        <v>597.47</v>
+        <v>603.7</v>
       </c>
       <c r="P60" t="n">
-        <v>606.0700000000001</v>
+        <v>612.78</v>
       </c>
       <c r="Q60" t="n">
-        <v>618.0599999999999</v>
+        <v>624.87</v>
       </c>
       <c r="R60" t="n">
-        <v>633.89</v>
+        <v>641.17</v>
       </c>
       <c r="S60" t="n">
-        <v>643.58</v>
+        <v>651.42</v>
       </c>
       <c r="T60" t="n">
-        <v>666.0700000000001</v>
+        <v>674.63</v>
       </c>
       <c r="U60" t="n">
-        <v>658.01</v>
+        <v>667.36</v>
       </c>
       <c r="V60" t="n">
-        <v>673.25</v>
+        <v>682.65</v>
       </c>
       <c r="W60" t="n">
-        <v>668.4400000000001</v>
+        <v>678.17</v>
       </c>
       <c r="X60" t="n">
-        <v>670.16</v>
+        <v>680.8099999999999</v>
       </c>
       <c r="Y60" t="n">
-        <v>677.37</v>
+        <v>688.5599999999999</v>
       </c>
       <c r="Z60" t="n">
-        <v>683.09</v>
+        <v>694.37</v>
       </c>
       <c r="AA60" t="n">
-        <v>685.34</v>
+        <v>696.98</v>
       </c>
       <c r="AB60" t="n">
-        <v>687.67</v>
+        <v>699.9400000000001</v>
       </c>
       <c r="AC60" t="n">
-        <v>696.2</v>
+        <v>708.9</v>
       </c>
       <c r="AD60" t="n">
-        <v>700.05</v>
+        <v>712.95</v>
       </c>
       <c r="AE60" t="n">
-        <v>701.9400000000001</v>
+        <v>715.1799999999999</v>
       </c>
       <c r="AF60" t="n">
-        <v>706.26</v>
+        <v>719.86</v>
       </c>
       <c r="AG60" t="n">
-        <v>709.37</v>
+        <v>723.3099999999999</v>
       </c>
       <c r="AH60" t="n">
-        <v>711.36</v>
+        <v>725.66</v>
       </c>
       <c r="AI60" t="n">
-        <v>715.15</v>
+        <v>729.84</v>
       </c>
       <c r="AJ60" t="n">
-        <v>718.04</v>
+        <v>733.0700000000001</v>
       </c>
     </row>
     <row r="61">
-      <c r="A61" s="2" t="inlineStr">
+      <c r="A61" s="1" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="B61" t="n">
         <v>569.9400000000001</v>
       </c>
       <c r="C61" t="n">
         <v>579.96</v>
       </c>
       <c r="D61" t="n">
         <v>559.89</v>
       </c>
       <c r="E61" t="n">
         <v>577.9400000000001</v>
       </c>
       <c r="F61" t="n">
         <v>576</v>
       </c>
       <c r="G61" t="n">
         <v>545.58</v>
       </c>
       <c r="H61" t="n">
-        <v>516.29</v>
+        <v>516.39</v>
       </c>
       <c r="I61" t="n">
-        <v>610.16</v>
+        <v>611.6</v>
       </c>
       <c r="J61" t="n">
-        <v>587.05</v>
+        <v>589.99</v>
       </c>
       <c r="K61" t="n">
-        <v>561.5599999999999</v>
+        <v>566</v>
       </c>
       <c r="L61" t="n">
-        <v>595.9299999999999</v>
+        <v>601.53</v>
       </c>
       <c r="M61" t="n">
-        <v>593.37</v>
+        <v>599.24</v>
       </c>
       <c r="N61" t="n">
-        <v>603.25</v>
+        <v>610.4400000000001</v>
       </c>
       <c r="O61" t="n">
-        <v>599.11</v>
+        <v>606.05</v>
       </c>
       <c r="P61" t="n">
-        <v>592.28</v>
+        <v>598.99</v>
       </c>
       <c r="Q61" t="n">
-        <v>599.45</v>
+        <v>606.66</v>
       </c>
       <c r="R61" t="n">
-        <v>611.01</v>
+        <v>618.3200000000001</v>
       </c>
       <c r="S61" t="n">
-        <v>626.73</v>
+        <v>634.51</v>
       </c>
       <c r="T61" t="n">
-        <v>636.23</v>
+        <v>644.59</v>
       </c>
       <c r="U61" t="n">
-        <v>657.46</v>
+        <v>666.53</v>
       </c>
       <c r="V61" t="n">
-        <v>649.88</v>
+        <v>659.76</v>
       </c>
       <c r="W61" t="n">
-        <v>664.65</v>
+        <v>674.58</v>
       </c>
       <c r="X61" t="n">
-        <v>660.54</v>
+        <v>670.8099999999999</v>
       </c>
       <c r="Y61" t="n">
-        <v>662.59</v>
+        <v>673.77</v>
       </c>
       <c r="Z61" t="n">
-        <v>669.33</v>
+        <v>681.0599999999999</v>
       </c>
       <c r="AA61" t="n">
-        <v>675.04</v>
+        <v>686.87</v>
       </c>
       <c r="AB61" t="n">
-        <v>677.42</v>
+        <v>689.6</v>
       </c>
       <c r="AC61" t="n">
-        <v>680.01</v>
+        <v>692.8200000000001</v>
       </c>
       <c r="AD61" t="n">
-        <v>688.45</v>
+        <v>701.6900000000001</v>
       </c>
       <c r="AE61" t="n">
-        <v>692.41</v>
+        <v>705.86</v>
       </c>
       <c r="AF61" t="n">
-        <v>694.64</v>
+        <v>708.45</v>
       </c>
       <c r="AG61" t="n">
-        <v>699.0599999999999</v>
+        <v>713.22</v>
       </c>
       <c r="AH61" t="n">
-        <v>702.37</v>
+        <v>716.89</v>
       </c>
       <c r="AI61" t="n">
-        <v>704.67</v>
+        <v>719.54</v>
       </c>
       <c r="AJ61" t="n">
-        <v>708.64</v>
+        <v>723.9</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="2" t="inlineStr">
+      <c r="A62" s="1" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B62" t="n">
         <v>547.9400000000001</v>
       </c>
       <c r="C62" t="n">
         <v>558.9400000000001</v>
       </c>
       <c r="D62" t="n">
         <v>580.96</v>
       </c>
       <c r="E62" t="n">
         <v>550.87</v>
       </c>
       <c r="F62" t="n">
         <v>579.9400000000001</v>
       </c>
       <c r="G62" t="n">
         <v>586.76</v>
       </c>
       <c r="H62" t="n">
-        <v>557.63</v>
+        <v>557.77</v>
       </c>
       <c r="I62" t="n">
-        <v>529.3200000000001</v>
+        <v>531.59</v>
       </c>
       <c r="J62" t="n">
-        <v>621.8200000000001</v>
+        <v>625.8099999999999</v>
       </c>
       <c r="K62" t="n">
-        <v>601.0599999999999</v>
+        <v>604.95</v>
       </c>
       <c r="L62" t="n">
-        <v>574.74</v>
+        <v>579.88</v>
       </c>
       <c r="M62" t="n">
-        <v>608.25</v>
+        <v>614.7</v>
       </c>
       <c r="N62" t="n">
-        <v>604.54</v>
+        <v>611.26</v>
       </c>
       <c r="O62" t="n">
-        <v>614.8099999999999</v>
+        <v>622.8200000000001</v>
       </c>
       <c r="P62" t="n">
-        <v>611.9</v>
+        <v>619.71</v>
       </c>
       <c r="Q62" t="n">
-        <v>605.75</v>
+        <v>613.36</v>
       </c>
       <c r="R62" t="n">
-        <v>612.1</v>
+        <v>620.24</v>
       </c>
       <c r="S62" t="n">
-        <v>624.01</v>
+        <v>632.26</v>
       </c>
       <c r="T62" t="n">
-        <v>639.91</v>
+        <v>648.63</v>
       </c>
       <c r="U62" t="n">
-        <v>649.2</v>
+        <v>658.53</v>
       </c>
       <c r="V62" t="n">
-        <v>669.72</v>
+        <v>679.76</v>
       </c>
       <c r="W62" t="n">
-        <v>662.7</v>
+        <v>673.5599999999999</v>
       </c>
       <c r="X62" t="n">
-        <v>677.53</v>
+        <v>688.46</v>
       </c>
       <c r="Y62" t="n">
-        <v>674.34</v>
+        <v>685.63</v>
       </c>
       <c r="Z62" t="n">
-        <v>676.85</v>
+        <v>689.0700000000001</v>
       </c>
       <c r="AA62" t="n">
-        <v>683.3</v>
+        <v>696.0700000000001</v>
       </c>
       <c r="AB62" t="n">
-        <v>689.21</v>
+        <v>702.11</v>
       </c>
       <c r="AC62" t="n">
-        <v>692.03</v>
+        <v>705.28</v>
       </c>
       <c r="AD62" t="n">
-        <v>695.11</v>
+        <v>709</v>
       </c>
       <c r="AE62" t="n">
-        <v>703.78</v>
+        <v>718.11</v>
       </c>
       <c r="AF62" t="n">
-        <v>708.0599999999999</v>
+        <v>722.61</v>
       </c>
       <c r="AG62" t="n">
-        <v>710.9</v>
+        <v>725.83</v>
       </c>
       <c r="AH62" t="n">
-        <v>715.66</v>
+        <v>730.97</v>
       </c>
       <c r="AI62" t="n">
-        <v>719.42</v>
+        <v>735.08</v>
       </c>
       <c r="AJ62" t="n">
-        <v>722.22</v>
+        <v>738.25</v>
       </c>
     </row>
     <row r="63">
-      <c r="A63" s="2" t="inlineStr">
+      <c r="A63" s="1" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="B63" t="n">
         <v>531.9400000000001</v>
       </c>
       <c r="C63" t="n">
         <v>535.9400000000001</v>
       </c>
       <c r="D63" t="n">
         <v>533.9400000000001</v>
       </c>
       <c r="E63" t="n">
         <v>571.96</v>
       </c>
       <c r="F63" t="n">
         <v>544.87</v>
       </c>
       <c r="G63" t="n">
         <v>563.12</v>
       </c>
       <c r="H63" t="n">
-        <v>569.78</v>
+        <v>569.89</v>
       </c>
       <c r="I63" t="n">
-        <v>542.16</v>
+        <v>543.1</v>
       </c>
       <c r="J63" t="n">
-        <v>516.9299999999999</v>
+        <v>520.09</v>
       </c>
       <c r="K63" t="n">
-        <v>603.79</v>
+        <v>608.09</v>
       </c>
       <c r="L63" t="n">
-        <v>581.83</v>
+        <v>585.7</v>
       </c>
       <c r="M63" t="n">
-        <v>559.47</v>
+        <v>564.8</v>
       </c>
       <c r="N63" t="n">
-        <v>588.97</v>
+        <v>595.59</v>
       </c>
       <c r="O63" t="n">
-        <v>585.46</v>
+        <v>592.34</v>
       </c>
       <c r="P63" t="n">
-        <v>595.4400000000001</v>
+        <v>603.5700000000001</v>
       </c>
       <c r="Q63" t="n">
-        <v>593.0700000000001</v>
+        <v>601.03</v>
       </c>
       <c r="R63" t="n">
-        <v>587.1900000000001</v>
+        <v>594.95</v>
       </c>
       <c r="S63" t="n">
-        <v>592.85</v>
+        <v>601.14</v>
       </c>
       <c r="T63" t="n">
-        <v>604.62</v>
+        <v>613</v>
       </c>
       <c r="U63" t="n">
-        <v>619.89</v>
+        <v>628.73</v>
       </c>
       <c r="V63" t="n">
-        <v>628.34</v>
+        <v>637.77</v>
       </c>
       <c r="W63" t="n">
-        <v>648.02</v>
+        <v>658.15</v>
       </c>
       <c r="X63" t="n">
-        <v>641.3</v>
+        <v>652.22</v>
       </c>
       <c r="Y63" t="n">
-        <v>655.9</v>
+        <v>666.9</v>
       </c>
       <c r="Z63" t="n">
-        <v>653.15</v>
+        <v>664.5</v>
       </c>
       <c r="AA63" t="n">
-        <v>655.66</v>
+        <v>667.9</v>
       </c>
       <c r="AB63" t="n">
-        <v>661.47</v>
+        <v>674.25</v>
       </c>
       <c r="AC63" t="n">
-        <v>667.23</v>
+        <v>680.13</v>
       </c>
       <c r="AD63" t="n">
-        <v>670.08</v>
+        <v>683.3200000000001</v>
       </c>
       <c r="AE63" t="n">
-        <v>673.27</v>
+        <v>687.12</v>
       </c>
       <c r="AF63" t="n">
-        <v>681.79</v>
+        <v>696.0700000000001</v>
       </c>
       <c r="AG63" t="n">
-        <v>685.98</v>
+        <v>700.49</v>
       </c>
       <c r="AH63" t="n">
-        <v>689.05</v>
+        <v>703.92</v>
       </c>
       <c r="AI63" t="n">
-        <v>693.78</v>
+        <v>709.01</v>
       </c>
       <c r="AJ63" t="n">
-        <v>697.59</v>
+        <v>713.17</v>
       </c>
     </row>
     <row r="64">
-      <c r="A64" s="2" t="inlineStr">
+      <c r="A64" s="1" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="B64" t="n">
         <v>520.98</v>
       </c>
       <c r="C64" t="n">
         <v>508.96</v>
       </c>
       <c r="D64" t="n">
         <v>515.9400000000001</v>
       </c>
       <c r="E64" t="n">
         <v>533.9400000000001</v>
       </c>
       <c r="F64" t="n">
         <v>563.96</v>
       </c>
       <c r="G64" t="n">
         <v>533</v>
       </c>
       <c r="H64" t="n">
-        <v>549.5</v>
+        <v>549.58</v>
       </c>
       <c r="I64" t="n">
-        <v>556.75</v>
+        <v>557.62</v>
       </c>
       <c r="J64" t="n">
-        <v>530.5700000000001</v>
+        <v>532.3200000000001</v>
       </c>
       <c r="K64" t="n">
-        <v>506.39</v>
+        <v>509.59</v>
       </c>
       <c r="L64" t="n">
-        <v>586.1799999999999</v>
+        <v>590.24</v>
       </c>
       <c r="M64" t="n">
-        <v>566.39</v>
+        <v>570.16</v>
       </c>
       <c r="N64" t="n">
-        <v>544.58</v>
+        <v>549.65</v>
       </c>
       <c r="O64" t="n">
-        <v>573.91</v>
+        <v>580.13</v>
       </c>
       <c r="P64" t="n">
-        <v>570.8099999999999</v>
+        <v>577.26</v>
       </c>
       <c r="Q64" t="n">
-        <v>579.4299999999999</v>
+        <v>587.02</v>
       </c>
       <c r="R64" t="n">
-        <v>577.0599999999999</v>
+        <v>584.49</v>
       </c>
       <c r="S64" t="n">
-        <v>571.5</v>
+        <v>578.79</v>
       </c>
       <c r="T64" t="n">
-        <v>576.98</v>
+        <v>584.75</v>
       </c>
       <c r="U64" t="n">
-        <v>588.0599999999999</v>
+        <v>595.9299999999999</v>
       </c>
       <c r="V64" t="n">
-        <v>602.17</v>
+        <v>610.46</v>
       </c>
       <c r="W64" t="n">
-        <v>609.6799999999999</v>
+        <v>618.52</v>
       </c>
       <c r="X64" t="n">
-        <v>628.87</v>
+        <v>638.33</v>
       </c>
       <c r="Y64" t="n">
-        <v>622.42</v>
+        <v>632.59</v>
       </c>
       <c r="Z64" t="n">
-        <v>636.13</v>
+        <v>646.39</v>
       </c>
       <c r="AA64" t="n">
-        <v>633.71</v>
+        <v>644.29</v>
       </c>
       <c r="AB64" t="n">
-        <v>636.1</v>
+        <v>647.49</v>
       </c>
       <c r="AC64" t="n">
-        <v>641.55</v>
+        <v>653.4299999999999</v>
       </c>
       <c r="AD64" t="n">
-        <v>646.97</v>
+        <v>658.97</v>
       </c>
       <c r="AE64" t="n">
-        <v>649.5599999999999</v>
+        <v>661.88</v>
       </c>
       <c r="AF64" t="n">
-        <v>652.59</v>
+        <v>665.47</v>
       </c>
       <c r="AG64" t="n">
-        <v>660.62</v>
+        <v>673.89</v>
       </c>
       <c r="AH64" t="n">
-        <v>664.58</v>
+        <v>678.0700000000001</v>
       </c>
       <c r="AI64" t="n">
-        <v>667.52</v>
+        <v>681.35</v>
       </c>
       <c r="AJ64" t="n">
-        <v>671.99</v>
+        <v>686.15</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="2" t="inlineStr">
+      <c r="A65" s="1" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="B65" t="n">
         <v>474.98</v>
       </c>
       <c r="C65" t="n">
         <v>505.98</v>
       </c>
       <c r="D65" t="n">
         <v>502.96</v>
       </c>
       <c r="E65" t="n">
         <v>505.94</v>
       </c>
       <c r="F65" t="n">
         <v>538.9400000000001</v>
       </c>
       <c r="G65" t="n">
         <v>534.04</v>
       </c>
       <c r="H65" t="n">
-        <v>505.3</v>
+        <v>505.4</v>
       </c>
       <c r="I65" t="n">
-        <v>521.5700000000001</v>
+        <v>521.91</v>
       </c>
       <c r="J65" t="n">
-        <v>529.35</v>
+        <v>530.4400000000001</v>
       </c>
       <c r="K65" t="n">
-        <v>501.84</v>
+        <v>503.55</v>
       </c>
       <c r="L65" t="n">
-        <v>482.35</v>
+        <v>485.19</v>
       </c>
       <c r="M65" t="n">
-        <v>556.7</v>
+        <v>560.4</v>
       </c>
       <c r="N65" t="n">
-        <v>535.83</v>
+        <v>539.26</v>
       </c>
       <c r="O65" t="n">
-        <v>514.9</v>
+        <v>519.48</v>
       </c>
       <c r="P65" t="n">
-        <v>545.54</v>
+        <v>551.15</v>
       </c>
       <c r="Q65" t="n">
-        <v>541.6900000000001</v>
+        <v>547.52</v>
       </c>
       <c r="R65" t="n">
-        <v>549.27</v>
+        <v>556.13</v>
       </c>
       <c r="S65" t="n">
-        <v>546.4400000000001</v>
+        <v>553.15</v>
       </c>
       <c r="T65" t="n">
-        <v>540.62</v>
+        <v>547.21</v>
       </c>
       <c r="U65" t="n">
-        <v>546.14</v>
+        <v>553.16</v>
       </c>
       <c r="V65" t="n">
-        <v>555.78</v>
+        <v>562.89</v>
       </c>
       <c r="W65" t="n">
-        <v>568.09</v>
+        <v>575.58</v>
       </c>
       <c r="X65" t="n">
-        <v>574.5</v>
+        <v>582.48</v>
       </c>
       <c r="Y65" t="n">
-        <v>593.02</v>
+        <v>601.5599999999999</v>
       </c>
       <c r="Z65" t="n">
-        <v>586.76</v>
+        <v>595.9299999999999</v>
       </c>
       <c r="AA65" t="n">
-        <v>599.25</v>
+        <v>608.5</v>
       </c>
       <c r="AB65" t="n">
-        <v>596.74</v>
+        <v>606.28</v>
       </c>
       <c r="AC65" t="n">
-        <v>598.72</v>
+        <v>608.98</v>
       </c>
       <c r="AD65" t="n">
-        <v>603.7</v>
+        <v>614.39</v>
       </c>
       <c r="AE65" t="n">
-        <v>608.6</v>
+        <v>619.4</v>
       </c>
       <c r="AF65" t="n">
-        <v>610.67</v>
+        <v>621.76</v>
       </c>
       <c r="AG65" t="n">
-        <v>613.27</v>
+        <v>624.86</v>
       </c>
       <c r="AH65" t="n">
-        <v>620.54</v>
+        <v>632.49</v>
       </c>
       <c r="AI65" t="n">
-        <v>624.04</v>
+        <v>636.1799999999999</v>
       </c>
       <c r="AJ65" t="n">
-        <v>626.5599999999999</v>
+        <v>639</v>
       </c>
     </row>
     <row r="66">
-      <c r="A66" s="2" t="inlineStr">
+      <c r="A66" s="1" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="B66" t="n">
         <v>496.94</v>
       </c>
       <c r="C66" t="n">
         <v>442</v>
       </c>
       <c r="D66" t="n">
         <v>491.98</v>
       </c>
       <c r="E66" t="n">
         <v>494.96</v>
       </c>
       <c r="F66" t="n">
         <v>492.94</v>
       </c>
       <c r="G66" t="n">
         <v>522.95</v>
       </c>
       <c r="H66" t="n">
-        <v>519.89</v>
+        <v>520</v>
       </c>
       <c r="I66" t="n">
-        <v>494.73</v>
+        <v>497.22</v>
       </c>
       <c r="J66" t="n">
-        <v>511.13</v>
+        <v>514.29</v>
       </c>
       <c r="K66" t="n">
-        <v>520.42</v>
+        <v>522.45</v>
       </c>
       <c r="L66" t="n">
-        <v>491.58</v>
+        <v>494.02</v>
       </c>
       <c r="M66" t="n">
-        <v>478.4</v>
+        <v>481.98</v>
       </c>
       <c r="N66" t="n">
-        <v>543.47</v>
+        <v>547.84</v>
       </c>
       <c r="O66" t="n">
-        <v>525.36</v>
+        <v>529.48</v>
       </c>
       <c r="P66" t="n">
-        <v>506.27</v>
+        <v>511.49</v>
       </c>
       <c r="Q66" t="n">
-        <v>535.74</v>
+        <v>541.95</v>
       </c>
       <c r="R66" t="n">
-        <v>531.28</v>
+        <v>537.7</v>
       </c>
       <c r="S66" t="n">
-        <v>538.45</v>
+        <v>545.85</v>
       </c>
       <c r="T66" t="n">
-        <v>535.8</v>
+        <v>543.0700000000001</v>
       </c>
       <c r="U66" t="n">
-        <v>531.13</v>
+        <v>538.3</v>
       </c>
       <c r="V66" t="n">
-        <v>536.55</v>
+        <v>544.13</v>
       </c>
       <c r="W66" t="n">
-        <v>545.36</v>
+        <v>553.03</v>
       </c>
       <c r="X66" t="n">
-        <v>556.71</v>
+        <v>564.75</v>
       </c>
       <c r="Y66" t="n">
-        <v>562.89</v>
+        <v>571.39</v>
       </c>
       <c r="Z66" t="n">
-        <v>580.66</v>
+        <v>589.6799999999999</v>
       </c>
       <c r="AA66" t="n">
-        <v>575.25</v>
+        <v>584.87</v>
       </c>
       <c r="AB66" t="n">
-        <v>587.25</v>
+        <v>596.95</v>
       </c>
       <c r="AC66" t="n">
-        <v>585.5599999999999</v>
+        <v>595.55</v>
       </c>
       <c r="AD66" t="n">
-        <v>588.0599999999999</v>
+        <v>598.72</v>
       </c>
       <c r="AE66" t="n">
-        <v>592.86</v>
+        <v>603.9400000000001</v>
       </c>
       <c r="AF66" t="n">
-        <v>597.79</v>
+        <v>608.98</v>
       </c>
       <c r="AG66" t="n">
-        <v>599.98</v>
+        <v>611.4400000000001</v>
       </c>
       <c r="AH66" t="n">
-        <v>602.92</v>
+        <v>614.85</v>
       </c>
       <c r="AI66" t="n">
-        <v>610.16</v>
+        <v>622.42</v>
       </c>
       <c r="AJ66" t="n">
-        <v>613.89</v>
+        <v>626.34</v>
       </c>
     </row>
     <row r="67">
-      <c r="A67" s="2" t="inlineStr">
+      <c r="A67" s="1" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B67" t="n">
         <v>465.96</v>
       </c>
       <c r="C67" t="n">
         <v>486.92</v>
       </c>
       <c r="D67" t="n">
         <v>411</v>
       </c>
       <c r="E67" t="n">
         <v>474.98</v>
       </c>
       <c r="F67" t="n">
         <v>488.96</v>
       </c>
       <c r="G67" t="n">
         <v>477.45</v>
       </c>
       <c r="H67" t="n">
-        <v>504.74</v>
+        <v>504.89</v>
       </c>
       <c r="I67" t="n">
-        <v>504.51</v>
+        <v>505.91</v>
       </c>
       <c r="J67" t="n">
-        <v>483.46</v>
+        <v>487.33</v>
       </c>
       <c r="K67" t="n">
-        <v>497.58</v>
+        <v>501.12</v>
       </c>
       <c r="L67" t="n">
-        <v>506.48</v>
+        <v>508.81</v>
       </c>
       <c r="M67" t="n">
-        <v>481.11</v>
+        <v>483.94</v>
       </c>
       <c r="N67" t="n">
-        <v>467.39</v>
+        <v>471.28</v>
       </c>
       <c r="O67" t="n">
-        <v>526.33</v>
+        <v>530.96</v>
       </c>
       <c r="P67" t="n">
-        <v>510.16</v>
+        <v>514.6</v>
       </c>
       <c r="Q67" t="n">
-        <v>492.12</v>
+        <v>497.63</v>
       </c>
       <c r="R67" t="n">
-        <v>520.45</v>
+        <v>526.91</v>
       </c>
       <c r="S67" t="n">
-        <v>515.1900000000001</v>
+        <v>521.85</v>
       </c>
       <c r="T67" t="n">
-        <v>521.84</v>
+        <v>529.42</v>
       </c>
       <c r="U67" t="n">
-        <v>519.13</v>
+        <v>526.6</v>
       </c>
       <c r="V67" t="n">
-        <v>515.36</v>
+        <v>522.75</v>
       </c>
       <c r="W67" t="n">
-        <v>520.45</v>
+        <v>528.24</v>
       </c>
       <c r="X67" t="n">
-        <v>528.36</v>
+        <v>536.24</v>
       </c>
       <c r="Y67" t="n">
-        <v>538.4299999999999</v>
+        <v>546.67</v>
       </c>
       <c r="Z67" t="n">
-        <v>543.95</v>
+        <v>552.63</v>
       </c>
       <c r="AA67" t="n">
-        <v>560.65</v>
+        <v>569.8200000000001</v>
       </c>
       <c r="AB67" t="n">
-        <v>555.89</v>
+        <v>565.63</v>
       </c>
       <c r="AC67" t="n">
-        <v>567.22</v>
+        <v>577.05</v>
       </c>
       <c r="AD67" t="n">
-        <v>566.01</v>
+        <v>576.13</v>
       </c>
       <c r="AE67" t="n">
-        <v>568.73</v>
+        <v>579.47</v>
       </c>
       <c r="AF67" t="n">
-        <v>573.15</v>
+        <v>584.29</v>
       </c>
       <c r="AG67" t="n">
-        <v>577.85</v>
+        <v>589.1</v>
       </c>
       <c r="AH67" t="n">
-        <v>579.96</v>
+        <v>591.46</v>
       </c>
       <c r="AI67" t="n">
-        <v>582.9400000000001</v>
+        <v>594.89</v>
       </c>
       <c r="AJ67" t="n">
-        <v>589.85</v>
+        <v>602.12</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="2" t="inlineStr">
+      <c r="A68" s="1" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="B68" t="n">
         <v>406.96</v>
       </c>
       <c r="C68" t="n">
         <v>442.94</v>
       </c>
       <c r="D68" t="n">
         <v>468.94</v>
       </c>
       <c r="E68" t="n">
         <v>398</v>
       </c>
       <c r="F68" t="n">
         <v>472.98</v>
       </c>
       <c r="G68" t="n">
         <v>473.95</v>
       </c>
       <c r="H68" t="n">
-        <v>463.97</v>
+        <v>464.09</v>
       </c>
       <c r="I68" t="n">
-        <v>489.71</v>
+        <v>491.01</v>
       </c>
       <c r="J68" t="n">
-        <v>490.06</v>
+        <v>492.73</v>
       </c>
       <c r="K68" t="n">
-        <v>471.22</v>
+        <v>475.34</v>
       </c>
       <c r="L68" t="n">
-        <v>480.24</v>
+        <v>483.79</v>
       </c>
       <c r="M68" t="n">
-        <v>491.64</v>
+        <v>494.27</v>
       </c>
       <c r="N68" t="n">
-        <v>467.21</v>
+        <v>470.31</v>
       </c>
       <c r="O68" t="n">
-        <v>454.59</v>
+        <v>458.67</v>
       </c>
       <c r="P68" t="n">
-        <v>509.11</v>
+        <v>513.9</v>
       </c>
       <c r="Q68" t="n">
-        <v>495.27</v>
+        <v>499.92</v>
       </c>
       <c r="R68" t="n">
-        <v>478.9</v>
+        <v>484.55</v>
       </c>
       <c r="S68" t="n">
-        <v>504.2</v>
+        <v>510.74</v>
       </c>
       <c r="T68" t="n">
-        <v>499.48</v>
+        <v>506.23</v>
       </c>
       <c r="U68" t="n">
-        <v>506.14</v>
+        <v>513.74</v>
       </c>
       <c r="V68" t="n">
-        <v>503.58</v>
+        <v>511.11</v>
       </c>
       <c r="W68" t="n">
-        <v>500.57</v>
+        <v>508.05</v>
       </c>
       <c r="X68" t="n">
-        <v>505.03</v>
+        <v>512.9</v>
       </c>
       <c r="Y68" t="n">
-        <v>512.37</v>
+        <v>520.33</v>
       </c>
       <c r="Z68" t="n">
-        <v>522.15</v>
+        <v>530.45</v>
       </c>
       <c r="AA68" t="n">
-        <v>527.53</v>
+        <v>536.26</v>
       </c>
       <c r="AB68" t="n">
-        <v>542.8099999999999</v>
+        <v>552.01</v>
       </c>
       <c r="AC68" t="n">
-        <v>538.58</v>
+        <v>548.3200000000001</v>
       </c>
       <c r="AD68" t="n">
-        <v>549.0599999999999</v>
+        <v>558.9</v>
       </c>
       <c r="AE68" t="n">
-        <v>548.29</v>
+        <v>558.42</v>
       </c>
       <c r="AF68" t="n">
-        <v>551.16</v>
+        <v>561.89</v>
       </c>
       <c r="AG68" t="n">
-        <v>555.36</v>
+        <v>566.46</v>
       </c>
       <c r="AH68" t="n">
-        <v>559.88</v>
+        <v>571.1</v>
       </c>
       <c r="AI68" t="n">
-        <v>562.01</v>
+        <v>573.49</v>
       </c>
       <c r="AJ68" t="n">
-        <v>565</v>
+        <v>576.91</v>
       </c>
     </row>
     <row r="69">
-      <c r="A69" s="2" t="inlineStr">
+      <c r="A69" s="1" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="B69" t="n">
         <v>388.96</v>
       </c>
       <c r="C69" t="n">
         <v>391.96</v>
       </c>
       <c r="D69" t="n">
         <v>434.96</v>
       </c>
       <c r="E69" t="n">
         <v>464.94</v>
       </c>
       <c r="F69" t="n">
         <v>391</v>
       </c>
       <c r="G69" t="n">
         <v>464.14</v>
       </c>
       <c r="H69" t="n">
-        <v>463.99</v>
+        <v>464.15</v>
       </c>
       <c r="I69" t="n">
-        <v>455.83</v>
+        <v>457.13</v>
       </c>
       <c r="J69" t="n">
-        <v>480.02</v>
+        <v>482.63</v>
       </c>
       <c r="K69" t="n">
-        <v>479.67</v>
+        <v>482.73</v>
       </c>
       <c r="L69" t="n">
-        <v>460.33</v>
+        <v>464.38</v>
       </c>
       <c r="M69" t="n">
-        <v>471.23</v>
+        <v>475</v>
       </c>
       <c r="N69" t="n">
-        <v>481.79</v>
+        <v>484.72</v>
       </c>
       <c r="O69" t="n">
-        <v>458.81</v>
+        <v>462.18</v>
       </c>
       <c r="P69" t="n">
-        <v>447.84</v>
+        <v>452.14</v>
       </c>
       <c r="Q69" t="n">
-        <v>496.94</v>
+        <v>501.9</v>
       </c>
       <c r="R69" t="n">
-        <v>483.89</v>
+        <v>488.73</v>
       </c>
       <c r="S69" t="n">
-        <v>469.42</v>
+        <v>475.2</v>
       </c>
       <c r="T69" t="n">
-        <v>493.61</v>
+        <v>500.22</v>
       </c>
       <c r="U69" t="n">
-        <v>488.65</v>
+        <v>495.47</v>
       </c>
       <c r="V69" t="n">
-        <v>495.08</v>
+        <v>502.68</v>
       </c>
       <c r="W69" t="n">
-        <v>492.63</v>
+        <v>500.19</v>
       </c>
       <c r="X69" t="n">
-        <v>490.33</v>
+        <v>497.85</v>
       </c>
       <c r="Y69" t="n">
-        <v>494.59</v>
+        <v>502.47</v>
       </c>
       <c r="Z69" t="n">
-        <v>501.66</v>
+        <v>509.64</v>
       </c>
       <c r="AA69" t="n">
-        <v>510.57</v>
+        <v>518.87</v>
       </c>
       <c r="AB69" t="n">
-        <v>515.14</v>
+        <v>523.84</v>
       </c>
       <c r="AC69" t="n">
-        <v>529.8099999999999</v>
+        <v>538.96</v>
       </c>
       <c r="AD69" t="n">
-        <v>526.01</v>
+        <v>535.67</v>
       </c>
       <c r="AE69" t="n">
-        <v>536.21</v>
+        <v>545.98</v>
       </c>
       <c r="AF69" t="n">
-        <v>535.6900000000001</v>
+        <v>545.73</v>
       </c>
       <c r="AG69" t="n">
-        <v>538.64</v>
+        <v>549.24</v>
       </c>
       <c r="AH69" t="n">
-        <v>542.6799999999999</v>
+        <v>553.63</v>
       </c>
       <c r="AI69" t="n">
-        <v>547.0599999999999</v>
+        <v>558.13</v>
       </c>
       <c r="AJ69" t="n">
-        <v>549.24</v>
+        <v>560.55</v>
       </c>
     </row>
     <row r="70">
-      <c r="A70" s="2" t="inlineStr">
+      <c r="A70" s="1" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="B70" t="n">
         <v>387.98</v>
       </c>
       <c r="C70" t="n">
         <v>379.94</v>
       </c>
       <c r="D70" t="n">
         <v>384.96</v>
       </c>
       <c r="E70" t="n">
         <v>442.96</v>
       </c>
       <c r="F70" t="n">
         <v>458.94</v>
       </c>
       <c r="G70" t="n">
         <v>379.03</v>
       </c>
       <c r="H70" t="n">
-        <v>447.57</v>
+        <v>447.64</v>
       </c>
       <c r="I70" t="n">
-        <v>444.99</v>
+        <v>446.5</v>
       </c>
       <c r="J70" t="n">
-        <v>439.7</v>
+        <v>442.54</v>
       </c>
       <c r="K70" t="n">
-        <v>459.56</v>
+        <v>462.64</v>
       </c>
       <c r="L70" t="n">
-        <v>458.31</v>
+        <v>461.61</v>
       </c>
       <c r="M70" t="n">
-        <v>442.98</v>
+        <v>447.35</v>
       </c>
       <c r="N70" t="n">
-        <v>453.21</v>
+        <v>457.31</v>
       </c>
       <c r="O70" t="n">
-        <v>464.5</v>
+        <v>467.8</v>
       </c>
       <c r="P70" t="n">
-        <v>442.11</v>
+        <v>445.82</v>
       </c>
       <c r="Q70" t="n">
-        <v>432.73</v>
+        <v>437.31</v>
       </c>
       <c r="R70" t="n">
-        <v>477.42</v>
+        <v>482.64</v>
       </c>
       <c r="S70" t="n">
-        <v>464.28</v>
+        <v>469.39</v>
       </c>
       <c r="T70" t="n">
-        <v>451.82</v>
+        <v>457.82</v>
       </c>
       <c r="U70" t="n">
-        <v>475.9</v>
+        <v>482.68</v>
       </c>
       <c r="V70" t="n">
-        <v>470.35</v>
+        <v>477.32</v>
       </c>
       <c r="W70" t="n">
-        <v>476.94</v>
+        <v>484.63</v>
       </c>
       <c r="X70" t="n">
-        <v>474.54</v>
+        <v>482.21</v>
       </c>
       <c r="Y70" t="n">
-        <v>472.82</v>
+        <v>480.44</v>
       </c>
       <c r="Z70" t="n">
-        <v>477.18</v>
+        <v>485.14</v>
       </c>
       <c r="AA70" t="n">
-        <v>484.33</v>
+        <v>492.38</v>
       </c>
       <c r="AB70" t="n">
-        <v>492.42</v>
+        <v>500.77</v>
       </c>
       <c r="AC70" t="n">
-        <v>496.01</v>
+        <v>504.74</v>
       </c>
       <c r="AD70" t="n">
-        <v>510.62</v>
+        <v>519.77</v>
       </c>
       <c r="AE70" t="n">
-        <v>507.21</v>
+        <v>516.83</v>
       </c>
       <c r="AF70" t="n">
-        <v>517.59</v>
+        <v>527.3099999999999</v>
       </c>
       <c r="AG70" t="n">
-        <v>517.22</v>
+        <v>527.1799999999999</v>
       </c>
       <c r="AH70" t="n">
-        <v>520.3</v>
+        <v>530.8</v>
       </c>
       <c r="AI70" t="n">
-        <v>524.38</v>
+        <v>535.21</v>
       </c>
       <c r="AJ70" t="n">
-        <v>528.76</v>
+        <v>539.6900000000001</v>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="2" t="inlineStr">
+      <c r="A71" s="1" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="B71" t="n">
         <v>387.98</v>
       </c>
       <c r="C71" t="n">
         <v>367</v>
       </c>
       <c r="D71" t="n">
         <v>365.96</v>
       </c>
       <c r="E71" t="n">
         <v>384.96</v>
       </c>
       <c r="F71" t="n">
         <v>436.96</v>
       </c>
       <c r="G71" t="n">
         <v>435.26</v>
       </c>
       <c r="H71" t="n">
-        <v>363.73</v>
+        <v>363.78</v>
       </c>
       <c r="I71" t="n">
-        <v>429.41</v>
+        <v>429.65</v>
       </c>
       <c r="J71" t="n">
-        <v>425</v>
+        <v>426.64</v>
       </c>
       <c r="K71" t="n">
-        <v>419.92</v>
+        <v>422.78</v>
       </c>
       <c r="L71" t="n">
-        <v>434.92</v>
+        <v>437.86</v>
       </c>
       <c r="M71" t="n">
-        <v>436.42</v>
+        <v>439.69</v>
       </c>
       <c r="N71" t="n">
-        <v>422.51</v>
+        <v>426.81</v>
       </c>
       <c r="O71" t="n">
-        <v>432.79</v>
+        <v>436.85</v>
       </c>
       <c r="P71" t="n">
-        <v>444.03</v>
+        <v>447.34</v>
       </c>
       <c r="Q71" t="n">
-        <v>422.02</v>
+        <v>425.73</v>
       </c>
       <c r="R71" t="n">
-        <v>414.54</v>
+        <v>419.07</v>
       </c>
       <c r="S71" t="n">
-        <v>455.09</v>
+        <v>460.23</v>
       </c>
       <c r="T71" t="n">
-        <v>441.06</v>
+        <v>446.12</v>
       </c>
       <c r="U71" t="n">
-        <v>430.31</v>
+        <v>436.19</v>
       </c>
       <c r="V71" t="n">
-        <v>454.39</v>
+        <v>461.02</v>
       </c>
       <c r="W71" t="n">
-        <v>448.22</v>
+        <v>455.04</v>
       </c>
       <c r="X71" t="n">
-        <v>454.71</v>
+        <v>462.21</v>
       </c>
       <c r="Y71" t="n">
-        <v>452.14</v>
+        <v>459.63</v>
       </c>
       <c r="Z71" t="n">
-        <v>450.57</v>
+        <v>458.02</v>
       </c>
       <c r="AA71" t="n">
-        <v>455</v>
+        <v>462.78</v>
       </c>
       <c r="AB71" t="n">
-        <v>462</v>
+        <v>469.88</v>
       </c>
       <c r="AC71" t="n">
-        <v>469.04</v>
+        <v>477.19</v>
       </c>
       <c r="AD71" t="n">
-        <v>471.59</v>
+        <v>480.11</v>
       </c>
       <c r="AE71" t="n">
-        <v>486.01</v>
+        <v>494.93</v>
       </c>
       <c r="AF71" t="n">
-        <v>482.71</v>
+        <v>492.08</v>
       </c>
       <c r="AG71" t="n">
-        <v>493.02</v>
+        <v>502.49</v>
       </c>
       <c r="AH71" t="n">
-        <v>492.43</v>
+        <v>502.13</v>
       </c>
       <c r="AI71" t="n">
-        <v>495.3</v>
+        <v>505.51</v>
       </c>
       <c r="AJ71" t="n">
-        <v>499.28</v>
+        <v>509.8</v>
       </c>
     </row>
     <row r="72">
-      <c r="A72" s="2" t="inlineStr">
+      <c r="A72" s="1" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="B72" t="n">
         <v>369.96</v>
       </c>
       <c r="C72" t="n">
         <v>350.98</v>
       </c>
       <c r="D72" t="n">
         <v>347</v>
       </c>
       <c r="E72" t="n">
         <v>363.96</v>
       </c>
       <c r="F72" t="n">
         <v>384.96</v>
       </c>
       <c r="G72" t="n">
         <v>404.11</v>
       </c>
       <c r="H72" t="n">
-        <v>401.05</v>
+        <v>401.08</v>
       </c>
       <c r="I72" t="n">
-        <v>337.53</v>
+        <v>337.65</v>
       </c>
       <c r="J72" t="n">
-        <v>400.21</v>
+        <v>400.51</v>
       </c>
       <c r="K72" t="n">
-        <v>393.82</v>
+        <v>395.38</v>
       </c>
       <c r="L72" t="n">
-        <v>387.89</v>
+        <v>390.44</v>
       </c>
       <c r="M72" t="n">
-        <v>400.62</v>
+        <v>403.32</v>
       </c>
       <c r="N72" t="n">
-        <v>403.69</v>
+        <v>406.7</v>
       </c>
       <c r="O72" t="n">
-        <v>390.76</v>
+        <v>394.7</v>
       </c>
       <c r="P72" t="n">
-        <v>401.12</v>
+        <v>404.85</v>
       </c>
       <c r="Q72" t="n">
-        <v>411.25</v>
+        <v>414.3</v>
       </c>
       <c r="R72" t="n">
-        <v>390.05</v>
+        <v>393.46</v>
       </c>
       <c r="S72" t="n">
-        <v>384.19</v>
+        <v>388.35</v>
       </c>
       <c r="T72" t="n">
-        <v>420.97</v>
+        <v>425.68</v>
       </c>
       <c r="U72" t="n">
-        <v>406.89</v>
+        <v>411.52</v>
       </c>
       <c r="V72" t="n">
-        <v>396.95</v>
+        <v>402.33</v>
       </c>
       <c r="W72" t="n">
-        <v>420.09</v>
+        <v>426.13</v>
       </c>
       <c r="X72" t="n">
-        <v>414.16</v>
+        <v>420.38</v>
       </c>
       <c r="Y72" t="n">
-        <v>419.99</v>
+        <v>426.84</v>
       </c>
       <c r="Z72" t="n">
-        <v>417.47</v>
+        <v>424.31</v>
       </c>
       <c r="AA72" t="n">
-        <v>415.73</v>
+        <v>422.53</v>
       </c>
       <c r="AB72" t="n">
-        <v>419.92</v>
+        <v>427.01</v>
       </c>
       <c r="AC72" t="n">
-        <v>426.65</v>
+        <v>433.83</v>
       </c>
       <c r="AD72" t="n">
-        <v>432.7</v>
+        <v>440.12</v>
       </c>
       <c r="AE72" t="n">
-        <v>434.36</v>
+        <v>442.11</v>
       </c>
       <c r="AF72" t="n">
-        <v>448.1</v>
+        <v>456.22</v>
       </c>
       <c r="AG72" t="n">
-        <v>444.87</v>
+        <v>453.4</v>
       </c>
       <c r="AH72" t="n">
-        <v>454.62</v>
+        <v>463.23</v>
       </c>
       <c r="AI72" t="n">
-        <v>453.83</v>
+        <v>462.66</v>
       </c>
       <c r="AJ72" t="n">
-        <v>456.27</v>
+        <v>465.55</v>
       </c>
     </row>
     <row r="73">
-      <c r="A73" s="2" t="inlineStr">
+      <c r="A73" s="1" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="B73" t="n">
         <v>373.96</v>
       </c>
       <c r="C73" t="n">
         <v>349.96</v>
       </c>
       <c r="D73" t="n">
         <v>337.98</v>
       </c>
       <c r="E73" t="n">
         <v>334</v>
       </c>
       <c r="F73" t="n">
         <v>353.96</v>
       </c>
       <c r="G73" t="n">
         <v>354.85</v>
       </c>
       <c r="H73" t="n">
-        <v>374.99</v>
+        <v>375.04</v>
       </c>
       <c r="I73" t="n">
-        <v>370.83</v>
+        <v>371.52</v>
       </c>
       <c r="J73" t="n">
-        <v>316.79</v>
+        <v>317.68</v>
       </c>
       <c r="K73" t="n">
-        <v>374.48</v>
+        <v>375.07</v>
       </c>
       <c r="L73" t="n">
-        <v>365.75</v>
+        <v>367.35</v>
       </c>
       <c r="M73" t="n">
-        <v>361.67</v>
+        <v>364.25</v>
       </c>
       <c r="N73" t="n">
-        <v>372.11</v>
+        <v>374.84</v>
       </c>
       <c r="O73" t="n">
-        <v>377.03</v>
+        <v>380.04</v>
       </c>
       <c r="P73" t="n">
-        <v>364.76</v>
+        <v>368.61</v>
       </c>
       <c r="Q73" t="n">
-        <v>375.07</v>
+        <v>378.73</v>
       </c>
       <c r="R73" t="n">
-        <v>384.79</v>
+        <v>387.83</v>
       </c>
       <c r="S73" t="n">
-        <v>364.64</v>
+        <v>368.01</v>
       </c>
       <c r="T73" t="n">
-        <v>361.03</v>
+        <v>365.08</v>
       </c>
       <c r="U73" t="n">
+        <v>398.42</v>
+      </c>
+      <c r="V73" t="n">
+        <v>384.28</v>
+      </c>
+      <c r="W73" t="n">
+        <v>376.27</v>
+      </c>
+      <c r="X73" t="n">
+        <v>399.38</v>
+      </c>
+      <c r="Y73" t="n">
         <v>393.88</v>
       </c>
-      <c r="V73" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="Z73" t="n">
-        <v>393.3</v>
+        <v>399.79</v>
       </c>
       <c r="AA73" t="n">
-        <v>390.93</v>
+        <v>397.41</v>
       </c>
       <c r="AB73" t="n">
-        <v>389.39</v>
+        <v>395.85</v>
       </c>
       <c r="AC73" t="n">
-        <v>393.58</v>
+        <v>400.3</v>
       </c>
       <c r="AD73" t="n">
-        <v>399.97</v>
+        <v>406.77</v>
       </c>
       <c r="AE73" t="n">
-        <v>405.08</v>
+        <v>412.11</v>
       </c>
       <c r="AF73" t="n">
-        <v>406.22</v>
+        <v>413.55</v>
       </c>
       <c r="AG73" t="n">
-        <v>419.39</v>
+        <v>427.05</v>
       </c>
       <c r="AH73" t="n">
-        <v>416.44</v>
+        <v>424.47</v>
       </c>
       <c r="AI73" t="n">
-        <v>425.7</v>
+        <v>433.81</v>
       </c>
       <c r="AJ73" t="n">
-        <v>424.84</v>
+        <v>433.14</v>
       </c>
     </row>
     <row r="74">
-      <c r="A74" s="2" t="inlineStr">
+      <c r="A74" s="1" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="B74" t="n">
         <v>351.96</v>
       </c>
       <c r="C74" t="n">
         <v>333.98</v>
       </c>
       <c r="D74" t="n">
         <v>340.96</v>
       </c>
       <c r="E74" t="n">
         <v>328.98</v>
       </c>
       <c r="F74" t="n">
         <v>331</v>
       </c>
       <c r="G74" t="n">
         <v>311.3</v>
       </c>
       <c r="H74" t="n">
-        <v>315.28</v>
+        <v>315.31</v>
       </c>
       <c r="I74" t="n">
-        <v>334.94</v>
+        <v>335.04</v>
       </c>
       <c r="J74" t="n">
-        <v>331.64</v>
+        <v>332.33</v>
       </c>
       <c r="K74" t="n">
-        <v>284.31</v>
+        <v>285.18</v>
       </c>
       <c r="L74" t="n">
-        <v>335.43</v>
+        <v>335.88</v>
       </c>
       <c r="M74" t="n">
-        <v>327.18</v>
+        <v>328.65</v>
       </c>
       <c r="N74" t="n">
-        <v>324.12</v>
+        <v>326.49</v>
       </c>
       <c r="O74" t="n">
-        <v>332.54</v>
+        <v>335.05</v>
       </c>
       <c r="P74" t="n">
-        <v>338.54</v>
+        <v>341.31</v>
       </c>
       <c r="Q74" t="n">
-        <v>326.6</v>
+        <v>330.15</v>
       </c>
       <c r="R74" t="n">
-        <v>336.87</v>
+        <v>340.23</v>
       </c>
       <c r="S74" t="n">
-        <v>345.82</v>
+        <v>348.61</v>
       </c>
       <c r="T74" t="n">
-        <v>327.09</v>
+        <v>330.18</v>
       </c>
       <c r="U74" t="n">
-        <v>325.35</v>
+        <v>329.06</v>
       </c>
       <c r="V74" t="n">
-        <v>354.31</v>
+        <v>358.48</v>
       </c>
       <c r="W74" t="n">
-        <v>340.45</v>
+        <v>344.56</v>
       </c>
       <c r="X74" t="n">
-        <v>333.27</v>
+        <v>337.99</v>
       </c>
       <c r="Y74" t="n">
-        <v>354.53</v>
+        <v>359.8</v>
       </c>
       <c r="Z74" t="n">
-        <v>349.1</v>
+        <v>354.52</v>
       </c>
       <c r="AA74" t="n">
-        <v>353.99</v>
+        <v>359.93</v>
       </c>
       <c r="AB74" t="n">
-        <v>351.6</v>
+        <v>357.52</v>
       </c>
       <c r="AC74" t="n">
-        <v>350.27</v>
+        <v>356.17</v>
       </c>
       <c r="AD74" t="n">
-        <v>354.41</v>
+        <v>360.54</v>
       </c>
       <c r="AE74" t="n">
-        <v>360.31</v>
+        <v>366.51</v>
       </c>
       <c r="AF74" t="n">
-        <v>364.4</v>
+        <v>370.81</v>
       </c>
       <c r="AG74" t="n">
-        <v>365.21</v>
+        <v>371.88</v>
       </c>
       <c r="AH74" t="n">
-        <v>377.24</v>
+        <v>384.22</v>
       </c>
       <c r="AI74" t="n">
-        <v>374.79</v>
+        <v>382.1</v>
       </c>
       <c r="AJ74" t="n">
-        <v>383.3</v>
+        <v>390.68</v>
       </c>
     </row>
     <row r="75">
-      <c r="A75" s="2" t="inlineStr">
+      <c r="A75" s="1" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="B75" t="n">
         <v>338.96</v>
       </c>
       <c r="C75" t="n">
         <v>313.96</v>
       </c>
       <c r="D75" t="n">
         <v>310.98</v>
       </c>
       <c r="E75" t="n">
         <v>339.98</v>
       </c>
       <c r="F75" t="n">
         <v>325.98</v>
       </c>
       <c r="G75" t="n">
         <v>307.05</v>
       </c>
       <c r="H75" t="n">
-        <v>291.9</v>
+        <v>291.97</v>
       </c>
       <c r="I75" t="n">
-        <v>297.98</v>
+        <v>298.16</v>
       </c>
       <c r="J75" t="n">
-        <v>317.59</v>
+        <v>317.88</v>
       </c>
       <c r="K75" t="n">
-        <v>313.97</v>
+        <v>314.77</v>
       </c>
       <c r="L75" t="n">
-        <v>271.48</v>
+        <v>272.33</v>
       </c>
       <c r="M75" t="n">
-        <v>319.27</v>
+        <v>319.82</v>
       </c>
       <c r="N75" t="n">
-        <v>311.28</v>
+        <v>312.77</v>
       </c>
       <c r="O75" t="n">
-        <v>308.78</v>
+        <v>311.11</v>
       </c>
       <c r="P75" t="n">
-        <v>315.88</v>
+        <v>318.35</v>
       </c>
       <c r="Q75" t="n">
-        <v>322.69</v>
+        <v>325.4</v>
       </c>
       <c r="R75" t="n">
-        <v>311.32</v>
+        <v>314.75</v>
       </c>
       <c r="S75" t="n">
-        <v>321.43</v>
+        <v>324.7</v>
       </c>
       <c r="T75" t="n">
-        <v>329.91</v>
+        <v>332.67</v>
       </c>
       <c r="U75" t="n">
-        <v>312.42</v>
+        <v>315.46</v>
       </c>
       <c r="V75" t="n">
-        <v>312</v>
+        <v>315.62</v>
       </c>
       <c r="W75" t="n">
-        <v>337.88</v>
+        <v>341.92</v>
       </c>
       <c r="X75" t="n">
-        <v>324.53</v>
+        <v>328.52</v>
       </c>
       <c r="Y75" t="n">
-        <v>318.42</v>
+        <v>322.98</v>
       </c>
       <c r="Z75" t="n">
-        <v>338.92</v>
+        <v>343.99</v>
       </c>
       <c r="AA75" t="n">
-        <v>333.83</v>
+        <v>339.04</v>
       </c>
       <c r="AB75" t="n">
-        <v>338.36</v>
+        <v>344.06</v>
       </c>
       <c r="AC75" t="n">
-        <v>336.01</v>
+        <v>341.7</v>
       </c>
       <c r="AD75" t="n">
-        <v>334.85</v>
+        <v>340.52</v>
       </c>
       <c r="AE75" t="n">
-        <v>339.05</v>
+        <v>344.95</v>
       </c>
       <c r="AF75" t="n">
-        <v>344.48</v>
+        <v>350.44</v>
       </c>
       <c r="AG75" t="n">
-        <v>347.83</v>
+        <v>353.99</v>
       </c>
       <c r="AH75" t="n">
-        <v>348.48</v>
+        <v>354.9</v>
       </c>
       <c r="AI75" t="n">
-        <v>359.62</v>
+        <v>366.31</v>
       </c>
       <c r="AJ75" t="n">
-        <v>357.64</v>
+        <v>364.65</v>
       </c>
     </row>
     <row r="76">
-      <c r="A76" s="2" t="inlineStr">
+      <c r="A76" s="1" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="B76" t="n">
         <v>305</v>
       </c>
       <c r="C76" t="n">
         <v>328.96</v>
       </c>
       <c r="D76" t="n">
         <v>288.98</v>
       </c>
       <c r="E76" t="n">
         <v>298.98</v>
       </c>
       <c r="F76" t="n">
         <v>337.98</v>
       </c>
       <c r="G76" t="n">
         <v>304.33</v>
       </c>
       <c r="H76" t="n">
-        <v>285.17</v>
+        <v>285.18</v>
       </c>
       <c r="I76" t="n">
-        <v>270.85</v>
+        <v>270.94</v>
       </c>
       <c r="J76" t="n">
-        <v>277.25</v>
+        <v>277.44</v>
       </c>
       <c r="K76" t="n">
-        <v>296.37</v>
+        <v>296.66</v>
       </c>
       <c r="L76" t="n">
-        <v>292.25</v>
+        <v>293.01</v>
       </c>
       <c r="M76" t="n">
-        <v>252.92</v>
+        <v>253.74</v>
       </c>
       <c r="N76" t="n">
-        <v>296.89</v>
+        <v>297.42</v>
       </c>
       <c r="O76" t="n">
-        <v>289.09</v>
+        <v>290.47</v>
       </c>
       <c r="P76" t="n">
-        <v>286.64</v>
+        <v>288.8</v>
       </c>
       <c r="Q76" t="n">
-        <v>292.76</v>
+        <v>295.06</v>
       </c>
       <c r="R76" t="n">
-        <v>299.9</v>
+        <v>302.43</v>
       </c>
       <c r="S76" t="n">
-        <v>288.73</v>
+        <v>291.92</v>
       </c>
       <c r="T76" t="n">
-        <v>298.52</v>
+        <v>301.55</v>
       </c>
       <c r="U76" t="n">
-        <v>305.79</v>
+        <v>308.35</v>
       </c>
       <c r="V76" t="n">
-        <v>289.72</v>
+        <v>292.55</v>
       </c>
       <c r="W76" t="n">
-        <v>290.09</v>
+        <v>293.45</v>
       </c>
       <c r="X76" t="n">
-        <v>313.52</v>
+        <v>317.26</v>
       </c>
       <c r="Y76" t="n">
-        <v>300.67</v>
+        <v>304.38</v>
       </c>
       <c r="Z76" t="n">
-        <v>295.61</v>
+        <v>299.84</v>
       </c>
       <c r="AA76" t="n">
-        <v>314.22</v>
+        <v>318.92</v>
       </c>
       <c r="AB76" t="n">
-        <v>309.51</v>
+        <v>314.34</v>
       </c>
       <c r="AC76" t="n">
-        <v>313.75</v>
+        <v>319.03</v>
       </c>
       <c r="AD76" t="n">
-        <v>311.31</v>
+        <v>316.59</v>
       </c>
       <c r="AE76" t="n">
-        <v>310.25</v>
+        <v>315.52</v>
       </c>
       <c r="AF76" t="n">
-        <v>314.13</v>
+        <v>319.6</v>
       </c>
       <c r="AG76" t="n">
-        <v>319.2</v>
+        <v>324.74</v>
       </c>
       <c r="AH76" t="n">
-        <v>322.06</v>
+        <v>327.79</v>
       </c>
       <c r="AI76" t="n">
-        <v>322.56</v>
+        <v>328.53</v>
       </c>
       <c r="AJ76" t="n">
-        <v>332.68</v>
+        <v>338.91</v>
       </c>
     </row>
     <row r="77">
-      <c r="A77" s="2" t="inlineStr">
+      <c r="A77" s="1" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="B77" t="n">
         <v>263</v>
       </c>
       <c r="C77" t="n">
         <v>288</v>
       </c>
       <c r="D77" t="n">
         <v>335.96</v>
       </c>
       <c r="E77" t="n">
         <v>281.98</v>
       </c>
       <c r="F77" t="n">
         <v>281.98</v>
       </c>
       <c r="G77" t="n">
         <v>322.93</v>
       </c>
       <c r="H77" t="n">
-        <v>293.89</v>
+        <v>293.94</v>
       </c>
       <c r="I77" t="n">
-        <v>274.46</v>
+        <v>275.18</v>
       </c>
       <c r="J77" t="n">
-        <v>263.05</v>
+        <v>263.98</v>
       </c>
       <c r="K77" t="n">
-        <v>269.32</v>
+        <v>269.88</v>
       </c>
       <c r="L77" t="n">
-        <v>286.71</v>
+        <v>287.22</v>
       </c>
       <c r="M77" t="n">
-        <v>283.79</v>
+        <v>284.82</v>
       </c>
       <c r="N77" t="n">
-        <v>247.56</v>
+        <v>248.64</v>
       </c>
       <c r="O77" t="n">
-        <v>287.57</v>
+        <v>288.42</v>
       </c>
       <c r="P77" t="n">
-        <v>280.54</v>
+        <v>282.14</v>
       </c>
       <c r="Q77" t="n">
-        <v>277.84</v>
+        <v>280.14</v>
       </c>
       <c r="R77" t="n">
-        <v>283.2</v>
+        <v>285.64</v>
       </c>
       <c r="S77" t="n">
-        <v>291.08</v>
+        <v>293.73</v>
       </c>
       <c r="T77" t="n">
-        <v>280.09</v>
+        <v>283.33</v>
       </c>
       <c r="U77" t="n">
-        <v>289.51</v>
+        <v>292.63</v>
       </c>
       <c r="V77" t="n">
-        <v>295.78</v>
+        <v>298.51</v>
       </c>
       <c r="W77" t="n">
-        <v>281.08</v>
+        <v>284.05</v>
       </c>
       <c r="X77" t="n">
-        <v>282.54</v>
+        <v>285.99</v>
       </c>
       <c r="Y77" t="n">
-        <v>303.6</v>
+        <v>307.41</v>
       </c>
       <c r="Z77" t="n">
-        <v>291.45</v>
+        <v>295.24</v>
       </c>
       <c r="AA77" t="n">
-        <v>287.5</v>
+        <v>291.77</v>
       </c>
       <c r="AB77" t="n">
-        <v>304.29</v>
+        <v>308.97</v>
       </c>
       <c r="AC77" t="n">
-        <v>300.1</v>
+        <v>304.93</v>
       </c>
       <c r="AD77" t="n">
-        <v>304.08</v>
+        <v>309.32</v>
       </c>
       <c r="AE77" t="n">
-        <v>301.67</v>
+        <v>306.92</v>
       </c>
       <c r="AF77" t="n">
-        <v>300.92</v>
+        <v>306.18</v>
       </c>
       <c r="AG77" t="n">
-        <v>304.53</v>
+        <v>309.99</v>
       </c>
       <c r="AH77" t="n">
-        <v>309.37</v>
+        <v>314.91</v>
       </c>
       <c r="AI77" t="n">
-        <v>311.9</v>
+        <v>317.63</v>
       </c>
       <c r="AJ77" t="n">
-        <v>312.41</v>
+        <v>318.36</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="2" t="inlineStr">
+      <c r="A78" s="1" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="B78" t="n">
         <v>248.98</v>
       </c>
       <c r="C78" t="n">
         <v>249</v>
       </c>
       <c r="D78" t="n">
         <v>270</v>
       </c>
       <c r="E78" t="n">
         <v>320.96</v>
       </c>
       <c r="F78" t="n">
         <v>264.98</v>
       </c>
       <c r="G78" t="n">
         <v>262.52</v>
       </c>
       <c r="H78" t="n">
-        <v>300.32</v>
+        <v>300.33</v>
       </c>
       <c r="I78" t="n">
-        <v>273.99</v>
+        <v>274.86</v>
       </c>
       <c r="J78" t="n">
-        <v>255.7</v>
+        <v>257.3</v>
       </c>
       <c r="K78" t="n">
-        <v>245.58</v>
+        <v>246.72</v>
       </c>
       <c r="L78" t="n">
-        <v>251.42</v>
+        <v>252.23</v>
       </c>
       <c r="M78" t="n">
-        <v>268.19</v>
+        <v>268.94</v>
       </c>
       <c r="N78" t="n">
-        <v>265.4</v>
+        <v>266.6</v>
       </c>
       <c r="O78" t="n">
-        <v>231.94</v>
+        <v>233.17</v>
       </c>
       <c r="P78" t="n">
-        <v>268.39</v>
+        <v>269.42</v>
       </c>
       <c r="Q78" t="n">
-        <v>261.97</v>
+        <v>263.67</v>
       </c>
       <c r="R78" t="n">
-        <v>259.17</v>
+        <v>261.48</v>
       </c>
       <c r="S78" t="n">
-        <v>264.01</v>
+        <v>266.45</v>
       </c>
       <c r="T78" t="n">
-        <v>272.09</v>
+        <v>274.73</v>
       </c>
       <c r="U78" t="n">
-        <v>261.66</v>
+        <v>264.8</v>
       </c>
       <c r="V78" t="n">
-        <v>270.65</v>
+        <v>273.68</v>
       </c>
       <c r="W78" t="n">
-        <v>275.99</v>
+        <v>278.69</v>
       </c>
       <c r="X78" t="n">
-        <v>262.74</v>
+        <v>265.65</v>
       </c>
       <c r="Y78" t="n">
-        <v>264.74</v>
+        <v>268.08</v>
       </c>
       <c r="Z78" t="n">
-        <v>283.84</v>
+        <v>287.49</v>
       </c>
       <c r="AA78" t="n">
-        <v>272.59</v>
+        <v>276.23</v>
       </c>
       <c r="AB78" t="n">
-        <v>269.32</v>
+        <v>273.38</v>
       </c>
       <c r="AC78" t="n">
-        <v>284.34</v>
+        <v>288.77</v>
       </c>
       <c r="AD78" t="n">
-        <v>280.76</v>
+        <v>285.31</v>
       </c>
       <c r="AE78" t="n">
-        <v>284.41</v>
+        <v>289.34</v>
       </c>
       <c r="AF78" t="n">
-        <v>282.29</v>
+        <v>287.22</v>
       </c>
       <c r="AG78" t="n">
-        <v>281.73</v>
+        <v>286.68</v>
       </c>
       <c r="AH78" t="n">
-        <v>285.03</v>
+        <v>290.16</v>
       </c>
       <c r="AI78" t="n">
-        <v>289.65</v>
+        <v>294.85</v>
       </c>
       <c r="AJ78" t="n">
-        <v>292.02</v>
+        <v>297.39</v>
       </c>
     </row>
     <row r="79">
-      <c r="A79" s="2" t="inlineStr">
+      <c r="A79" s="1" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="B79" t="n">
         <v>192</v>
       </c>
       <c r="C79" t="n">
         <v>234</v>
       </c>
       <c r="D79" t="n">
         <v>249</v>
       </c>
       <c r="E79" t="n">
         <v>266</v>
       </c>
       <c r="F79" t="n">
         <v>308.96</v>
       </c>
       <c r="G79" t="n">
         <v>250.76</v>
       </c>
       <c r="H79" t="n">
-        <v>249.12</v>
+        <v>249.14</v>
       </c>
       <c r="I79" t="n">
-        <v>284.8</v>
+        <v>284.84</v>
       </c>
       <c r="J79" t="n">
-        <v>259.83</v>
+        <v>260.66</v>
       </c>
       <c r="K79" t="n">
-        <v>242.34</v>
+        <v>243.83</v>
       </c>
       <c r="L79" t="n">
-        <v>233.09</v>
+        <v>234.17</v>
       </c>
       <c r="M79" t="n">
-        <v>238.48</v>
+        <v>239.27</v>
       </c>
       <c r="N79" t="n">
-        <v>254.69</v>
+        <v>255.42</v>
       </c>
       <c r="O79" t="n">
-        <v>252.1</v>
+        <v>253.25</v>
       </c>
       <c r="P79" t="n">
-        <v>220.55</v>
+        <v>221.74</v>
       </c>
       <c r="Q79" t="n">
-        <v>254.73</v>
+        <v>255.73</v>
       </c>
       <c r="R79" t="n">
-        <v>248.4</v>
+        <v>250</v>
       </c>
       <c r="S79" t="n">
-        <v>245.52</v>
+        <v>247.7</v>
       </c>
       <c r="T79" t="n">
-        <v>249.69</v>
+        <v>251.98</v>
       </c>
       <c r="U79" t="n">
-        <v>257.68</v>
+        <v>260.16</v>
       </c>
       <c r="V79" t="n">
-        <v>247.63</v>
+        <v>250.56</v>
       </c>
       <c r="W79" t="n">
-        <v>256.15</v>
+        <v>259</v>
       </c>
       <c r="X79" t="n">
-        <v>260.86</v>
+        <v>263.42</v>
       </c>
       <c r="Y79" t="n">
-        <v>248.37</v>
+        <v>251.12</v>
       </c>
       <c r="Z79" t="n">
-        <v>250.56</v>
+        <v>253.69</v>
       </c>
       <c r="AA79" t="n">
-        <v>268.17</v>
+        <v>271.61</v>
       </c>
       <c r="AB79" t="n">
-        <v>257.33</v>
+        <v>260.75</v>
       </c>
       <c r="AC79" t="n">
-        <v>254.48</v>
+        <v>258.29</v>
       </c>
       <c r="AD79" t="n">
-        <v>268.26</v>
+        <v>272.41</v>
       </c>
       <c r="AE79" t="n">
-        <v>264.87</v>
+        <v>269.13</v>
       </c>
       <c r="AF79" t="n">
-        <v>268.23</v>
+        <v>272.85</v>
       </c>
       <c r="AG79" t="n">
-        <v>266.11</v>
+        <v>270.74</v>
       </c>
       <c r="AH79" t="n">
-        <v>265.6</v>
+        <v>270.24</v>
       </c>
       <c r="AI79" t="n">
-        <v>268.58</v>
+        <v>273.4</v>
       </c>
       <c r="AJ79" t="n">
-        <v>272.96</v>
+        <v>277.85</v>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="2" t="inlineStr">
+      <c r="A80" s="1" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="B80" t="n">
         <v>222</v>
       </c>
       <c r="C80" t="n">
         <v>181</v>
       </c>
       <c r="D80" t="n">
         <v>216</v>
       </c>
       <c r="E80" t="n">
         <v>241</v>
       </c>
       <c r="F80" t="n">
         <v>253</v>
       </c>
       <c r="G80" t="n">
         <v>284.69</v>
       </c>
       <c r="H80" t="n">
         <v>231.51</v>
       </c>
       <c r="I80" t="n">
-        <v>230.38</v>
+        <v>230.4</v>
       </c>
       <c r="J80" t="n">
-        <v>264.1</v>
+        <v>264.14</v>
       </c>
       <c r="K80" t="n">
-        <v>240.53</v>
+        <v>241.27</v>
       </c>
       <c r="L80" t="n">
-        <v>223.97</v>
+        <v>225.3</v>
       </c>
       <c r="M80" t="n">
-        <v>215.43</v>
+        <v>216.39</v>
       </c>
       <c r="N80" t="n">
-        <v>220.38</v>
+        <v>221.09</v>
       </c>
       <c r="O80" t="n">
-        <v>235.86</v>
+        <v>236.51</v>
       </c>
       <c r="P80" t="n">
-        <v>233.36</v>
+        <v>234.39</v>
       </c>
       <c r="Q80" t="n">
-        <v>203.72</v>
+        <v>204.78</v>
       </c>
       <c r="R80" t="n">
-        <v>235.59</v>
+        <v>236.49</v>
       </c>
       <c r="S80" t="n">
-        <v>229.5</v>
+        <v>230.94</v>
       </c>
       <c r="T80" t="n">
-        <v>226.58</v>
+        <v>228.52</v>
       </c>
       <c r="U80" t="n">
-        <v>230.24</v>
+        <v>232.3</v>
       </c>
       <c r="V80" t="n">
-        <v>238.04</v>
+        <v>240.27</v>
       </c>
       <c r="W80" t="n">
-        <v>228.4</v>
+        <v>231.04</v>
       </c>
       <c r="X80" t="n">
-        <v>236.42</v>
+        <v>238.98</v>
       </c>
       <c r="Y80" t="n">
-        <v>240.55</v>
+        <v>242.85</v>
       </c>
       <c r="Z80" t="n">
-        <v>228.89</v>
+        <v>231.37</v>
       </c>
       <c r="AA80" t="n">
-        <v>231.13</v>
+        <v>233.96</v>
       </c>
       <c r="AB80" t="n">
-        <v>247.34</v>
+        <v>250.43</v>
       </c>
       <c r="AC80" t="n">
-        <v>237.03</v>
+        <v>240.11</v>
       </c>
       <c r="AD80" t="n">
-        <v>234.45</v>
+        <v>237.88</v>
       </c>
       <c r="AE80" t="n">
-        <v>247.04</v>
+        <v>250.78</v>
       </c>
       <c r="AF80" t="n">
-        <v>243.91</v>
+        <v>247.76</v>
       </c>
       <c r="AG80" t="n">
-        <v>246.93</v>
+        <v>251.1</v>
       </c>
       <c r="AH80" t="n">
-        <v>244.89</v>
+        <v>249.06</v>
       </c>
       <c r="AI80" t="n">
-        <v>244.37</v>
+        <v>248.56</v>
       </c>
       <c r="AJ80" t="n">
-        <v>247.05</v>
+        <v>251.4</v>
       </c>
     </row>
     <row r="81">
-      <c r="A81" s="2" t="inlineStr">
+      <c r="A81" s="1" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="B81" t="n">
         <v>223.98</v>
       </c>
       <c r="C81" t="n">
         <v>209</v>
       </c>
       <c r="D81" t="n">
         <v>172</v>
       </c>
       <c r="E81" t="n">
         <v>207</v>
       </c>
       <c r="F81" t="n">
         <v>227</v>
       </c>
       <c r="G81" t="n">
         <v>232.2</v>
       </c>
       <c r="H81" t="n">
         <v>261.83</v>
       </c>
       <c r="I81" t="n">
         <v>213.14</v>
       </c>
       <c r="J81" t="n">
-        <v>212.61</v>
+        <v>212.62</v>
       </c>
       <c r="K81" t="n">
-        <v>243.42</v>
+        <v>243.45</v>
       </c>
       <c r="L81" t="n">
-        <v>221.62</v>
+        <v>222.31</v>
       </c>
       <c r="M81" t="n">
-        <v>206.09</v>
+        <v>207.33</v>
       </c>
       <c r="N81" t="n">
-        <v>198.82</v>
+        <v>199.72</v>
       </c>
       <c r="O81" t="n">
-        <v>203.41</v>
+        <v>204.07</v>
       </c>
       <c r="P81" t="n">
-        <v>217.81</v>
+        <v>218.41</v>
       </c>
       <c r="Q81" t="n">
-        <v>215.87</v>
+        <v>216.83</v>
       </c>
       <c r="R81" t="n">
-        <v>188.16</v>
+        <v>189.15</v>
       </c>
       <c r="S81" t="n">
-        <v>217.66</v>
+        <v>218.48</v>
       </c>
       <c r="T81" t="n">
-        <v>211.89</v>
+        <v>213.22</v>
       </c>
       <c r="U81" t="n">
-        <v>209.14</v>
+        <v>210.95</v>
       </c>
       <c r="V81" t="n">
-        <v>212.33</v>
+        <v>214.25</v>
       </c>
       <c r="W81" t="n">
-        <v>219.87</v>
+        <v>221.94</v>
       </c>
       <c r="X81" t="n">
-        <v>210.63</v>
+        <v>213.08</v>
       </c>
       <c r="Y81" t="n">
-        <v>218.26</v>
+        <v>220.63</v>
       </c>
       <c r="Z81" t="n">
-        <v>221.92</v>
+        <v>224.05</v>
       </c>
       <c r="AA81" t="n">
-        <v>211.02</v>
+        <v>213.32</v>
       </c>
       <c r="AB81" t="n">
-        <v>213.39</v>
+        <v>216.01</v>
       </c>
       <c r="AC81" t="n">
-        <v>228.4</v>
+        <v>231.26</v>
       </c>
       <c r="AD81" t="n">
-        <v>218.69</v>
+        <v>221.55</v>
       </c>
       <c r="AE81" t="n">
-        <v>216.4</v>
+        <v>219.58</v>
       </c>
       <c r="AF81" t="n">
-        <v>227.94</v>
+        <v>231.42</v>
       </c>
       <c r="AG81" t="n">
-        <v>225.05</v>
+        <v>228.62</v>
       </c>
       <c r="AH81" t="n">
-        <v>227.81</v>
+        <v>231.69</v>
       </c>
       <c r="AI81" t="n">
-        <v>225.89</v>
+        <v>229.76</v>
       </c>
       <c r="AJ81" t="n">
-        <v>225.43</v>
+        <v>229.32</v>
       </c>
     </row>
     <row r="82">
-      <c r="A82" s="2" t="inlineStr">
+      <c r="A82" s="1" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B82" t="n">
         <v>181.98</v>
       </c>
       <c r="C82" t="n">
         <v>210.98</v>
       </c>
       <c r="D82" t="n">
         <v>201</v>
       </c>
       <c r="E82" t="n">
         <v>157</v>
       </c>
       <c r="F82" t="n">
         <v>204</v>
       </c>
       <c r="G82" t="n">
         <v>221.49</v>
       </c>
       <c r="H82" t="n">
-        <v>226.78</v>
+        <v>226.85</v>
       </c>
       <c r="I82" t="n">
-        <v>253.42</v>
+        <v>253.6</v>
       </c>
       <c r="J82" t="n">
-        <v>209.81</v>
+        <v>210.03</v>
       </c>
       <c r="K82" t="n">
-        <v>209.53</v>
+        <v>209.64</v>
       </c>
       <c r="L82" t="n">
-        <v>236.95</v>
+        <v>237.07</v>
       </c>
       <c r="M82" t="n">
-        <v>218.12</v>
+        <v>218.89</v>
       </c>
       <c r="N82" t="n">
-        <v>202.77</v>
+        <v>204.05</v>
       </c>
       <c r="O82" t="n">
-        <v>196.49</v>
+        <v>197.45</v>
       </c>
       <c r="P82" t="n">
-        <v>200.87</v>
+        <v>201.62</v>
       </c>
       <c r="Q82" t="n">
-        <v>213.22</v>
+        <v>213.94</v>
       </c>
       <c r="R82" t="n">
-        <v>211.91</v>
+        <v>212.97</v>
       </c>
       <c r="S82" t="n">
-        <v>186.75</v>
+        <v>187.85</v>
       </c>
       <c r="T82" t="n">
-        <v>213.25</v>
+        <v>214.21</v>
       </c>
       <c r="U82" t="n">
-        <v>208.29</v>
+        <v>209.74</v>
       </c>
       <c r="V82" t="n">
-        <v>205.84</v>
+        <v>207.74</v>
       </c>
       <c r="W82" t="n">
-        <v>208.67</v>
+        <v>210.67</v>
       </c>
       <c r="X82" t="n">
-        <v>215.52</v>
+        <v>217.67</v>
       </c>
       <c r="Y82" t="n">
-        <v>206.98</v>
+        <v>209.5</v>
       </c>
       <c r="Z82" t="n">
-        <v>213.99</v>
+        <v>216.44</v>
       </c>
       <c r="AA82" t="n">
+        <v>219.6</v>
+      </c>
+      <c r="AB82" t="n">
+        <v>209.86</v>
+      </c>
+      <c r="AC82" t="n">
+        <v>212.47</v>
+      </c>
+      <c r="AD82" t="n">
+        <v>226.19</v>
+      </c>
+      <c r="AE82" t="n">
         <v>217.37</v>
       </c>
-      <c r="AB82" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="AF82" t="n">
-        <v>212.6</v>
+        <v>215.86</v>
       </c>
       <c r="AG82" t="n">
-        <v>223.16</v>
+        <v>226.7</v>
       </c>
       <c r="AH82" t="n">
-        <v>220.45</v>
+        <v>224.08</v>
       </c>
       <c r="AI82" t="n">
-        <v>223.03</v>
+        <v>226.95</v>
       </c>
       <c r="AJ82" t="n">
-        <v>221.14</v>
+        <v>225.07</v>
       </c>
     </row>
     <row r="83">
-      <c r="A83" s="2" t="inlineStr">
+      <c r="A83" s="1" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="B83" t="n">
         <v>182</v>
       </c>
       <c r="C83" t="n">
         <v>170</v>
       </c>
       <c r="D83" t="n">
         <v>202.98</v>
       </c>
       <c r="E83" t="n">
         <v>192</v>
       </c>
       <c r="F83" t="n">
         <v>147</v>
       </c>
       <c r="G83" t="n">
         <v>190.37</v>
       </c>
       <c r="H83" t="n">
-        <v>207.09</v>
+        <v>207.13</v>
       </c>
       <c r="I83" t="n">
-        <v>213.25</v>
+        <v>213.51</v>
       </c>
       <c r="J83" t="n">
-        <v>237.72</v>
+        <v>238.12</v>
       </c>
       <c r="K83" t="n">
-        <v>198.62</v>
+        <v>198.89</v>
       </c>
       <c r="L83" t="n">
-        <v>198.52</v>
+        <v>198.66</v>
       </c>
       <c r="M83" t="n">
-        <v>225.08</v>
+        <v>225.26</v>
       </c>
       <c r="N83" t="n">
-        <v>205.02</v>
+        <v>205.78</v>
       </c>
       <c r="O83" t="n">
-        <v>190.85</v>
+        <v>192.08</v>
       </c>
       <c r="P83" t="n">
-        <v>185.66</v>
+        <v>186.63</v>
       </c>
       <c r="Q83" t="n">
-        <v>188.91</v>
+        <v>189.72</v>
       </c>
       <c r="R83" t="n">
-        <v>199.81</v>
+        <v>200.58</v>
       </c>
       <c r="S83" t="n">
-        <v>199.45</v>
+        <v>200.55</v>
       </c>
       <c r="T83" t="n">
-        <v>175.89</v>
+        <v>177.03</v>
       </c>
       <c r="U83" t="n">
-        <v>199.72</v>
+        <v>200.73</v>
       </c>
       <c r="V83" t="n">
-        <v>195.21</v>
+        <v>196.68</v>
       </c>
       <c r="W83" t="n">
-        <v>192.75</v>
+        <v>194.63</v>
       </c>
       <c r="X83" t="n">
-        <v>194.98</v>
+        <v>196.96</v>
       </c>
       <c r="Y83" t="n">
-        <v>201.33</v>
+        <v>203.46</v>
       </c>
       <c r="Z83" t="n">
-        <v>193.09</v>
+        <v>195.56</v>
       </c>
       <c r="AA83" t="n">
-        <v>199.44</v>
+        <v>201.86</v>
       </c>
       <c r="AB83" t="n">
-        <v>202.36</v>
+        <v>204.59</v>
       </c>
       <c r="AC83" t="n">
-        <v>193.14</v>
+        <v>195.53</v>
       </c>
       <c r="AD83" t="n">
-        <v>195.47</v>
+        <v>198.15</v>
       </c>
       <c r="AE83" t="n">
-        <v>207.42</v>
+        <v>210.32</v>
       </c>
       <c r="AF83" t="n">
-        <v>199.07</v>
+        <v>201.98</v>
       </c>
       <c r="AG83" t="n">
-        <v>197.77</v>
+        <v>200.97</v>
       </c>
       <c r="AH83" t="n">
-        <v>207.08</v>
+        <v>210.54</v>
       </c>
       <c r="AI83" t="n">
-        <v>204.38</v>
+        <v>207.94</v>
       </c>
       <c r="AJ83" t="n">
-        <v>206.69</v>
+        <v>210.51</v>
       </c>
     </row>
     <row r="84">
-      <c r="A84" s="2" t="inlineStr">
+      <c r="A84" s="1" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="B84" t="n">
         <v>149.96</v>
       </c>
       <c r="C84" t="n">
         <v>172</v>
       </c>
       <c r="D84" t="n">
         <v>151</v>
       </c>
       <c r="E84" t="n">
         <v>192.98</v>
       </c>
       <c r="F84" t="n">
         <v>174</v>
       </c>
       <c r="G84" t="n">
         <v>131.58</v>
       </c>
       <c r="H84" t="n">
         <v>170.29</v>
       </c>
       <c r="I84" t="n">
-        <v>186.93</v>
+        <v>186.97</v>
       </c>
       <c r="J84" t="n">
-        <v>192.9</v>
+        <v>193.13</v>
       </c>
       <c r="K84" t="n">
-        <v>214.17</v>
+        <v>214.52</v>
       </c>
       <c r="L84" t="n">
-        <v>179.73</v>
+        <v>179.96</v>
       </c>
       <c r="M84" t="n">
-        <v>180.02</v>
+        <v>180.16</v>
       </c>
       <c r="N84" t="n">
-        <v>204.79</v>
+        <v>204.95</v>
       </c>
       <c r="O84" t="n">
-        <v>186</v>
+        <v>186.7</v>
       </c>
       <c r="P84" t="n">
-        <v>172.93</v>
+        <v>174.05</v>
       </c>
       <c r="Q84" t="n">
-        <v>168.2</v>
+        <v>169.07</v>
       </c>
       <c r="R84" t="n">
-        <v>171</v>
+        <v>171.72</v>
       </c>
       <c r="S84" t="n">
-        <v>180.82</v>
+        <v>181.52</v>
       </c>
       <c r="T84" t="n">
-        <v>180.81</v>
+        <v>181.81</v>
       </c>
       <c r="U84" t="n">
-        <v>159.36</v>
+        <v>160.39</v>
       </c>
       <c r="V84" t="n">
-        <v>181.1</v>
+        <v>182.01</v>
       </c>
       <c r="W84" t="n">
-        <v>177.09</v>
+        <v>178.41</v>
       </c>
       <c r="X84" t="n">
-        <v>174.69</v>
+        <v>176.39</v>
       </c>
       <c r="Y84" t="n">
-        <v>176.4</v>
+        <v>178.19</v>
       </c>
       <c r="Z84" t="n">
-        <v>182.34</v>
+        <v>184.26</v>
       </c>
       <c r="AA84" t="n">
-        <v>174.71</v>
+        <v>176.93</v>
       </c>
       <c r="AB84" t="n">
-        <v>180.54</v>
+        <v>182.72</v>
       </c>
       <c r="AC84" t="n">
-        <v>183.16</v>
+        <v>185.17</v>
       </c>
       <c r="AD84" t="n">
-        <v>174.58</v>
+        <v>176.74</v>
       </c>
       <c r="AE84" t="n">
-        <v>176.88</v>
+        <v>179.29</v>
       </c>
       <c r="AF84" t="n">
-        <v>187.63</v>
+        <v>190.24</v>
       </c>
       <c r="AG84" t="n">
-        <v>179.91</v>
+        <v>182.53</v>
       </c>
       <c r="AH84" t="n">
-        <v>178.94</v>
+        <v>181.83</v>
       </c>
       <c r="AI84" t="n">
-        <v>187.42</v>
+        <v>190.54</v>
       </c>
       <c r="AJ84" t="n">
-        <v>184.85</v>
+        <v>188.06</v>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="2" t="inlineStr">
+      <c r="A85" s="1" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="B85" t="n">
         <v>162.98</v>
       </c>
       <c r="C85" t="n">
         <v>136</v>
       </c>
       <c r="D85" t="n">
         <v>156</v>
       </c>
       <c r="E85" t="n">
         <v>145</v>
       </c>
       <c r="F85" t="n">
         <v>182.98</v>
       </c>
       <c r="G85" t="n">
         <v>174.52</v>
       </c>
       <c r="H85" t="n">
-        <v>138.32</v>
+        <v>138.43</v>
       </c>
       <c r="I85" t="n">
-        <v>174.63</v>
+        <v>174.87</v>
       </c>
       <c r="J85" t="n">
-        <v>190.33</v>
+        <v>190.65</v>
       </c>
       <c r="K85" t="n">
-        <v>195.39</v>
+        <v>195.76</v>
       </c>
       <c r="L85" t="n">
-        <v>213.5</v>
+        <v>213.8</v>
       </c>
       <c r="M85" t="n">
-        <v>184.42</v>
+        <v>184.74</v>
       </c>
       <c r="N85" t="n">
-        <v>183.83</v>
+        <v>184.07</v>
       </c>
       <c r="O85" t="n">
-        <v>206.57</v>
+        <v>206.84</v>
       </c>
       <c r="P85" t="n">
-        <v>188.85</v>
+        <v>189.62</v>
       </c>
       <c r="Q85" t="n">
-        <v>176.97</v>
+        <v>178.14</v>
       </c>
       <c r="R85" t="n">
-        <v>173.09</v>
+        <v>174.05</v>
       </c>
       <c r="S85" t="n">
-        <v>175.7</v>
+        <v>176.53</v>
       </c>
       <c r="T85" t="n">
-        <v>184.79</v>
+        <v>185.6</v>
       </c>
       <c r="U85" t="n">
-        <v>185.4</v>
+        <v>186.5</v>
       </c>
       <c r="V85" t="n">
-        <v>165.38</v>
+        <v>166.51</v>
       </c>
       <c r="W85" t="n">
-        <v>185.63</v>
+        <v>186.66</v>
       </c>
       <c r="X85" t="n">
-        <v>182.03</v>
+        <v>183.44</v>
       </c>
       <c r="Y85" t="n">
-        <v>179.6</v>
+        <v>181.36</v>
       </c>
       <c r="Z85" t="n">
-        <v>180.98</v>
+        <v>182.83</v>
       </c>
       <c r="AA85" t="n">
-        <v>186.7</v>
+        <v>188.67</v>
       </c>
       <c r="AB85" t="n">
-        <v>179.47</v>
+        <v>181.72</v>
       </c>
       <c r="AC85" t="n">
-        <v>184.89</v>
+        <v>187.12</v>
       </c>
       <c r="AD85" t="n">
-        <v>187.45</v>
+        <v>189.54</v>
       </c>
       <c r="AE85" t="n">
-        <v>179.28</v>
+        <v>181.5</v>
       </c>
       <c r="AF85" t="n">
-        <v>181.63</v>
+        <v>184.09</v>
       </c>
       <c r="AG85" t="n">
-        <v>191.38</v>
+        <v>194.03</v>
       </c>
       <c r="AH85" t="n">
-        <v>183.99</v>
+        <v>186.65</v>
       </c>
       <c r="AI85" t="n">
-        <v>183.38</v>
+        <v>186.29</v>
       </c>
       <c r="AJ85" t="n">
-        <v>191.37</v>
+        <v>194.5</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="2" t="inlineStr">
+      <c r="A86" s="1" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="B86" t="n">
         <v>136.98</v>
       </c>
       <c r="C86" t="n">
         <v>151</v>
       </c>
       <c r="D86" t="n">
         <v>129</v>
       </c>
       <c r="E86" t="n">
         <v>151</v>
       </c>
       <c r="F86" t="n">
         <v>138</v>
       </c>
       <c r="G86" t="n">
         <v>159.1</v>
       </c>
       <c r="H86" t="n">
         <v>151.18</v>
       </c>
       <c r="I86" t="n">
-        <v>120.46</v>
+        <v>120.55</v>
       </c>
       <c r="J86" t="n">
-        <v>152.28</v>
+        <v>152.49</v>
       </c>
       <c r="K86" t="n">
-        <v>165.62</v>
+        <v>165.9</v>
       </c>
       <c r="L86" t="n">
-        <v>170.27</v>
+        <v>170.59</v>
       </c>
       <c r="M86" t="n">
-        <v>186.09</v>
+        <v>186.36</v>
       </c>
       <c r="N86" t="n">
-        <v>161.06</v>
+        <v>161.34</v>
       </c>
       <c r="O86" t="n">
-        <v>160.44</v>
+        <v>160.65</v>
       </c>
       <c r="P86" t="n">
-        <v>181.11</v>
+        <v>181.34</v>
       </c>
       <c r="Q86" t="n">
-        <v>164.75</v>
+        <v>165.42</v>
       </c>
       <c r="R86" t="n">
-        <v>154.93</v>
+        <v>155.95</v>
       </c>
       <c r="S86" t="n">
-        <v>151.13</v>
+        <v>151.96</v>
       </c>
       <c r="T86" t="n">
-        <v>153.34</v>
+        <v>154.06</v>
       </c>
       <c r="U86" t="n">
-        <v>161.45</v>
+        <v>162.16</v>
       </c>
       <c r="V86" t="n">
-        <v>161.89</v>
+        <v>162.83</v>
       </c>
       <c r="W86" t="n">
-        <v>144.46</v>
+        <v>145.44</v>
       </c>
       <c r="X86" t="n">
-        <v>162.68</v>
+        <v>163.57</v>
       </c>
       <c r="Y86" t="n">
-        <v>159.29</v>
+        <v>160.51</v>
       </c>
       <c r="Z86" t="n">
-        <v>157.17</v>
+        <v>158.7</v>
       </c>
       <c r="AA86" t="n">
-        <v>158.14</v>
+        <v>159.74</v>
       </c>
       <c r="AB86" t="n">
-        <v>163.12</v>
+        <v>164.83</v>
       </c>
       <c r="AC86" t="n">
-        <v>156.89</v>
+        <v>158.85</v>
       </c>
       <c r="AD86" t="n">
-        <v>161.67</v>
+        <v>163.6</v>
       </c>
       <c r="AE86" t="n">
-        <v>163.96</v>
+        <v>165.76</v>
       </c>
       <c r="AF86" t="n">
-        <v>156.69</v>
+        <v>158.61</v>
       </c>
       <c r="AG86" t="n">
-        <v>158.68</v>
+        <v>160.81</v>
       </c>
       <c r="AH86" t="n">
-        <v>167.17</v>
+        <v>169.47</v>
       </c>
       <c r="AI86" t="n">
-        <v>160.55</v>
+        <v>162.86</v>
       </c>
       <c r="AJ86" t="n">
-        <v>160.08</v>
+        <v>162.6</v>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="2" t="inlineStr">
+      <c r="A87" s="1" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="B87" t="n">
         <v>791.98</v>
       </c>
       <c r="C87" t="n">
         <v>784.98</v>
       </c>
       <c r="D87" t="n">
         <v>835.96</v>
       </c>
       <c r="E87" t="n">
         <v>848.96</v>
       </c>
       <c r="F87" t="n">
         <v>850.96</v>
       </c>
       <c r="G87" t="n">
         <v>878.38</v>
       </c>
       <c r="H87" t="n">
-        <v>922.13</v>
+        <v>922.24</v>
       </c>
       <c r="I87" t="n">
-        <v>954.7</v>
+        <v>955.12</v>
       </c>
       <c r="J87" t="n">
-        <v>957.37</v>
+        <v>958.2</v>
       </c>
       <c r="K87" t="n">
-        <v>987.3099999999999</v>
+        <v>988.35</v>
       </c>
       <c r="L87" t="n">
-        <v>1025.01</v>
+        <v>1026.25</v>
       </c>
       <c r="M87" t="n">
-        <v>1063.99</v>
+        <v>1065.48</v>
       </c>
       <c r="N87" t="n">
-        <v>1108.79</v>
+        <v>1110.45</v>
       </c>
       <c r="O87" t="n">
-        <v>1126.5</v>
+        <v>1128.31</v>
       </c>
       <c r="P87" t="n">
-        <v>1141.72</v>
+        <v>1143.64</v>
       </c>
       <c r="Q87" t="n">
-        <v>1172.75</v>
+        <v>1174.81</v>
       </c>
       <c r="R87" t="n">
-        <v>1185.64</v>
+        <v>1188.19</v>
       </c>
       <c r="S87" t="n">
-        <v>1188.17</v>
+        <v>1191.42</v>
       </c>
       <c r="T87" t="n">
-        <v>1187.05</v>
+        <v>1190.73</v>
       </c>
       <c r="U87" t="n">
-        <v>1187.86</v>
+        <v>1191.81</v>
       </c>
       <c r="V87" t="n">
-        <v>1195.51</v>
+        <v>1199.71</v>
       </c>
       <c r="W87" t="n">
-        <v>1202.44</v>
+        <v>1207.07</v>
       </c>
       <c r="X87" t="n">
-        <v>1193.06</v>
+        <v>1198.08</v>
       </c>
       <c r="Y87" t="n">
-        <v>1200.34</v>
+        <v>1205.64</v>
       </c>
       <c r="Z87" t="n">
-        <v>1203.61</v>
+        <v>1209.43</v>
       </c>
       <c r="AA87" t="n">
-        <v>1204.17</v>
+        <v>1210.69</v>
       </c>
       <c r="AB87" t="n">
-        <v>1205.23</v>
+        <v>1212.41</v>
       </c>
       <c r="AC87" t="n">
-        <v>1210.41</v>
+        <v>1218.23</v>
       </c>
       <c r="AD87" t="n">
-        <v>1209.3</v>
+        <v>1217.87</v>
       </c>
       <c r="AE87" t="n">
-        <v>1212.22</v>
+        <v>1221.41</v>
       </c>
       <c r="AF87" t="n">
-        <v>1216.45</v>
+        <v>1226.05</v>
       </c>
       <c r="AG87" t="n">
-        <v>1213.54</v>
+        <v>1223.62</v>
       </c>
       <c r="AH87" t="n">
-        <v>1212.56</v>
+        <v>1223.22</v>
       </c>
       <c r="AI87" t="n">
-        <v>1218.81</v>
+        <v>1230.11</v>
       </c>
       <c r="AJ87" t="n">
-        <v>1218.29</v>
+        <v>1230.14</v>
       </c>
     </row>
     <row r="88">
-      <c r="A88" s="2" t="inlineStr">
+      <c r="A88" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B88" t="n">
         <v>46750.38</v>
       </c>
       <c r="C88" t="n">
         <v>45317.28</v>
       </c>
       <c r="D88" t="n">
         <v>45086.3</v>
       </c>
       <c r="E88" t="n">
         <v>46147.16</v>
       </c>
       <c r="F88" t="n">
         <v>47067.28</v>
       </c>
       <c r="G88" t="n">
-        <v>47402.74</v>
+        <v>47402.44</v>
       </c>
       <c r="H88" t="n">
-        <v>47767.22</v>
+        <v>47792.78</v>
       </c>
       <c r="I88" t="n">
-        <v>48310.58</v>
+        <v>48652.93</v>
       </c>
       <c r="J88" t="n">
-        <v>49184.32</v>
+        <v>49844.41</v>
       </c>
       <c r="K88" t="n">
-        <v>49930.15</v>
+        <v>50616.18</v>
       </c>
       <c r="L88" t="n">
-        <v>50240.58</v>
+        <v>50909.8</v>
       </c>
       <c r="M88" t="n">
-        <v>51104.77</v>
+        <v>51796</v>
       </c>
       <c r="N88" t="n">
-        <v>51402.57</v>
+        <v>52116.46</v>
       </c>
       <c r="O88" t="n">
-        <v>51796.53</v>
+        <v>52532.71</v>
       </c>
       <c r="P88" t="n">
-        <v>52234.89</v>
+        <v>52999.04</v>
       </c>
       <c r="Q88" t="n">
-        <v>52552.63</v>
+        <v>53348.61</v>
       </c>
       <c r="R88" t="n">
-        <v>52867.26</v>
+        <v>53695.48</v>
       </c>
       <c r="S88" t="n">
-        <v>53179.82</v>
+        <v>54040.33</v>
       </c>
       <c r="T88" t="n">
-        <v>53494.83</v>
+        <v>54387.33</v>
       </c>
       <c r="U88" t="n">
-        <v>53813.01</v>
+        <v>54737.34</v>
       </c>
       <c r="V88" t="n">
-        <v>54129.92</v>
+        <v>55086.24</v>
       </c>
       <c r="W88" t="n">
-        <v>54446.73</v>
+        <v>55435.1</v>
       </c>
       <c r="X88" t="n">
-        <v>54765.97</v>
+        <v>55786.27</v>
       </c>
       <c r="Y88" t="n">
-        <v>55086.45</v>
+        <v>56138.47</v>
       </c>
       <c r="Z88" t="n">
-        <v>55408.98</v>
+        <v>56492.56</v>
       </c>
       <c r="AA88" t="n">
-        <v>55731.69</v>
+        <v>56846.77</v>
       </c>
       <c r="AB88" t="n">
-        <v>56053.6</v>
+        <v>57200.14</v>
       </c>
       <c r="AC88" t="n">
-        <v>56375.73</v>
+        <v>57553.69</v>
       </c>
       <c r="AD88" t="n">
-        <v>56698.28</v>
+        <v>57907.55</v>
       </c>
       <c r="AE88" t="n">
-        <v>57021.26</v>
+        <v>58261.76</v>
       </c>
       <c r="AF88" t="n">
-        <v>57345.16</v>
+        <v>58616.86</v>
       </c>
       <c r="AG88" t="n">
-        <v>57669.47</v>
+        <v>58972.35</v>
       </c>
       <c r="AH88" t="n">
-        <v>57993.45</v>
+        <v>59327.48</v>
       </c>
       <c r="AI88" t="n">
-        <v>58317.61</v>
+        <v>59682.78</v>
       </c>
       <c r="AJ88" t="n">
-        <v>58641.85</v>
+        <v>60038.12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
     <ignoredError sqref="A2:A88" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>