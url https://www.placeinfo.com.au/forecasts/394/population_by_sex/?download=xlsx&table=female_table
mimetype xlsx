--- v0 (2026-01-21)
+++ v1 (2026-03-23)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,9902 +420,9902 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AJ88"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>age</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2020</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2021</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2022</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2023</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2024</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2025</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2026</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2027</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2028</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2029</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2030</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2031</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2032</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2033</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2034</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2035</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2036</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2037</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2038</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2039</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2040</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2041</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2042</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2043</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2044</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2045</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2046</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2047</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2048</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2049</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2050</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2051</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2052</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2053</v>
       </c>
-      <c r="AJ1" s="1" t="n">
+      <c r="AJ1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>559.96</v>
       </c>
       <c r="C2" t="n">
         <v>551.9400000000001</v>
       </c>
       <c r="D2" t="n">
         <v>565.96</v>
       </c>
       <c r="E2" t="n">
         <v>467.94</v>
       </c>
       <c r="F2" t="n">
         <v>592.98</v>
       </c>
       <c r="G2" t="n">
-        <v>636.13</v>
+        <v>636.12</v>
       </c>
       <c r="H2" t="n">
-        <v>642.96</v>
+        <v>643.3200000000001</v>
       </c>
       <c r="I2" t="n">
-        <v>651.21</v>
+        <v>657.61</v>
       </c>
       <c r="J2" t="n">
-        <v>666.5700000000001</v>
+        <v>680.5700000000001</v>
       </c>
       <c r="K2" t="n">
-        <v>680.5</v>
+        <v>696.27</v>
       </c>
       <c r="L2" t="n">
-        <v>684.45</v>
+        <v>698.85</v>
       </c>
       <c r="M2" t="n">
-        <v>695.33</v>
+        <v>708.86</v>
       </c>
       <c r="N2" t="n">
-        <v>703.74</v>
+        <v>716.8</v>
       </c>
       <c r="O2" t="n">
-        <v>704.7</v>
+        <v>717.42</v>
       </c>
       <c r="P2" t="n">
-        <v>708.38</v>
+        <v>720.97</v>
       </c>
       <c r="Q2" t="n">
-        <v>711.17</v>
+        <v>723.89</v>
       </c>
       <c r="R2" t="n">
-        <v>712.72</v>
+        <v>725.7</v>
       </c>
       <c r="S2" t="n">
-        <v>714.8200000000001</v>
+        <v>728.1</v>
       </c>
       <c r="T2" t="n">
-        <v>717.47</v>
+        <v>731.09</v>
       </c>
       <c r="U2" t="n">
-        <v>720.45</v>
+        <v>734.42</v>
       </c>
       <c r="V2" t="n">
-        <v>723.53</v>
+        <v>737.86</v>
       </c>
       <c r="W2" t="n">
-        <v>726.8200000000001</v>
+        <v>741.54</v>
       </c>
       <c r="X2" t="n">
-        <v>730.3200000000001</v>
+        <v>745.4400000000001</v>
       </c>
       <c r="Y2" t="n">
-        <v>733.9400000000001</v>
+        <v>749.45</v>
       </c>
       <c r="Z2" t="n">
-        <v>737.72</v>
+        <v>753.63</v>
       </c>
       <c r="AA2" t="n">
-        <v>741.59</v>
+        <v>757.91</v>
       </c>
       <c r="AB2" t="n">
-        <v>745.5700000000001</v>
+        <v>762.3</v>
       </c>
       <c r="AC2" t="n">
-        <v>749.61</v>
+        <v>766.74</v>
       </c>
       <c r="AD2" t="n">
-        <v>753.64</v>
+        <v>771.1900000000001</v>
       </c>
       <c r="AE2" t="n">
-        <v>757.73</v>
+        <v>775.6900000000001</v>
       </c>
       <c r="AF2" t="n">
-        <v>761.84</v>
+        <v>780.21</v>
       </c>
       <c r="AG2" t="n">
-        <v>765.96</v>
+        <v>784.73</v>
       </c>
       <c r="AH2" t="n">
-        <v>770.1</v>
+        <v>789.27</v>
       </c>
       <c r="AI2" t="n">
-        <v>774.22</v>
+        <v>793.8</v>
       </c>
       <c r="AJ2" t="n">
-        <v>778.34</v>
+        <v>798.3200000000001</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>598.9400000000001</v>
       </c>
       <c r="C3" t="n">
         <v>562.92</v>
       </c>
       <c r="D3" t="n">
         <v>525.9400000000001</v>
       </c>
       <c r="E3" t="n">
         <v>552.96</v>
       </c>
       <c r="F3" t="n">
         <v>476.94</v>
       </c>
       <c r="G3" t="n">
-        <v>644.75</v>
+        <v>644.74</v>
       </c>
       <c r="H3" t="n">
-        <v>683.7</v>
+        <v>684.1</v>
       </c>
       <c r="I3" t="n">
-        <v>693.16</v>
+        <v>698.97</v>
       </c>
       <c r="J3" t="n">
-        <v>706.67</v>
+        <v>718.08</v>
       </c>
       <c r="K3" t="n">
-        <v>720.17</v>
+        <v>733.17</v>
       </c>
       <c r="L3" t="n">
-        <v>728.49</v>
+        <v>742.36</v>
       </c>
       <c r="M3" t="n">
-        <v>741.11</v>
+        <v>754.28</v>
       </c>
       <c r="N3" t="n">
-        <v>741.7</v>
+        <v>754.23</v>
       </c>
       <c r="O3" t="n">
-        <v>750.64</v>
+        <v>762.83</v>
       </c>
       <c r="P3" t="n">
-        <v>752.42</v>
+        <v>764.49</v>
       </c>
       <c r="Q3" t="n">
-        <v>753.6799999999999</v>
+        <v>765.8</v>
       </c>
       <c r="R3" t="n">
-        <v>756.0599999999999</v>
+        <v>768.39</v>
       </c>
       <c r="S3" t="n">
-        <v>757.51</v>
+        <v>770.15</v>
       </c>
       <c r="T3" t="n">
-        <v>759.46</v>
+        <v>772.45</v>
       </c>
       <c r="U3" t="n">
-        <v>761.92</v>
+        <v>775.27</v>
       </c>
       <c r="V3" t="n">
-        <v>764.71</v>
+        <v>778.42</v>
       </c>
       <c r="W3" t="n">
-        <v>767.5599999999999</v>
+        <v>781.66</v>
       </c>
       <c r="X3" t="n">
-        <v>770.63</v>
+        <v>785.13</v>
       </c>
       <c r="Y3" t="n">
-        <v>773.92</v>
+        <v>788.8200000000001</v>
       </c>
       <c r="Z3" t="n">
-        <v>777.33</v>
+        <v>792.63</v>
       </c>
       <c r="AA3" t="n">
-        <v>780.87</v>
+        <v>796.58</v>
       </c>
       <c r="AB3" t="n">
-        <v>784.54</v>
+        <v>800.66</v>
       </c>
       <c r="AC3" t="n">
-        <v>788.27</v>
+        <v>804.8</v>
       </c>
       <c r="AD3" t="n">
-        <v>792.05</v>
+        <v>808.99</v>
       </c>
       <c r="AE3" t="n">
-        <v>795.83</v>
+        <v>813.1900000000001</v>
       </c>
       <c r="AF3" t="n">
-        <v>799.67</v>
+        <v>817.4400000000001</v>
       </c>
       <c r="AG3" t="n">
-        <v>803.52</v>
+        <v>821.6900000000001</v>
       </c>
       <c r="AH3" t="n">
-        <v>807.38</v>
+        <v>825.96</v>
       </c>
       <c r="AI3" t="n">
-        <v>811.24</v>
+        <v>830.22</v>
       </c>
       <c r="AJ3" t="n">
-        <v>815.0700000000001</v>
+        <v>834.47</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>624.96</v>
       </c>
       <c r="C4" t="n">
         <v>607.9400000000001</v>
       </c>
       <c r="D4" t="n">
         <v>549.9400000000001</v>
       </c>
       <c r="E4" t="n">
         <v>531.9400000000001</v>
       </c>
       <c r="F4" t="n">
         <v>566.96</v>
       </c>
       <c r="G4" t="n">
         <v>491.16</v>
       </c>
       <c r="H4" t="n">
-        <v>625.39</v>
+        <v>625.86</v>
       </c>
       <c r="I4" t="n">
-        <v>662.17</v>
+        <v>667.3099999999999</v>
       </c>
       <c r="J4" t="n">
-        <v>677.5599999999999</v>
+        <v>687.8099999999999</v>
       </c>
       <c r="K4" t="n">
-        <v>687.98</v>
+        <v>699.21</v>
       </c>
       <c r="L4" t="n">
-        <v>690.85</v>
+        <v>702.36</v>
       </c>
       <c r="M4" t="n">
-        <v>709.11</v>
+        <v>722</v>
       </c>
       <c r="N4" t="n">
-        <v>713.26</v>
+        <v>725.61</v>
       </c>
       <c r="O4" t="n">
-        <v>715.4299999999999</v>
+        <v>727.29</v>
       </c>
       <c r="P4" t="n">
-        <v>723.9299999999999</v>
+        <v>735.64</v>
       </c>
       <c r="Q4" t="n">
-        <v>724.05</v>
+        <v>735.79</v>
       </c>
       <c r="R4" t="n">
-        <v>725.1799999999999</v>
+        <v>737.04</v>
       </c>
       <c r="S4" t="n">
-        <v>727.37</v>
+        <v>739.48</v>
       </c>
       <c r="T4" t="n">
-        <v>728.8</v>
+        <v>741.24</v>
       </c>
       <c r="U4" t="n">
-        <v>730.65</v>
+        <v>743.45</v>
       </c>
       <c r="V4" t="n">
-        <v>732.95</v>
+        <v>746.12</v>
       </c>
       <c r="W4" t="n">
-        <v>735.53</v>
+        <v>749.0700000000001</v>
       </c>
       <c r="X4" t="n">
-        <v>738.1900000000001</v>
+        <v>752.12</v>
       </c>
       <c r="Y4" t="n">
-        <v>741.05</v>
+        <v>755.37</v>
       </c>
       <c r="Z4" t="n">
-        <v>744.13</v>
+        <v>758.84</v>
       </c>
       <c r="AA4" t="n">
-        <v>747.3099999999999</v>
+        <v>762.42</v>
       </c>
       <c r="AB4" t="n">
-        <v>750.62</v>
+        <v>766.14</v>
       </c>
       <c r="AC4" t="n">
-        <v>754.02</v>
+        <v>769.9400000000001</v>
       </c>
       <c r="AD4" t="n">
-        <v>757.48</v>
+        <v>773.8099999999999</v>
       </c>
       <c r="AE4" t="n">
-        <v>760.99</v>
+        <v>777.72</v>
       </c>
       <c r="AF4" t="n">
-        <v>764.51</v>
+        <v>781.64</v>
       </c>
       <c r="AG4" t="n">
-        <v>768.0599999999999</v>
+        <v>785.6</v>
       </c>
       <c r="AH4" t="n">
-        <v>771.64</v>
+        <v>789.58</v>
       </c>
       <c r="AI4" t="n">
-        <v>775.21</v>
+        <v>793.5599999999999</v>
       </c>
       <c r="AJ4" t="n">
-        <v>778.78</v>
+        <v>797.53</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>607</v>
       </c>
       <c r="C5" t="n">
         <v>556</v>
       </c>
       <c r="D5" t="n">
         <v>578.9400000000001</v>
       </c>
       <c r="E5" t="n">
         <v>559.9400000000001</v>
       </c>
       <c r="F5" t="n">
         <v>524.9400000000001</v>
       </c>
       <c r="G5" t="n">
         <v>555.04</v>
       </c>
       <c r="H5" t="n">
-        <v>494.62</v>
+        <v>494.88</v>
       </c>
       <c r="I5" t="n">
-        <v>601.87</v>
+        <v>608.59</v>
       </c>
       <c r="J5" t="n">
-        <v>637.53</v>
+        <v>649.1799999999999</v>
       </c>
       <c r="K5" t="n">
-        <v>650.39</v>
+        <v>661.24</v>
       </c>
       <c r="L5" t="n">
-        <v>655.87</v>
+        <v>666.97</v>
       </c>
       <c r="M5" t="n">
-        <v>666.21</v>
+        <v>677.87</v>
       </c>
       <c r="N5" t="n">
-        <v>676.95</v>
+        <v>689.6799999999999</v>
       </c>
       <c r="O5" t="n">
-        <v>682.49</v>
+        <v>694.78</v>
       </c>
       <c r="P5" t="n">
-        <v>685.83</v>
+        <v>697.79</v>
       </c>
       <c r="Q5" t="n">
-        <v>692.76</v>
+        <v>704.67</v>
       </c>
       <c r="R5" t="n">
-        <v>693.64</v>
+        <v>705.6</v>
       </c>
       <c r="S5" t="n">
-        <v>695.4</v>
+        <v>707.5</v>
       </c>
       <c r="T5" t="n">
-        <v>698.0700000000001</v>
+        <v>710.42</v>
       </c>
       <c r="U5" t="n">
-        <v>700.12</v>
+        <v>712.79</v>
       </c>
       <c r="V5" t="n">
-        <v>702.52</v>
+        <v>715.53</v>
       </c>
       <c r="W5" t="n">
-        <v>705.29</v>
+        <v>718.64</v>
       </c>
       <c r="X5" t="n">
-        <v>708.3099999999999</v>
+        <v>722</v>
       </c>
       <c r="Y5" t="n">
-        <v>711.42</v>
+        <v>725.48</v>
       </c>
       <c r="Z5" t="n">
-        <v>714.72</v>
+        <v>729.14</v>
       </c>
       <c r="AA5" t="n">
-        <v>718.2</v>
+        <v>732.99</v>
       </c>
       <c r="AB5" t="n">
-        <v>721.79</v>
+        <v>736.96</v>
       </c>
       <c r="AC5" t="n">
-        <v>725.47</v>
+        <v>741.01</v>
       </c>
       <c r="AD5" t="n">
-        <v>729.22</v>
+        <v>745.14</v>
       </c>
       <c r="AE5" t="n">
-        <v>733.04</v>
+        <v>749.33</v>
       </c>
       <c r="AF5" t="n">
-        <v>736.89</v>
+        <v>753.5599999999999</v>
       </c>
       <c r="AG5" t="n">
-        <v>740.75</v>
+        <v>757.8</v>
       </c>
       <c r="AH5" t="n">
-        <v>744.64</v>
+        <v>762.0599999999999</v>
       </c>
       <c r="AI5" t="n">
-        <v>748.54</v>
+        <v>766.34</v>
       </c>
       <c r="AJ5" t="n">
-        <v>752.4400000000001</v>
+        <v>770.6</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>631</v>
       </c>
       <c r="C6" t="n">
         <v>552</v>
       </c>
       <c r="D6" t="n">
         <v>545</v>
       </c>
       <c r="E6" t="n">
         <v>579.9400000000001</v>
       </c>
       <c r="F6" t="n">
         <v>559.9400000000001</v>
       </c>
       <c r="G6" t="n">
         <v>518.99</v>
       </c>
       <c r="H6" t="n">
-        <v>547.89</v>
+        <v>548.26</v>
       </c>
       <c r="I6" t="n">
-        <v>501.7</v>
+        <v>505.72</v>
       </c>
       <c r="J6" t="n">
-        <v>591.1799999999999</v>
+        <v>601.61</v>
       </c>
       <c r="K6" t="n">
-        <v>620.7</v>
+        <v>632.61</v>
       </c>
       <c r="L6" t="n">
-        <v>626.53</v>
+        <v>636.99</v>
       </c>
       <c r="M6" t="n">
-        <v>640.25</v>
+        <v>651.34</v>
       </c>
       <c r="N6" t="n">
-        <v>642.41</v>
+        <v>653.98</v>
       </c>
       <c r="O6" t="n">
-        <v>653</v>
+        <v>665.4299999999999</v>
       </c>
       <c r="P6" t="n">
-        <v>658.99</v>
+        <v>671.13</v>
       </c>
       <c r="Q6" t="n">
-        <v>660.9</v>
+        <v>672.83</v>
       </c>
       <c r="R6" t="n">
-        <v>667.14</v>
+        <v>679.03</v>
       </c>
       <c r="S6" t="n">
-        <v>668.48</v>
+        <v>680.4299999999999</v>
       </c>
       <c r="T6" t="n">
-        <v>670.5700000000001</v>
+        <v>682.65</v>
       </c>
       <c r="U6" t="n">
-        <v>673.39</v>
+        <v>685.71</v>
       </c>
       <c r="V6" t="n">
-        <v>675.71</v>
+        <v>688.3099999999999</v>
       </c>
       <c r="W6" t="n">
-        <v>678.33</v>
+        <v>691.22</v>
       </c>
       <c r="X6" t="n">
-        <v>681.24</v>
+        <v>694.45</v>
       </c>
       <c r="Y6" t="n">
-        <v>684.38</v>
+        <v>697.91</v>
       </c>
       <c r="Z6" t="n">
-        <v>687.61</v>
+        <v>701.46</v>
       </c>
       <c r="AA6" t="n">
-        <v>690.98</v>
+        <v>705.17</v>
       </c>
       <c r="AB6" t="n">
-        <v>694.54</v>
+        <v>709.0599999999999</v>
       </c>
       <c r="AC6" t="n">
-        <v>698.17</v>
+        <v>713.03</v>
       </c>
       <c r="AD6" t="n">
-        <v>701.86</v>
+        <v>717.0700000000001</v>
       </c>
       <c r="AE6" t="n">
-        <v>705.63</v>
+        <v>721.1799999999999</v>
       </c>
       <c r="AF6" t="n">
-        <v>709.45</v>
+        <v>725.34</v>
       </c>
       <c r="AG6" t="n">
-        <v>713.3</v>
+        <v>729.53</v>
       </c>
       <c r="AH6" t="n">
-        <v>717.15</v>
+        <v>733.73</v>
       </c>
       <c r="AI6" t="n">
-        <v>721.03</v>
+        <v>737.9400000000001</v>
       </c>
       <c r="AJ6" t="n">
-        <v>724.9</v>
+        <v>742.15</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>607.98</v>
       </c>
       <c r="C7" t="n">
         <v>589</v>
       </c>
       <c r="D7" t="n">
         <v>536</v>
       </c>
       <c r="E7" t="n">
         <v>554</v>
       </c>
       <c r="F7" t="n">
         <v>595.9400000000001</v>
       </c>
       <c r="G7" t="n">
-        <v>550.88</v>
+        <v>550.87</v>
       </c>
       <c r="H7" t="n">
-        <v>515.63</v>
+        <v>515.97</v>
       </c>
       <c r="I7" t="n">
-        <v>547</v>
+        <v>551.2</v>
       </c>
       <c r="J7" t="n">
-        <v>513.86</v>
+        <v>521.7</v>
       </c>
       <c r="K7" t="n">
-        <v>587.22</v>
+        <v>597.39</v>
       </c>
       <c r="L7" t="n">
-        <v>608.28</v>
+        <v>619.11</v>
       </c>
       <c r="M7" t="n">
-        <v>620.0700000000001</v>
+        <v>630.0700000000001</v>
       </c>
       <c r="N7" t="n">
-        <v>626.27</v>
+        <v>636.77</v>
       </c>
       <c r="O7" t="n">
-        <v>629.5</v>
+        <v>640.37</v>
       </c>
       <c r="P7" t="n">
-        <v>639.24</v>
+        <v>650.88</v>
       </c>
       <c r="Q7" t="n">
-        <v>643.4400000000001</v>
+        <v>654.9</v>
       </c>
       <c r="R7" t="n">
-        <v>645.41</v>
+        <v>656.73</v>
       </c>
       <c r="S7" t="n">
-        <v>651</v>
+        <v>662.33</v>
       </c>
       <c r="T7" t="n">
-        <v>652.62</v>
+        <v>664.04</v>
       </c>
       <c r="U7" t="n">
-        <v>654.84</v>
+        <v>666.4</v>
       </c>
       <c r="V7" t="n">
-        <v>657.6900000000001</v>
+        <v>669.47</v>
       </c>
       <c r="W7" t="n">
-        <v>660.13</v>
+        <v>672.1799999999999</v>
       </c>
       <c r="X7" t="n">
-        <v>662.8200000000001</v>
+        <v>675.15</v>
       </c>
       <c r="Y7" t="n">
-        <v>665.77</v>
+        <v>678.38</v>
       </c>
       <c r="Z7" t="n">
-        <v>668.92</v>
+        <v>681.8200000000001</v>
       </c>
       <c r="AA7" t="n">
-        <v>672.14</v>
+        <v>685.35</v>
       </c>
       <c r="AB7" t="n">
-        <v>675.5</v>
+        <v>689.02</v>
       </c>
       <c r="AC7" t="n">
-        <v>679</v>
+        <v>692.83</v>
       </c>
       <c r="AD7" t="n">
-        <v>682.5599999999999</v>
+        <v>696.7</v>
       </c>
       <c r="AE7" t="n">
-        <v>686.1799999999999</v>
+        <v>700.64</v>
       </c>
       <c r="AF7" t="n">
-        <v>689.86</v>
+        <v>704.64</v>
       </c>
       <c r="AG7" t="n">
-        <v>693.59</v>
+        <v>708.6799999999999</v>
       </c>
       <c r="AH7" t="n">
-        <v>697.34</v>
+        <v>712.74</v>
       </c>
       <c r="AI7" t="n">
-        <v>701.09</v>
+        <v>716.8099999999999</v>
       </c>
       <c r="AJ7" t="n">
-        <v>704.86</v>
+        <v>720.89</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>616</v>
       </c>
       <c r="C8" t="n">
         <v>568</v>
       </c>
       <c r="D8" t="n">
         <v>577</v>
       </c>
       <c r="E8" t="n">
         <v>558</v>
       </c>
       <c r="F8" t="n">
         <v>559</v>
       </c>
       <c r="G8" t="n">
-        <v>583.99</v>
+        <v>583.98</v>
       </c>
       <c r="H8" t="n">
-        <v>545.37</v>
+        <v>545.64</v>
       </c>
       <c r="I8" t="n">
-        <v>519.13</v>
+        <v>522.26</v>
       </c>
       <c r="J8" t="n">
-        <v>549.59</v>
+        <v>556.46</v>
       </c>
       <c r="K8" t="n">
-        <v>521.3</v>
+        <v>529.24</v>
       </c>
       <c r="L8" t="n">
-        <v>577.7</v>
+        <v>587.17</v>
       </c>
       <c r="M8" t="n">
-        <v>601.4</v>
+        <v>611.76</v>
       </c>
       <c r="N8" t="n">
-        <v>606.63</v>
+        <v>616.3</v>
       </c>
       <c r="O8" t="n">
-        <v>613.09</v>
+        <v>623.2</v>
       </c>
       <c r="P8" t="n">
-        <v>616.66</v>
+        <v>627.16</v>
       </c>
       <c r="Q8" t="n">
-        <v>624.05</v>
+        <v>635.27</v>
       </c>
       <c r="R8" t="n">
-        <v>627.88</v>
+        <v>639</v>
       </c>
       <c r="S8" t="n">
-        <v>629.95</v>
+        <v>641</v>
       </c>
       <c r="T8" t="n">
-        <v>635</v>
+        <v>646.11</v>
       </c>
       <c r="U8" t="n">
-        <v>636.83</v>
+        <v>648.0599999999999</v>
       </c>
       <c r="V8" t="n">
-        <v>639.14</v>
+        <v>650.54</v>
       </c>
       <c r="W8" t="n">
-        <v>641.95</v>
+        <v>653.58</v>
       </c>
       <c r="X8" t="n">
-        <v>644.4299999999999</v>
+        <v>656.34</v>
       </c>
       <c r="Y8" t="n">
-        <v>647.14</v>
+        <v>659.33</v>
       </c>
       <c r="Z8" t="n">
-        <v>650.05</v>
+        <v>662.53</v>
       </c>
       <c r="AA8" t="n">
-        <v>653.14</v>
+        <v>665.92</v>
       </c>
       <c r="AB8" t="n">
-        <v>656.3</v>
+        <v>669.38</v>
       </c>
       <c r="AC8" t="n">
-        <v>659.5700000000001</v>
+        <v>672.95</v>
       </c>
       <c r="AD8" t="n">
-        <v>662.95</v>
+        <v>676.64</v>
       </c>
       <c r="AE8" t="n">
-        <v>666.39</v>
+        <v>680.39</v>
       </c>
       <c r="AF8" t="n">
-        <v>669.87</v>
+        <v>684.1900000000001</v>
       </c>
       <c r="AG8" t="n">
-        <v>673.41</v>
+        <v>688.04</v>
       </c>
       <c r="AH8" t="n">
-        <v>676.98</v>
+        <v>691.9299999999999</v>
       </c>
       <c r="AI8" t="n">
-        <v>680.5700000000001</v>
+        <v>695.83</v>
       </c>
       <c r="AJ8" t="n">
-        <v>684.15</v>
+        <v>699.72</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>631</v>
       </c>
       <c r="C9" t="n">
         <v>589</v>
       </c>
       <c r="D9" t="n">
         <v>542</v>
       </c>
       <c r="E9" t="n">
         <v>593</v>
       </c>
       <c r="F9" t="n">
         <v>570</v>
       </c>
       <c r="G9" t="n">
-        <v>563.38</v>
+        <v>563.37</v>
       </c>
       <c r="H9" t="n">
-        <v>585.48</v>
+        <v>585.89</v>
       </c>
       <c r="I9" t="n">
-        <v>554.63</v>
+        <v>559.0700000000001</v>
       </c>
       <c r="J9" t="n">
-        <v>539.54</v>
+        <v>547.13</v>
       </c>
       <c r="K9" t="n">
-        <v>565.6799999999999</v>
+        <v>573.3099999999999</v>
       </c>
       <c r="L9" t="n">
-        <v>535.86</v>
+        <v>543.66</v>
       </c>
       <c r="M9" t="n">
-        <v>591.45</v>
+        <v>601.0599999999999</v>
       </c>
       <c r="N9" t="n">
-        <v>602.85</v>
+        <v>613.22</v>
       </c>
       <c r="O9" t="n">
-        <v>609.12</v>
+        <v>618.91</v>
       </c>
       <c r="P9" t="n">
-        <v>615.73</v>
+        <v>625.99</v>
       </c>
       <c r="Q9" t="n">
-        <v>617.3200000000001</v>
+        <v>628.01</v>
       </c>
       <c r="R9" t="n">
-        <v>623.8</v>
+        <v>635.14</v>
       </c>
       <c r="S9" t="n">
-        <v>627.4</v>
+        <v>638.72</v>
       </c>
       <c r="T9" t="n">
-        <v>629.64</v>
+        <v>640.97</v>
       </c>
       <c r="U9" t="n">
-        <v>634.3</v>
+        <v>645.72</v>
       </c>
       <c r="V9" t="n">
-        <v>636.39</v>
+        <v>647.97</v>
       </c>
       <c r="W9" t="n">
-        <v>638.86</v>
+        <v>650.63</v>
       </c>
       <c r="X9" t="n">
-        <v>641.71</v>
+        <v>653.73</v>
       </c>
       <c r="Y9" t="n">
-        <v>644.34</v>
+        <v>656.64</v>
       </c>
       <c r="Z9" t="n">
-        <v>647.16</v>
+        <v>659.75</v>
       </c>
       <c r="AA9" t="n">
-        <v>650.14</v>
+        <v>663.03</v>
       </c>
       <c r="AB9" t="n">
-        <v>653.29</v>
+        <v>666.48</v>
       </c>
       <c r="AC9" t="n">
-        <v>656.47</v>
+        <v>669.97</v>
       </c>
       <c r="AD9" t="n">
-        <v>659.74</v>
+        <v>673.55</v>
       </c>
       <c r="AE9" t="n">
-        <v>663.12</v>
+        <v>677.24</v>
       </c>
       <c r="AF9" t="n">
-        <v>666.54</v>
+        <v>680.97</v>
       </c>
       <c r="AG9" t="n">
-        <v>669.99</v>
+        <v>684.74</v>
       </c>
       <c r="AH9" t="n">
-        <v>673.49</v>
+        <v>688.5599999999999</v>
       </c>
       <c r="AI9" t="n">
-        <v>677.02</v>
+        <v>692.4</v>
       </c>
       <c r="AJ9" t="n">
-        <v>680.55</v>
+        <v>696.24</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>592.9400000000001</v>
       </c>
       <c r="C10" t="n">
         <v>607.9400000000001</v>
       </c>
       <c r="D10" t="n">
         <v>570</v>
       </c>
       <c r="E10" t="n">
         <v>550</v>
       </c>
       <c r="F10" t="n">
         <v>601</v>
       </c>
       <c r="G10" t="n">
         <v>582.13</v>
       </c>
       <c r="H10" t="n">
-        <v>576.98</v>
+        <v>577.3</v>
       </c>
       <c r="I10" t="n">
-        <v>599.16</v>
+        <v>603.74</v>
       </c>
       <c r="J10" t="n">
-        <v>576.1900000000001</v>
+        <v>584.9400000000001</v>
       </c>
       <c r="K10" t="n">
-        <v>564.6</v>
+        <v>572.77</v>
       </c>
       <c r="L10" t="n">
-        <v>582.02</v>
+        <v>589.66</v>
       </c>
       <c r="M10" t="n">
-        <v>564.71</v>
+        <v>572.87</v>
       </c>
       <c r="N10" t="n">
-        <v>603.15</v>
+        <v>612.83</v>
       </c>
       <c r="O10" t="n">
-        <v>614.59</v>
+        <v>624.91</v>
       </c>
       <c r="P10" t="n">
-        <v>621.02</v>
+        <v>630.95</v>
       </c>
       <c r="Q10" t="n">
-        <v>625.1900000000001</v>
+        <v>635.61</v>
       </c>
       <c r="R10" t="n">
-        <v>626.9299999999999</v>
+        <v>637.74</v>
       </c>
       <c r="S10" t="n">
-        <v>632.77</v>
+        <v>644.17</v>
       </c>
       <c r="T10" t="n">
-        <v>636.24</v>
+        <v>647.66</v>
       </c>
       <c r="U10" t="n">
-        <v>638.66</v>
+        <v>650.14</v>
       </c>
       <c r="V10" t="n">
-        <v>643.03</v>
+        <v>654.64</v>
       </c>
       <c r="W10" t="n">
-        <v>645.36</v>
+        <v>657.14</v>
       </c>
       <c r="X10" t="n">
-        <v>647.98</v>
+        <v>659.97</v>
       </c>
       <c r="Y10" t="n">
-        <v>650.9299999999999</v>
+        <v>663.1799999999999</v>
       </c>
       <c r="Z10" t="n">
-        <v>653.71</v>
+        <v>666.23</v>
       </c>
       <c r="AA10" t="n">
-        <v>656.65</v>
+        <v>669.46</v>
       </c>
       <c r="AB10" t="n">
-        <v>659.74</v>
+        <v>672.84</v>
       </c>
       <c r="AC10" t="n">
-        <v>662.95</v>
+        <v>676.36</v>
       </c>
       <c r="AD10" t="n">
-        <v>666.1900000000001</v>
+        <v>679.89</v>
       </c>
       <c r="AE10" t="n">
-        <v>669.5</v>
+        <v>683.51</v>
       </c>
       <c r="AF10" t="n">
-        <v>672.91</v>
+        <v>687.22</v>
       </c>
       <c r="AG10" t="n">
-        <v>676.34</v>
+        <v>690.97</v>
       </c>
       <c r="AH10" t="n">
-        <v>679.8099999999999</v>
+        <v>694.75</v>
       </c>
       <c r="AI10" t="n">
-        <v>683.3099999999999</v>
+        <v>698.55</v>
       </c>
       <c r="AJ10" t="n">
-        <v>686.8200000000001</v>
+        <v>702.37</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="inlineStr">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>617.9400000000001</v>
       </c>
       <c r="C11" t="n">
         <v>573.9400000000001</v>
       </c>
       <c r="D11" t="n">
         <v>594.9400000000001</v>
       </c>
       <c r="E11" t="n">
         <v>561</v>
       </c>
       <c r="F11" t="n">
         <v>548</v>
       </c>
       <c r="G11" t="n">
         <v>592.37</v>
       </c>
       <c r="H11" t="n">
-        <v>578.63</v>
+        <v>578.95</v>
       </c>
       <c r="I11" t="n">
-        <v>574.45</v>
+        <v>578.2</v>
       </c>
       <c r="J11" t="n">
-        <v>600.2</v>
+        <v>608</v>
       </c>
       <c r="K11" t="n">
-        <v>579.17</v>
+        <v>587.79</v>
       </c>
       <c r="L11" t="n">
-        <v>564.73</v>
+        <v>572.41</v>
       </c>
       <c r="M11" t="n">
-        <v>587.24</v>
+        <v>594.91</v>
       </c>
       <c r="N11" t="n">
-        <v>565.96</v>
+        <v>574.04</v>
       </c>
       <c r="O11" t="n">
-        <v>600.05</v>
+        <v>609.36</v>
       </c>
       <c r="P11" t="n">
-        <v>611.04</v>
+        <v>620.97</v>
       </c>
       <c r="Q11" t="n">
-        <v>615.3</v>
+        <v>625.01</v>
       </c>
       <c r="R11" t="n">
-        <v>618.99</v>
+        <v>629.16</v>
       </c>
       <c r="S11" t="n">
-        <v>620.6900000000001</v>
+        <v>631.24</v>
       </c>
       <c r="T11" t="n">
-        <v>625.86</v>
+        <v>636.95</v>
       </c>
       <c r="U11" t="n">
-        <v>629.03</v>
+        <v>640.2</v>
       </c>
       <c r="V11" t="n">
-        <v>631.37</v>
+        <v>642.65</v>
       </c>
       <c r="W11" t="n">
-        <v>635.33</v>
+        <v>646.78</v>
       </c>
       <c r="X11" t="n">
-        <v>637.62</v>
+        <v>649.26</v>
       </c>
       <c r="Y11" t="n">
-        <v>640.14</v>
+        <v>652.02</v>
       </c>
       <c r="Z11" t="n">
-        <v>642.96</v>
+        <v>655.11</v>
       </c>
       <c r="AA11" t="n">
-        <v>645.65</v>
+        <v>658.08</v>
       </c>
       <c r="AB11" t="n">
-        <v>648.48</v>
+        <v>661.22</v>
       </c>
       <c r="AC11" t="n">
-        <v>651.4299999999999</v>
+        <v>664.46</v>
       </c>
       <c r="AD11" t="n">
-        <v>654.48</v>
+        <v>667.8200000000001</v>
       </c>
       <c r="AE11" t="n">
-        <v>657.55</v>
+        <v>671.2</v>
       </c>
       <c r="AF11" t="n">
-        <v>660.6900000000001</v>
+        <v>674.65</v>
       </c>
       <c r="AG11" t="n">
-        <v>663.91</v>
+        <v>678.1799999999999</v>
       </c>
       <c r="AH11" t="n">
-        <v>667.16</v>
+        <v>681.74</v>
       </c>
       <c r="AI11" t="n">
-        <v>670.4299999999999</v>
+        <v>685.3200000000001</v>
       </c>
       <c r="AJ11" t="n">
-        <v>673.72</v>
+        <v>688.92</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="inlineStr">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>579.9400000000001</v>
       </c>
       <c r="C12" t="n">
         <v>575.9400000000001</v>
       </c>
       <c r="D12" t="n">
         <v>558.9400000000001</v>
       </c>
       <c r="E12" t="n">
         <v>587.9400000000001</v>
       </c>
       <c r="F12" t="n">
         <v>555</v>
       </c>
       <c r="G12" t="n">
         <v>541.48</v>
       </c>
       <c r="H12" t="n">
-        <v>576.95</v>
+        <v>577.1799999999999</v>
       </c>
       <c r="I12" t="n">
-        <v>567.09</v>
+        <v>570</v>
       </c>
       <c r="J12" t="n">
-        <v>566.59</v>
+        <v>572.79</v>
       </c>
       <c r="K12" t="n">
-        <v>589.8099999999999</v>
+        <v>597.46</v>
       </c>
       <c r="L12" t="n">
-        <v>568.78</v>
+        <v>576.79</v>
       </c>
       <c r="M12" t="n">
-        <v>560</v>
+        <v>567.49</v>
       </c>
       <c r="N12" t="n">
-        <v>577.14</v>
+        <v>584.63</v>
       </c>
       <c r="O12" t="n">
-        <v>559.74</v>
+        <v>567.59</v>
       </c>
       <c r="P12" t="n">
-        <v>589.79</v>
+        <v>598.6900000000001</v>
       </c>
       <c r="Q12" t="n">
-        <v>599.0700000000001</v>
+        <v>608.52</v>
       </c>
       <c r="R12" t="n">
-        <v>602.84</v>
+        <v>612.2</v>
       </c>
       <c r="S12" t="n">
-        <v>606.15</v>
+        <v>615.9400000000001</v>
       </c>
       <c r="T12" t="n">
-        <v>607.72</v>
+        <v>617.88</v>
       </c>
       <c r="U12" t="n">
-        <v>612.35</v>
+        <v>623.01</v>
       </c>
       <c r="V12" t="n">
-        <v>615.24</v>
+        <v>626.02</v>
       </c>
       <c r="W12" t="n">
-        <v>617.4</v>
+        <v>628.3200000000001</v>
       </c>
       <c r="X12" t="n">
-        <v>620.97</v>
+        <v>632.09</v>
       </c>
       <c r="Y12" t="n">
-        <v>623.0700000000001</v>
+        <v>634.42</v>
       </c>
       <c r="Z12" t="n">
-        <v>625.4</v>
+        <v>637</v>
       </c>
       <c r="AA12" t="n">
-        <v>628</v>
+        <v>639.87</v>
       </c>
       <c r="AB12" t="n">
-        <v>630.5</v>
+        <v>642.66</v>
       </c>
       <c r="AC12" t="n">
-        <v>633.12</v>
+        <v>645.59</v>
       </c>
       <c r="AD12" t="n">
-        <v>635.84</v>
+        <v>648.61</v>
       </c>
       <c r="AE12" t="n">
-        <v>638.66</v>
+        <v>651.74</v>
       </c>
       <c r="AF12" t="n">
-        <v>641.5</v>
+        <v>654.89</v>
       </c>
       <c r="AG12" t="n">
-        <v>644.39</v>
+        <v>658.09</v>
       </c>
       <c r="AH12" t="n">
-        <v>647.37</v>
+        <v>661.38</v>
       </c>
       <c r="AI12" t="n">
-        <v>650.36</v>
+        <v>664.6799999999999</v>
       </c>
       <c r="AJ12" t="n">
-        <v>653.37</v>
+        <v>668</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="inlineStr">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>569.9400000000001</v>
       </c>
       <c r="C13" t="n">
         <v>558.9400000000001</v>
       </c>
       <c r="D13" t="n">
         <v>564.9400000000001</v>
       </c>
       <c r="E13" t="n">
         <v>565.9400000000001</v>
       </c>
       <c r="F13" t="n">
         <v>589.9400000000001</v>
       </c>
       <c r="G13" t="n">
         <v>552.76</v>
       </c>
       <c r="H13" t="n">
-        <v>542.61</v>
+        <v>542.83</v>
       </c>
       <c r="I13" t="n">
-        <v>572.6900000000001</v>
+        <v>574.9</v>
       </c>
       <c r="J13" t="n">
-        <v>567.05</v>
+        <v>572.03</v>
       </c>
       <c r="K13" t="n">
-        <v>565.75</v>
+        <v>572.34</v>
       </c>
       <c r="L13" t="n">
-        <v>582.13</v>
+        <v>589.55</v>
       </c>
       <c r="M13" t="n">
-        <v>568.24</v>
+        <v>576.37</v>
       </c>
       <c r="N13" t="n">
-        <v>558.39</v>
+        <v>566.08</v>
       </c>
       <c r="O13" t="n">
-        <v>575.29</v>
+        <v>583.02</v>
       </c>
       <c r="P13" t="n">
-        <v>560.86</v>
+        <v>568.95</v>
       </c>
       <c r="Q13" t="n">
-        <v>586.64</v>
+        <v>595.72</v>
       </c>
       <c r="R13" t="n">
-        <v>595.1900000000001</v>
+        <v>604.8099999999999</v>
       </c>
       <c r="S13" t="n">
-        <v>598.89</v>
+        <v>608.45</v>
       </c>
       <c r="T13" t="n">
-        <v>602.16</v>
+        <v>612.15</v>
       </c>
       <c r="U13" t="n">
-        <v>603.86</v>
+        <v>614.21</v>
       </c>
       <c r="V13" t="n">
-        <v>608.3200000000001</v>
+        <v>619.16</v>
       </c>
       <c r="W13" t="n">
-        <v>611.1900000000001</v>
+        <v>622.1799999999999</v>
       </c>
       <c r="X13" t="n">
-        <v>613.41</v>
+        <v>624.5599999999999</v>
       </c>
       <c r="Y13" t="n">
-        <v>616.9</v>
+        <v>628.28</v>
       </c>
       <c r="Z13" t="n">
-        <v>619.1</v>
+        <v>630.71</v>
       </c>
       <c r="AA13" t="n">
-        <v>621.5</v>
+        <v>633.38</v>
       </c>
       <c r="AB13" t="n">
-        <v>624.15</v>
+        <v>636.3200000000001</v>
       </c>
       <c r="AC13" t="n">
-        <v>626.7</v>
+        <v>639.1799999999999</v>
       </c>
       <c r="AD13" t="n">
-        <v>629.37</v>
+        <v>642.15</v>
       </c>
       <c r="AE13" t="n">
-        <v>632.12</v>
+        <v>645.22</v>
       </c>
       <c r="AF13" t="n">
-        <v>634.97</v>
+        <v>648.38</v>
       </c>
       <c r="AG13" t="n">
-        <v>637.83</v>
+        <v>651.55</v>
       </c>
       <c r="AH13" t="n">
-        <v>640.73</v>
+        <v>654.78</v>
       </c>
       <c r="AI13" t="n">
-        <v>643.7</v>
+        <v>658.0700000000001</v>
       </c>
       <c r="AJ13" t="n">
-        <v>646.6900000000001</v>
+        <v>661.37</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="inlineStr">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B14" t="n">
         <v>545.9400000000001</v>
       </c>
       <c r="C14" t="n">
         <v>541</v>
       </c>
       <c r="D14" t="n">
         <v>555.9400000000001</v>
       </c>
       <c r="E14" t="n">
         <v>556.9400000000001</v>
       </c>
       <c r="F14" t="n">
         <v>556.9400000000001</v>
       </c>
       <c r="G14" t="n">
         <v>580.54</v>
       </c>
       <c r="H14" t="n">
-        <v>548.61</v>
+        <v>548.86</v>
       </c>
       <c r="I14" t="n">
-        <v>540.3</v>
+        <v>543.5</v>
       </c>
       <c r="J14" t="n">
-        <v>571.2</v>
+        <v>576.73</v>
       </c>
       <c r="K14" t="n">
-        <v>566.11</v>
+        <v>571.95</v>
       </c>
       <c r="L14" t="n">
-        <v>563.6799999999999</v>
+        <v>570.7</v>
       </c>
       <c r="M14" t="n">
-        <v>579.98</v>
+        <v>587.9</v>
       </c>
       <c r="N14" t="n">
-        <v>566.4</v>
+        <v>574.98</v>
       </c>
       <c r="O14" t="n">
-        <v>558.66</v>
+        <v>566.86</v>
       </c>
       <c r="P14" t="n">
-        <v>573.8200000000001</v>
+        <v>582.09</v>
       </c>
       <c r="Q14" t="n">
-        <v>561.48</v>
+        <v>570.11</v>
       </c>
       <c r="R14" t="n">
-        <v>584.2</v>
+        <v>593.76</v>
       </c>
       <c r="S14" t="n">
-        <v>592.13</v>
+        <v>602.21</v>
       </c>
       <c r="T14" t="n">
-        <v>595.91</v>
+        <v>605.97</v>
       </c>
       <c r="U14" t="n">
-        <v>599.35</v>
+        <v>609.83</v>
       </c>
       <c r="V14" t="n">
-        <v>601.37</v>
+        <v>612.1900000000001</v>
       </c>
       <c r="W14" t="n">
-        <v>605.9</v>
+        <v>617.21</v>
       </c>
       <c r="X14" t="n">
-        <v>608.95</v>
+        <v>620.42</v>
       </c>
       <c r="Y14" t="n">
-        <v>611.46</v>
+        <v>623.11</v>
       </c>
       <c r="Z14" t="n">
-        <v>615.11</v>
+        <v>626.99</v>
       </c>
       <c r="AA14" t="n">
-        <v>617.63</v>
+        <v>629.76</v>
       </c>
       <c r="AB14" t="n">
-        <v>620.35</v>
+        <v>632.74</v>
       </c>
       <c r="AC14" t="n">
-        <v>623.26</v>
+        <v>635.95</v>
       </c>
       <c r="AD14" t="n">
-        <v>626.09</v>
+        <v>639.09</v>
       </c>
       <c r="AE14" t="n">
-        <v>629.02</v>
+        <v>642.33</v>
       </c>
       <c r="AF14" t="n">
-        <v>632.02</v>
+        <v>645.64</v>
       </c>
       <c r="AG14" t="n">
-        <v>635.1</v>
+        <v>649.04</v>
       </c>
       <c r="AH14" t="n">
-        <v>638.2</v>
+        <v>652.45</v>
       </c>
       <c r="AI14" t="n">
-        <v>641.33</v>
+        <v>655.9</v>
       </c>
       <c r="AJ14" t="n">
-        <v>644.51</v>
+        <v>659.39</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>516.96</v>
       </c>
       <c r="C15" t="n">
         <v>529.9400000000001</v>
       </c>
       <c r="D15" t="n">
         <v>529</v>
       </c>
       <c r="E15" t="n">
         <v>558.9400000000001</v>
       </c>
       <c r="F15" t="n">
         <v>557.9400000000001</v>
       </c>
       <c r="G15" t="n">
         <v>557.05</v>
       </c>
       <c r="H15" t="n">
-        <v>576.53</v>
+        <v>576.74</v>
       </c>
       <c r="I15" t="n">
-        <v>550.89</v>
+        <v>553.85</v>
       </c>
       <c r="J15" t="n">
-        <v>545.83</v>
+        <v>551.95</v>
       </c>
       <c r="K15" t="n">
-        <v>574.21</v>
+        <v>580.45</v>
       </c>
       <c r="L15" t="n">
-        <v>567.83</v>
+        <v>574.1</v>
       </c>
       <c r="M15" t="n">
-        <v>568.59</v>
+        <v>576.0599999999999</v>
       </c>
       <c r="N15" t="n">
-        <v>580.5</v>
+        <v>588.78</v>
       </c>
       <c r="O15" t="n">
-        <v>569.01</v>
+        <v>577.91</v>
       </c>
       <c r="P15" t="n">
-        <v>562.79</v>
+        <v>571.39</v>
       </c>
       <c r="Q15" t="n">
-        <v>575.98</v>
+        <v>584.7</v>
       </c>
       <c r="R15" t="n">
-        <v>565.25</v>
+        <v>574.33</v>
       </c>
       <c r="S15" t="n">
-        <v>585.89</v>
+        <v>595.84</v>
       </c>
       <c r="T15" t="n">
-        <v>593.54</v>
+        <v>603.99</v>
       </c>
       <c r="U15" t="n">
-        <v>597.45</v>
+        <v>607.9</v>
       </c>
       <c r="V15" t="n">
-        <v>601.0700000000001</v>
+        <v>611.9299999999999</v>
       </c>
       <c r="W15" t="n">
-        <v>603.41</v>
+        <v>614.6</v>
       </c>
       <c r="X15" t="n">
-        <v>608.04</v>
+        <v>619.7</v>
       </c>
       <c r="Y15" t="n">
-        <v>611.29</v>
+        <v>623.12</v>
       </c>
       <c r="Z15" t="n">
-        <v>614.12</v>
+        <v>626.14</v>
       </c>
       <c r="AA15" t="n">
-        <v>617.9299999999999</v>
+        <v>630.2</v>
       </c>
       <c r="AB15" t="n">
-        <v>620.8099999999999</v>
+        <v>633.33</v>
       </c>
       <c r="AC15" t="n">
-        <v>623.84</v>
+        <v>636.63</v>
       </c>
       <c r="AD15" t="n">
-        <v>627.03</v>
+        <v>640.12</v>
       </c>
       <c r="AE15" t="n">
-        <v>630.15</v>
+        <v>643.55</v>
       </c>
       <c r="AF15" t="n">
-        <v>633.36</v>
+        <v>647.0700000000001</v>
       </c>
       <c r="AG15" t="n">
-        <v>636.63</v>
+        <v>650.65</v>
       </c>
       <c r="AH15" t="n">
-        <v>639.97</v>
+        <v>654.3</v>
       </c>
       <c r="AI15" t="n">
-        <v>643.3099999999999</v>
+        <v>657.95</v>
       </c>
       <c r="AJ15" t="n">
-        <v>646.67</v>
+        <v>661.64</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B16" t="n">
         <v>484.98</v>
       </c>
       <c r="C16" t="n">
         <v>502.98</v>
       </c>
       <c r="D16" t="n">
         <v>524.9400000000001</v>
       </c>
       <c r="E16" t="n">
         <v>522</v>
       </c>
       <c r="F16" t="n">
         <v>552.9400000000001</v>
       </c>
       <c r="G16" t="n">
         <v>541.58</v>
       </c>
       <c r="H16" t="n">
-        <v>543.1900000000001</v>
+        <v>543.39</v>
       </c>
       <c r="I16" t="n">
-        <v>562.78</v>
+        <v>564.58</v>
       </c>
       <c r="J16" t="n">
-        <v>542.92</v>
+        <v>547.6799999999999</v>
       </c>
       <c r="K16" t="n">
-        <v>538.0599999999999</v>
+        <v>544.8099999999999</v>
       </c>
       <c r="L16" t="n">
-        <v>560.75</v>
+        <v>567.22</v>
       </c>
       <c r="M16" t="n">
-        <v>560.08</v>
+        <v>566.84</v>
       </c>
       <c r="N16" t="n">
-        <v>556.98</v>
+        <v>564.9</v>
       </c>
       <c r="O16" t="n">
-        <v>567.9299999999999</v>
+        <v>576.63</v>
       </c>
       <c r="P16" t="n">
-        <v>558.88</v>
+        <v>568.22</v>
       </c>
       <c r="Q16" t="n">
-        <v>553.0599999999999</v>
+        <v>562.17</v>
       </c>
       <c r="R16" t="n">
-        <v>565.2</v>
+        <v>574.46</v>
       </c>
       <c r="S16" t="n">
-        <v>555.95</v>
+        <v>565.5700000000001</v>
       </c>
       <c r="T16" t="n">
-        <v>574.71</v>
+        <v>585.21</v>
       </c>
       <c r="U16" t="n">
-        <v>582.04</v>
+        <v>593.05</v>
       </c>
       <c r="V16" t="n">
-        <v>586.08</v>
+        <v>597.1</v>
       </c>
       <c r="W16" t="n">
-        <v>589.87</v>
+        <v>601.29</v>
       </c>
       <c r="X16" t="n">
-        <v>592.52</v>
+        <v>604.28</v>
       </c>
       <c r="Y16" t="n">
-        <v>597.21</v>
+        <v>609.42</v>
       </c>
       <c r="Z16" t="n">
-        <v>600.67</v>
+        <v>613.0700000000001</v>
       </c>
       <c r="AA16" t="n">
-        <v>603.78</v>
+        <v>616.39</v>
       </c>
       <c r="AB16" t="n">
-        <v>607.74</v>
+        <v>620.6</v>
       </c>
       <c r="AC16" t="n">
-        <v>610.91</v>
+        <v>624.03</v>
       </c>
       <c r="AD16" t="n">
-        <v>614.2</v>
+        <v>627.6</v>
       </c>
       <c r="AE16" t="n">
-        <v>617.63</v>
+        <v>631.33</v>
       </c>
       <c r="AF16" t="n">
-        <v>621.01</v>
+        <v>635.02</v>
       </c>
       <c r="AG16" t="n">
-        <v>624.45</v>
+        <v>638.78</v>
       </c>
       <c r="AH16" t="n">
-        <v>627.95</v>
+        <v>642.59</v>
       </c>
       <c r="AI16" t="n">
-        <v>631.5</v>
+        <v>646.46</v>
       </c>
       <c r="AJ16" t="n">
-        <v>635.05</v>
+        <v>650.3200000000001</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="inlineStr">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>448.96</v>
       </c>
       <c r="C17" t="n">
         <v>470.96</v>
       </c>
       <c r="D17" t="n">
         <v>480.98</v>
       </c>
       <c r="E17" t="n">
         <v>521.9400000000001</v>
       </c>
       <c r="F17" t="n">
         <v>514</v>
       </c>
       <c r="G17" t="n">
         <v>554.85</v>
       </c>
       <c r="H17" t="n">
-        <v>544.17</v>
+        <v>544.46</v>
       </c>
       <c r="I17" t="n">
-        <v>546.79</v>
+        <v>549.83</v>
       </c>
       <c r="J17" t="n">
-        <v>570.05</v>
+        <v>575.15</v>
       </c>
       <c r="K17" t="n">
-        <v>551.9299999999999</v>
+        <v>557.88</v>
       </c>
       <c r="L17" t="n">
-        <v>542.8</v>
+        <v>550.11</v>
       </c>
       <c r="M17" t="n">
-        <v>570.28</v>
+        <v>577.72</v>
       </c>
       <c r="N17" t="n">
-        <v>565.67</v>
+        <v>573.35</v>
       </c>
       <c r="O17" t="n">
-        <v>564.28</v>
+        <v>573.0700000000001</v>
       </c>
       <c r="P17" t="n">
-        <v>574.42</v>
+        <v>584.04</v>
       </c>
       <c r="Q17" t="n">
-        <v>566.42</v>
+        <v>576.7</v>
       </c>
       <c r="R17" t="n">
-        <v>562.02</v>
+        <v>572.09</v>
       </c>
       <c r="S17" t="n">
-        <v>573.79</v>
+        <v>584.03</v>
       </c>
       <c r="T17" t="n">
-        <v>566.0599999999999</v>
+        <v>576.6900000000001</v>
       </c>
       <c r="U17" t="n">
-        <v>583.41</v>
+        <v>594.9299999999999</v>
       </c>
       <c r="V17" t="n">
-        <v>590.6900000000001</v>
+        <v>602.72</v>
       </c>
       <c r="W17" t="n">
-        <v>595.08</v>
+        <v>607.12</v>
       </c>
       <c r="X17" t="n">
-        <v>599.25</v>
+        <v>611.6799999999999</v>
       </c>
       <c r="Y17" t="n">
-        <v>602.42</v>
+        <v>615.2</v>
       </c>
       <c r="Z17" t="n">
-        <v>607.39</v>
+        <v>620.63</v>
       </c>
       <c r="AA17" t="n">
-        <v>611.27</v>
+        <v>624.71</v>
       </c>
       <c r="AB17" t="n">
-        <v>614.87</v>
+        <v>628.54</v>
       </c>
       <c r="AC17" t="n">
-        <v>619.2</v>
+        <v>633.12</v>
       </c>
       <c r="AD17" t="n">
-        <v>622.85</v>
+        <v>637.05</v>
       </c>
       <c r="AE17" t="n">
-        <v>626.61</v>
+        <v>641.1</v>
       </c>
       <c r="AF17" t="n">
-        <v>630.48</v>
+        <v>645.27</v>
       </c>
       <c r="AG17" t="n">
-        <v>634.3099999999999</v>
+        <v>649.42</v>
       </c>
       <c r="AH17" t="n">
-        <v>638.2</v>
+        <v>653.62</v>
       </c>
       <c r="AI17" t="n">
-        <v>642.12</v>
+        <v>657.87</v>
       </c>
       <c r="AJ17" t="n">
-        <v>646.08</v>
+        <v>662.16</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="inlineStr">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B18" t="n">
         <v>431.98</v>
       </c>
       <c r="C18" t="n">
         <v>439</v>
       </c>
       <c r="D18" t="n">
         <v>472.96</v>
       </c>
       <c r="E18" t="n">
         <v>489.98</v>
       </c>
       <c r="F18" t="n">
         <v>524.9400000000001</v>
       </c>
       <c r="G18" t="n">
         <v>507.01</v>
       </c>
       <c r="H18" t="n">
-        <v>545.4299999999999</v>
+        <v>545.5700000000001</v>
       </c>
       <c r="I18" t="n">
-        <v>536.24</v>
+        <v>538.29</v>
       </c>
       <c r="J18" t="n">
-        <v>539.62</v>
+        <v>544.6900000000001</v>
       </c>
       <c r="K18" t="n">
-        <v>562.14</v>
+        <v>567.9400000000001</v>
       </c>
       <c r="L18" t="n">
-        <v>542.79</v>
+        <v>549.11</v>
       </c>
       <c r="M18" t="n">
-        <v>538.02</v>
+        <v>545.96</v>
       </c>
       <c r="N18" t="n">
-        <v>562.89</v>
+        <v>570.92</v>
       </c>
       <c r="O18" t="n">
-        <v>559.29</v>
+        <v>567.55</v>
       </c>
       <c r="P18" t="n">
-        <v>559.21</v>
+        <v>568.58</v>
       </c>
       <c r="Q18" t="n">
-        <v>568.05</v>
+        <v>578.24</v>
       </c>
       <c r="R18" t="n">
-        <v>561.99</v>
+        <v>572.8200000000001</v>
       </c>
       <c r="S18" t="n">
-        <v>558.97</v>
+        <v>569.61</v>
       </c>
       <c r="T18" t="n">
-        <v>570.36</v>
+        <v>581.1900000000001</v>
       </c>
       <c r="U18" t="n">
-        <v>564.1900000000001</v>
+        <v>575.42</v>
       </c>
       <c r="V18" t="n">
-        <v>580.3099999999999</v>
+        <v>592.41</v>
       </c>
       <c r="W18" t="n">
-        <v>587.47</v>
+        <v>600.09</v>
       </c>
       <c r="X18" t="n">
-        <v>592.1799999999999</v>
+        <v>604.8099999999999</v>
       </c>
       <c r="Y18" t="n">
-        <v>596.6900000000001</v>
+        <v>609.72</v>
       </c>
       <c r="Z18" t="n">
-        <v>600.3099999999999</v>
+        <v>613.6900000000001</v>
       </c>
       <c r="AA18" t="n">
-        <v>605.54</v>
+        <v>619.37</v>
       </c>
       <c r="AB18" t="n">
-        <v>609.79</v>
+        <v>623.84</v>
       </c>
       <c r="AC18" t="n">
-        <v>613.8</v>
+        <v>628.08</v>
       </c>
       <c r="AD18" t="n">
-        <v>618.4400000000001</v>
+        <v>632.98</v>
       </c>
       <c r="AE18" t="n">
-        <v>622.49</v>
+        <v>637.3099999999999</v>
       </c>
       <c r="AF18" t="n">
-        <v>626.62</v>
+        <v>641.74</v>
       </c>
       <c r="AG18" t="n">
-        <v>630.86</v>
+        <v>646.28</v>
       </c>
       <c r="AH18" t="n">
-        <v>635.05</v>
+        <v>650.79</v>
       </c>
       <c r="AI18" t="n">
-        <v>639.28</v>
+        <v>655.35</v>
       </c>
       <c r="AJ18" t="n">
-        <v>643.55</v>
+        <v>659.9400000000001</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="inlineStr">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>459.92</v>
       </c>
       <c r="C19" t="n">
         <v>434.94</v>
       </c>
       <c r="D19" t="n">
         <v>446</v>
       </c>
       <c r="E19" t="n">
         <v>482.96</v>
       </c>
       <c r="F19" t="n">
         <v>492.98</v>
       </c>
       <c r="G19" t="n">
         <v>510.59</v>
       </c>
       <c r="H19" t="n">
-        <v>494</v>
+        <v>494.12</v>
       </c>
       <c r="I19" t="n">
-        <v>526.86</v>
+        <v>528.6</v>
       </c>
       <c r="J19" t="n">
-        <v>522.84</v>
+        <v>526.41</v>
       </c>
       <c r="K19" t="n">
-        <v>525.39</v>
+        <v>530.17</v>
       </c>
       <c r="L19" t="n">
-        <v>541.91</v>
+        <v>547.03</v>
       </c>
       <c r="M19" t="n">
-        <v>528.38</v>
+        <v>534.03</v>
       </c>
       <c r="N19" t="n">
-        <v>522.59</v>
+        <v>529.4400000000001</v>
       </c>
       <c r="O19" t="n">
-        <v>544.47</v>
+        <v>551.4299999999999</v>
       </c>
       <c r="P19" t="n">
-        <v>540.99</v>
+        <v>548.2</v>
       </c>
       <c r="Q19" t="n">
-        <v>540.64</v>
+        <v>548.75</v>
       </c>
       <c r="R19" t="n">
-        <v>548.91</v>
+        <v>557.7</v>
       </c>
       <c r="S19" t="n">
-        <v>543.16</v>
+        <v>552.5</v>
       </c>
       <c r="T19" t="n">
-        <v>540.36</v>
+        <v>549.59</v>
       </c>
       <c r="U19" t="n">
-        <v>549.88</v>
+        <v>559.29</v>
       </c>
       <c r="V19" t="n">
-        <v>544.49</v>
+        <v>554.24</v>
       </c>
       <c r="W19" t="n">
-        <v>558.45</v>
+        <v>568.92</v>
       </c>
       <c r="X19" t="n">
-        <v>564.65</v>
+        <v>575.55</v>
       </c>
       <c r="Y19" t="n">
-        <v>568.62</v>
+        <v>579.58</v>
       </c>
       <c r="Z19" t="n">
-        <v>572.42</v>
+        <v>583.73</v>
       </c>
       <c r="AA19" t="n">
-        <v>575.4400000000001</v>
+        <v>587.0599999999999</v>
       </c>
       <c r="AB19" t="n">
-        <v>579.89</v>
+        <v>591.91</v>
       </c>
       <c r="AC19" t="n">
-        <v>583.47</v>
+        <v>595.7</v>
       </c>
       <c r="AD19" t="n">
-        <v>586.84</v>
+        <v>599.28</v>
       </c>
       <c r="AE19" t="n">
-        <v>590.77</v>
+        <v>603.46</v>
       </c>
       <c r="AF19" t="n">
-        <v>594.1799999999999</v>
+        <v>607.13</v>
       </c>
       <c r="AG19" t="n">
-        <v>597.67</v>
+        <v>610.89</v>
       </c>
       <c r="AH19" t="n">
-        <v>601.26</v>
+        <v>614.76</v>
       </c>
       <c r="AI19" t="n">
-        <v>604.79</v>
+        <v>618.58</v>
       </c>
       <c r="AJ19" t="n">
-        <v>608.37</v>
+        <v>622.45</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>463.98</v>
       </c>
       <c r="C20" t="n">
         <v>440</v>
       </c>
       <c r="D20" t="n">
         <v>432.92</v>
       </c>
       <c r="E20" t="n">
         <v>459</v>
       </c>
       <c r="F20" t="n">
         <v>504.96</v>
       </c>
       <c r="G20" t="n">
         <v>484.85</v>
       </c>
       <c r="H20" t="n">
-        <v>498.69</v>
+        <v>498.92</v>
       </c>
       <c r="I20" t="n">
-        <v>486.62</v>
+        <v>489.14</v>
       </c>
       <c r="J20" t="n">
-        <v>516.0599999999999</v>
+        <v>520.53</v>
       </c>
       <c r="K20" t="n">
-        <v>509.41</v>
+        <v>513.92</v>
       </c>
       <c r="L20" t="n">
-        <v>509.82</v>
+        <v>514.9299999999999</v>
       </c>
       <c r="M20" t="n">
-        <v>528.37</v>
+        <v>534.14</v>
       </c>
       <c r="N20" t="n">
-        <v>515.28</v>
+        <v>521.59</v>
       </c>
       <c r="O20" t="n">
-        <v>510.55</v>
+        <v>518.04</v>
       </c>
       <c r="P20" t="n">
-        <v>529.95</v>
+        <v>537.5700000000001</v>
       </c>
       <c r="Q20" t="n">
-        <v>528.16</v>
+        <v>536.02</v>
       </c>
       <c r="R20" t="n">
-        <v>528.15</v>
+        <v>536.88</v>
       </c>
       <c r="S20" t="n">
-        <v>536.12</v>
+        <v>545.52</v>
       </c>
       <c r="T20" t="n">
-        <v>531.51</v>
+        <v>541.4400000000001</v>
       </c>
       <c r="U20" t="n">
-        <v>530.24</v>
+        <v>540.1</v>
       </c>
       <c r="V20" t="n">
-        <v>539.22</v>
+        <v>549.27</v>
       </c>
       <c r="W20" t="n">
-        <v>535.3</v>
+        <v>545.71</v>
       </c>
       <c r="X20" t="n">
-        <v>547.64</v>
+        <v>558.74</v>
       </c>
       <c r="Y20" t="n">
-        <v>553.47</v>
+        <v>565.01</v>
       </c>
       <c r="Z20" t="n">
-        <v>557.5700000000001</v>
+        <v>569.1900000000001</v>
       </c>
       <c r="AA20" t="n">
-        <v>561.52</v>
+        <v>573.48</v>
       </c>
       <c r="AB20" t="n">
-        <v>564.85</v>
+        <v>577.14</v>
       </c>
       <c r="AC20" t="n">
-        <v>569.29</v>
+        <v>581.97</v>
       </c>
       <c r="AD20" t="n">
-        <v>573.08</v>
+        <v>585.98</v>
       </c>
       <c r="AE20" t="n">
-        <v>576.67</v>
+        <v>589.8099999999999</v>
       </c>
       <c r="AF20" t="n">
-        <v>580.72</v>
+        <v>594.11</v>
       </c>
       <c r="AG20" t="n">
-        <v>584.34</v>
+        <v>597.99</v>
       </c>
       <c r="AH20" t="n">
-        <v>588.02</v>
+        <v>601.95</v>
       </c>
       <c r="AI20" t="n">
-        <v>591.76</v>
+        <v>605.98</v>
       </c>
       <c r="AJ20" t="n">
-        <v>595.47</v>
+        <v>609.99</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="2" t="inlineStr">
+      <c r="A21" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B21" t="n">
         <v>442.98</v>
       </c>
       <c r="C21" t="n">
         <v>433</v>
       </c>
       <c r="D21" t="n">
         <v>434</v>
       </c>
       <c r="E21" t="n">
         <v>428.92</v>
       </c>
       <c r="F21" t="n">
         <v>457</v>
       </c>
       <c r="G21" t="n">
         <v>477.95</v>
       </c>
       <c r="H21" t="n">
-        <v>463.53</v>
+        <v>463.68</v>
       </c>
       <c r="I21" t="n">
-        <v>477.3</v>
+        <v>479.28</v>
       </c>
       <c r="J21" t="n">
-        <v>470.31</v>
+        <v>474.72</v>
       </c>
       <c r="K21" t="n">
-        <v>491.98</v>
+        <v>496.97</v>
       </c>
       <c r="L21" t="n">
-        <v>482.75</v>
+        <v>487.43</v>
       </c>
       <c r="M21" t="n">
-        <v>487.13</v>
+        <v>492.68</v>
       </c>
       <c r="N21" t="n">
-        <v>501.48</v>
+        <v>507.58</v>
       </c>
       <c r="O21" t="n">
-        <v>491.92</v>
+        <v>498.56</v>
       </c>
       <c r="P21" t="n">
-        <v>488.16</v>
+        <v>496.01</v>
       </c>
       <c r="Q21" t="n">
-        <v>504.54</v>
+        <v>512.52</v>
       </c>
       <c r="R21" t="n">
-        <v>504.38</v>
+        <v>512.5599999999999</v>
       </c>
       <c r="S21" t="n">
-        <v>504.99</v>
+        <v>513.98</v>
       </c>
       <c r="T21" t="n">
-        <v>512.39</v>
+        <v>522.03</v>
       </c>
       <c r="U21" t="n">
-        <v>509.11</v>
+        <v>519.23</v>
       </c>
       <c r="V21" t="n">
-        <v>509.03</v>
+        <v>519.11</v>
       </c>
       <c r="W21" t="n">
-        <v>517.59</v>
+        <v>527.88</v>
       </c>
       <c r="X21" t="n">
-        <v>514.9</v>
+        <v>525.55</v>
       </c>
       <c r="Y21" t="n">
-        <v>525.9400000000001</v>
+        <v>537.23</v>
       </c>
       <c r="Z21" t="n">
-        <v>531.48</v>
+        <v>543.21</v>
       </c>
       <c r="AA21" t="n">
-        <v>535.6799999999999</v>
+        <v>547.49</v>
       </c>
       <c r="AB21" t="n">
-        <v>539.75</v>
+        <v>551.89</v>
       </c>
       <c r="AC21" t="n">
-        <v>543.3200000000001</v>
+        <v>555.79</v>
       </c>
       <c r="AD21" t="n">
-        <v>547.75</v>
+        <v>560.58</v>
       </c>
       <c r="AE21" t="n">
-        <v>551.6900000000001</v>
+        <v>564.75</v>
       </c>
       <c r="AF21" t="n">
-        <v>555.46</v>
+        <v>568.75</v>
       </c>
       <c r="AG21" t="n">
-        <v>559.6</v>
+        <v>573.14</v>
       </c>
       <c r="AH21" t="n">
-        <v>563.37</v>
+        <v>577.17</v>
       </c>
       <c r="AI21" t="n">
-        <v>567.1799999999999</v>
+        <v>581.26</v>
       </c>
       <c r="AJ21" t="n">
-        <v>571.05</v>
+        <v>585.41</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="2" t="inlineStr">
+      <c r="A22" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B22" t="n">
         <v>470.94</v>
       </c>
       <c r="C22" t="n">
         <v>426.94</v>
       </c>
       <c r="D22" t="n">
         <v>445</v>
       </c>
       <c r="E22" t="n">
         <v>426</v>
       </c>
       <c r="F22" t="n">
         <v>438.94</v>
       </c>
       <c r="G22" t="n">
-        <v>468.46</v>
+        <v>468.45</v>
       </c>
       <c r="H22" t="n">
-        <v>490.23</v>
+        <v>490.49</v>
       </c>
       <c r="I22" t="n">
-        <v>483.63</v>
+        <v>487.42</v>
       </c>
       <c r="J22" t="n">
-        <v>500.82</v>
+        <v>506.98</v>
       </c>
       <c r="K22" t="n">
-        <v>495.76</v>
+        <v>501.57</v>
       </c>
       <c r="L22" t="n">
-        <v>511.12</v>
+        <v>517.15</v>
       </c>
       <c r="M22" t="n">
-        <v>508.72</v>
+        <v>514.8200000000001</v>
       </c>
       <c r="N22" t="n">
-        <v>508.41</v>
+        <v>515.33</v>
       </c>
       <c r="O22" t="n">
-        <v>522</v>
+        <v>529.42</v>
       </c>
       <c r="P22" t="n">
-        <v>515.86</v>
+        <v>523.9299999999999</v>
       </c>
       <c r="Q22" t="n">
-        <v>512.14</v>
+        <v>521.5</v>
       </c>
       <c r="R22" t="n">
-        <v>526.38</v>
+        <v>535.9</v>
       </c>
       <c r="S22" t="n">
-        <v>528.0700000000001</v>
+        <v>537.83</v>
       </c>
       <c r="T22" t="n">
-        <v>529.55</v>
+        <v>540.12</v>
       </c>
       <c r="U22" t="n">
-        <v>536.22</v>
+        <v>547.46</v>
       </c>
       <c r="V22" t="n">
-        <v>534.96</v>
+        <v>546.71</v>
       </c>
       <c r="W22" t="n">
-        <v>536.24</v>
+        <v>548.03</v>
       </c>
       <c r="X22" t="n">
-        <v>544.52</v>
+        <v>556.5700000000001</v>
       </c>
       <c r="Y22" t="n">
-        <v>543.4299999999999</v>
+        <v>555.89</v>
       </c>
       <c r="Z22" t="n">
-        <v>553.5599999999999</v>
+        <v>566.6900000000001</v>
       </c>
       <c r="AA22" t="n">
-        <v>559.17</v>
+        <v>572.77</v>
       </c>
       <c r="AB22" t="n">
-        <v>563.8200000000001</v>
+        <v>577.5700000000001</v>
       </c>
       <c r="AC22" t="n">
-        <v>568.37</v>
+        <v>582.49</v>
       </c>
       <c r="AD22" t="n">
-        <v>572.53</v>
+        <v>587.02</v>
       </c>
       <c r="AE22" t="n">
-        <v>577.34</v>
+        <v>592.23</v>
       </c>
       <c r="AF22" t="n">
-        <v>581.79</v>
+        <v>596.96</v>
       </c>
       <c r="AG22" t="n">
-        <v>586.1</v>
+        <v>601.5599999999999</v>
       </c>
       <c r="AH22" t="n">
-        <v>590.6900000000001</v>
+        <v>606.45</v>
       </c>
       <c r="AI22" t="n">
-        <v>594.98</v>
+        <v>611.05</v>
       </c>
       <c r="AJ22" t="n">
-        <v>599.29</v>
+        <v>615.6900000000001</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="2" t="inlineStr">
+      <c r="A23" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B23" t="n">
         <v>475.94</v>
       </c>
       <c r="C23" t="n">
         <v>442.98</v>
       </c>
       <c r="D23" t="n">
         <v>452.94</v>
       </c>
       <c r="E23" t="n">
         <v>477</v>
       </c>
       <c r="F23" t="n">
         <v>440</v>
       </c>
       <c r="G23" t="n">
         <v>435.34</v>
       </c>
       <c r="H23" t="n">
-        <v>452.61</v>
+        <v>453.01</v>
       </c>
       <c r="I23" t="n">
-        <v>476.22</v>
+        <v>480.25</v>
       </c>
       <c r="J23" t="n">
-        <v>478.57</v>
+        <v>486.35</v>
       </c>
       <c r="K23" t="n">
-        <v>491.44</v>
+        <v>498.67</v>
       </c>
       <c r="L23" t="n">
-        <v>484.91</v>
+        <v>491.31</v>
       </c>
       <c r="M23" t="n">
-        <v>505.93</v>
+        <v>513.1</v>
       </c>
       <c r="N23" t="n">
-        <v>495.46</v>
+        <v>502.7</v>
       </c>
       <c r="O23" t="n">
-        <v>498.87</v>
+        <v>506.9</v>
       </c>
       <c r="P23" t="n">
-        <v>511.92</v>
+        <v>520.51</v>
       </c>
       <c r="Q23" t="n">
-        <v>505.59</v>
+        <v>514.9</v>
       </c>
       <c r="R23" t="n">
-        <v>502.46</v>
+        <v>513.05</v>
       </c>
       <c r="S23" t="n">
-        <v>515.48</v>
+        <v>526.28</v>
       </c>
       <c r="T23" t="n">
-        <v>517.48</v>
+        <v>528.55</v>
       </c>
       <c r="U23" t="n">
-        <v>519.75</v>
+        <v>531.62</v>
       </c>
       <c r="V23" t="n">
-        <v>525.36</v>
+        <v>537.91</v>
       </c>
       <c r="W23" t="n">
-        <v>525.3200000000001</v>
+        <v>538.39</v>
       </c>
       <c r="X23" t="n">
-        <v>527.5700000000001</v>
+        <v>540.73</v>
       </c>
       <c r="Y23" t="n">
-        <v>535.03</v>
+        <v>548.5</v>
       </c>
       <c r="Z23" t="n">
-        <v>535.1</v>
+        <v>549.01</v>
       </c>
       <c r="AA23" t="n">
-        <v>543.8099999999999</v>
+        <v>558.4</v>
       </c>
       <c r="AB23" t="n">
-        <v>549.04</v>
+        <v>564.13</v>
       </c>
       <c r="AC23" t="n">
-        <v>553.6900000000001</v>
+        <v>568.97</v>
       </c>
       <c r="AD23" t="n">
-        <v>558.25</v>
+        <v>573.92</v>
       </c>
       <c r="AE23" t="n">
-        <v>562.5</v>
+        <v>578.59</v>
       </c>
       <c r="AF23" t="n">
-        <v>567.25</v>
+        <v>583.75</v>
       </c>
       <c r="AG23" t="n">
-        <v>571.73</v>
+        <v>588.5599999999999</v>
       </c>
       <c r="AH23" t="n">
-        <v>576.11</v>
+        <v>593.26</v>
       </c>
       <c r="AI23" t="n">
-        <v>580.6799999999999</v>
+        <v>598.17</v>
       </c>
       <c r="AJ23" t="n">
-        <v>585.02</v>
+        <v>602.85</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="2" t="inlineStr">
+      <c r="A24" s="1" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B24" t="n">
         <v>438.85</v>
       </c>
       <c r="C24" t="n">
         <v>426.96</v>
       </c>
       <c r="D24" t="n">
         <v>450.98</v>
       </c>
       <c r="E24" t="n">
         <v>472.94</v>
       </c>
       <c r="F24" t="n">
         <v>492</v>
       </c>
       <c r="G24" t="n">
-        <v>438.15</v>
+        <v>438.14</v>
       </c>
       <c r="H24" t="n">
-        <v>433.27</v>
+        <v>433.78</v>
       </c>
       <c r="I24" t="n">
-        <v>446.05</v>
+        <v>451.77</v>
       </c>
       <c r="J24" t="n">
-        <v>467.74</v>
+        <v>476.56</v>
       </c>
       <c r="K24" t="n">
-        <v>470.61</v>
+        <v>477.65</v>
       </c>
       <c r="L24" t="n">
-        <v>472.89</v>
+        <v>478.83</v>
       </c>
       <c r="M24" t="n">
-        <v>477.51</v>
+        <v>483.47</v>
       </c>
       <c r="N24" t="n">
-        <v>483.05</v>
+        <v>489.51</v>
       </c>
       <c r="O24" t="n">
-        <v>478.41</v>
+        <v>484.98</v>
       </c>
       <c r="P24" t="n">
-        <v>483.2</v>
+        <v>490.36</v>
       </c>
       <c r="Q24" t="n">
-        <v>489.53</v>
+        <v>497.16</v>
       </c>
       <c r="R24" t="n">
-        <v>486.41</v>
+        <v>494.55</v>
       </c>
       <c r="S24" t="n">
-        <v>484.57</v>
+        <v>493.5</v>
       </c>
       <c r="T24" t="n">
-        <v>493.47</v>
+        <v>502.65</v>
       </c>
       <c r="U24" t="n">
-        <v>495.26</v>
+        <v>504.72</v>
       </c>
       <c r="V24" t="n">
-        <v>496.94</v>
+        <v>506.96</v>
       </c>
       <c r="W24" t="n">
-        <v>501.81</v>
+        <v>512.3099999999999</v>
       </c>
       <c r="X24" t="n">
-        <v>501.77</v>
+        <v>512.6900000000001</v>
       </c>
       <c r="Y24" t="n">
-        <v>503.64</v>
+        <v>514.74</v>
       </c>
       <c r="Z24" t="n">
-        <v>508.8</v>
+        <v>520.1900000000001</v>
       </c>
       <c r="AA24" t="n">
-        <v>509.3</v>
+        <v>521.05</v>
       </c>
       <c r="AB24" t="n">
-        <v>515.6900000000001</v>
+        <v>527.9299999999999</v>
       </c>
       <c r="AC24" t="n">
-        <v>519.71</v>
+        <v>532.34</v>
       </c>
       <c r="AD24" t="n">
-        <v>523.23</v>
+        <v>536.1</v>
       </c>
       <c r="AE24" t="n">
-        <v>526.71</v>
+        <v>539.92</v>
       </c>
       <c r="AF24" t="n">
-        <v>529.99</v>
+        <v>543.54</v>
       </c>
       <c r="AG24" t="n">
-        <v>533.6</v>
+        <v>547.5</v>
       </c>
       <c r="AH24" t="n">
-        <v>537.04</v>
+        <v>551.24</v>
       </c>
       <c r="AI24" t="n">
-        <v>540.39</v>
+        <v>554.9</v>
       </c>
       <c r="AJ24" t="n">
-        <v>543.87</v>
+        <v>558.6900000000001</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="2" t="inlineStr">
+      <c r="A25" s="1" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B25" t="n">
         <v>528.87</v>
       </c>
       <c r="C25" t="n">
         <v>426.85</v>
       </c>
       <c r="D25" t="n">
         <v>446.94</v>
       </c>
       <c r="E25" t="n">
         <v>497.98</v>
       </c>
       <c r="F25" t="n">
         <v>509.92</v>
       </c>
       <c r="G25" t="n">
-        <v>520.2</v>
+        <v>520.1900000000001</v>
       </c>
       <c r="H25" t="n">
-        <v>482.66</v>
+        <v>483.24</v>
       </c>
       <c r="I25" t="n">
-        <v>483.36</v>
+        <v>491.13</v>
       </c>
       <c r="J25" t="n">
-        <v>499.24</v>
+        <v>511.9</v>
       </c>
       <c r="K25" t="n">
-        <v>515.96</v>
+        <v>525.24</v>
       </c>
       <c r="L25" t="n">
-        <v>514.59</v>
+        <v>522.05</v>
       </c>
       <c r="M25" t="n">
-        <v>527.91</v>
+        <v>535.14</v>
       </c>
       <c r="N25" t="n">
-        <v>520.99</v>
+        <v>528.29</v>
       </c>
       <c r="O25" t="n">
-        <v>527.22</v>
+        <v>534.91</v>
       </c>
       <c r="P25" t="n">
-        <v>526.5</v>
+        <v>534.48</v>
       </c>
       <c r="Q25" t="n">
-        <v>529.5700000000001</v>
+        <v>538.12</v>
       </c>
       <c r="R25" t="n">
-        <v>534.59</v>
+        <v>543.59</v>
       </c>
       <c r="S25" t="n">
-        <v>533.74</v>
+        <v>543.22</v>
       </c>
       <c r="T25" t="n">
-        <v>533.27</v>
+        <v>543.41</v>
       </c>
       <c r="U25" t="n">
-        <v>540.8</v>
+        <v>551.23</v>
       </c>
       <c r="V25" t="n">
-        <v>543.12</v>
+        <v>553.86</v>
       </c>
       <c r="W25" t="n">
-        <v>545.35</v>
+        <v>556.6</v>
       </c>
       <c r="X25" t="n">
-        <v>550.05</v>
+        <v>561.76</v>
       </c>
       <c r="Y25" t="n">
-        <v>551.02</v>
+        <v>563.14</v>
       </c>
       <c r="Z25" t="n">
-        <v>553.63</v>
+        <v>566.01</v>
       </c>
       <c r="AA25" t="n">
-        <v>558.3099999999999</v>
+        <v>571.01</v>
       </c>
       <c r="AB25" t="n">
-        <v>559.92</v>
+        <v>572.99</v>
       </c>
       <c r="AC25" t="n">
-        <v>565.5</v>
+        <v>579.03</v>
       </c>
       <c r="AD25" t="n">
-        <v>569.48</v>
+        <v>583.4</v>
       </c>
       <c r="AE25" t="n">
-        <v>573.14</v>
+        <v>587.35</v>
       </c>
       <c r="AF25" t="n">
-        <v>576.78</v>
+        <v>591.35</v>
       </c>
       <c r="AG25" t="n">
-        <v>580.28</v>
+        <v>595.21</v>
       </c>
       <c r="AH25" t="n">
-        <v>584</v>
+        <v>599.3</v>
       </c>
       <c r="AI25" t="n">
-        <v>587.59</v>
+        <v>603.22</v>
       </c>
       <c r="AJ25" t="n">
-        <v>591.12</v>
+        <v>607.08</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="2" t="inlineStr">
+      <c r="A26" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B26" t="n">
         <v>552.8099999999999</v>
       </c>
       <c r="C26" t="n">
         <v>506.85</v>
       </c>
       <c r="D26" t="n">
         <v>434.81</v>
       </c>
       <c r="E26" t="n">
         <v>514.9400000000001</v>
       </c>
       <c r="F26" t="n">
         <v>499.98</v>
       </c>
       <c r="G26" t="n">
-        <v>532.8</v>
+        <v>532.79</v>
       </c>
       <c r="H26" t="n">
-        <v>540.02</v>
+        <v>540.91</v>
       </c>
       <c r="I26" t="n">
-        <v>522.39</v>
+        <v>532.25</v>
       </c>
       <c r="J26" t="n">
-        <v>534.8099999999999</v>
+        <v>551.0700000000001</v>
       </c>
       <c r="K26" t="n">
-        <v>543.4400000000001</v>
+        <v>555.96</v>
       </c>
       <c r="L26" t="n">
-        <v>543.6799999999999</v>
+        <v>552.47</v>
       </c>
       <c r="M26" t="n">
-        <v>564.8200000000001</v>
+        <v>573.47</v>
       </c>
       <c r="N26" t="n">
-        <v>555.22</v>
+        <v>563.79</v>
       </c>
       <c r="O26" t="n">
-        <v>556.15</v>
+        <v>564.8099999999999</v>
       </c>
       <c r="P26" t="n">
-        <v>561.92</v>
+        <v>571.11</v>
       </c>
       <c r="Q26" t="n">
-        <v>558.89</v>
+        <v>568.52</v>
       </c>
       <c r="R26" t="n">
-        <v>562.16</v>
+        <v>572.3</v>
       </c>
       <c r="S26" t="n">
-        <v>566.28</v>
+        <v>576.85</v>
       </c>
       <c r="T26" t="n">
-        <v>566.84</v>
+        <v>577.86</v>
       </c>
       <c r="U26" t="n">
-        <v>567.04</v>
+        <v>578.64</v>
       </c>
       <c r="V26" t="n">
-        <v>573.33</v>
+        <v>585.25</v>
       </c>
       <c r="W26" t="n">
-        <v>575.6900000000001</v>
+        <v>587.95</v>
       </c>
       <c r="X26" t="n">
-        <v>578.2</v>
+        <v>590.9299999999999</v>
       </c>
       <c r="Y26" t="n">
-        <v>582.54</v>
+        <v>595.71</v>
       </c>
       <c r="Z26" t="n">
-        <v>584.03</v>
+        <v>597.6</v>
       </c>
       <c r="AA26" t="n">
-        <v>587.02</v>
+        <v>600.9</v>
       </c>
       <c r="AB26" t="n">
-        <v>591.21</v>
+        <v>605.4400000000001</v>
       </c>
       <c r="AC26" t="n">
-        <v>593.37</v>
+        <v>607.99</v>
       </c>
       <c r="AD26" t="n">
-        <v>598.03</v>
+        <v>613.09</v>
       </c>
       <c r="AE26" t="n">
-        <v>601.74</v>
+        <v>617.1900000000001</v>
       </c>
       <c r="AF26" t="n">
-        <v>605.28</v>
+        <v>621.05</v>
       </c>
       <c r="AG26" t="n">
-        <v>608.78</v>
+        <v>624.9299999999999</v>
       </c>
       <c r="AH26" t="n">
-        <v>612.23</v>
+        <v>628.75</v>
       </c>
       <c r="AI26" t="n">
-        <v>615.78</v>
+        <v>632.67</v>
       </c>
       <c r="AJ26" t="n">
-        <v>619.24</v>
+        <v>636.49</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="2" t="inlineStr">
+      <c r="A27" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B27" t="n">
         <v>557.83</v>
       </c>
       <c r="C27" t="n">
         <v>507.81</v>
       </c>
       <c r="D27" t="n">
         <v>526.85</v>
       </c>
       <c r="E27" t="n">
         <v>466.79</v>
       </c>
       <c r="F27" t="n">
         <v>538.9400000000001</v>
       </c>
       <c r="G27" t="n">
-        <v>530.4</v>
+        <v>530.39</v>
       </c>
       <c r="H27" t="n">
-        <v>549.8099999999999</v>
+        <v>550.75</v>
       </c>
       <c r="I27" t="n">
-        <v>562.5599999999999</v>
+        <v>573.04</v>
       </c>
       <c r="J27" t="n">
-        <v>567.22</v>
+        <v>585.52</v>
       </c>
       <c r="K27" t="n">
-        <v>575.97</v>
+        <v>591.33</v>
       </c>
       <c r="L27" t="n">
-        <v>569.65</v>
+        <v>581.11</v>
       </c>
       <c r="M27" t="n">
-        <v>593.76</v>
+        <v>603.95</v>
       </c>
       <c r="N27" t="n">
-        <v>586.97</v>
+        <v>597.13</v>
       </c>
       <c r="O27" t="n">
-        <v>587.8099999999999</v>
+        <v>598.04</v>
       </c>
       <c r="P27" t="n">
-        <v>591.9400000000001</v>
+        <v>602.5599999999999</v>
       </c>
       <c r="Q27" t="n">
-        <v>592.78</v>
+        <v>604.05</v>
       </c>
       <c r="R27" t="n">
-        <v>593.1799999999999</v>
+        <v>604.9</v>
       </c>
       <c r="S27" t="n">
-        <v>596.53</v>
+        <v>608.78</v>
       </c>
       <c r="T27" t="n">
-        <v>600.88</v>
+        <v>613.59</v>
       </c>
       <c r="U27" t="n">
-        <v>602.9299999999999</v>
+        <v>616.12</v>
       </c>
       <c r="V27" t="n">
-        <v>604.4400000000001</v>
+        <v>618.1799999999999</v>
       </c>
       <c r="W27" t="n">
-        <v>610.08</v>
+        <v>624.23</v>
       </c>
       <c r="X27" t="n">
-        <v>613.1</v>
+        <v>627.66</v>
       </c>
       <c r="Y27" t="n">
-        <v>616.37</v>
+        <v>631.42</v>
       </c>
       <c r="Z27" t="n">
-        <v>620.85</v>
+        <v>636.37</v>
       </c>
       <c r="AA27" t="n">
-        <v>623.4</v>
+        <v>639.38</v>
       </c>
       <c r="AB27" t="n">
-        <v>627.11</v>
+        <v>643.47</v>
       </c>
       <c r="AC27" t="n">
-        <v>631.49</v>
+        <v>648.27</v>
       </c>
       <c r="AD27" t="n">
-        <v>634.51</v>
+        <v>651.73</v>
       </c>
       <c r="AE27" t="n">
-        <v>639.13</v>
+        <v>656.83</v>
       </c>
       <c r="AF27" t="n">
-        <v>643.16</v>
+        <v>661.3099999999999</v>
       </c>
       <c r="AG27" t="n">
-        <v>647.1</v>
+        <v>665.64</v>
       </c>
       <c r="AH27" t="n">
-        <v>651.03</v>
+        <v>670</v>
       </c>
       <c r="AI27" t="n">
-        <v>654.91</v>
+        <v>674.3099999999999</v>
       </c>
       <c r="AJ27" t="n">
-        <v>658.83</v>
+        <v>678.67</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="2" t="inlineStr">
+      <c r="A28" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B28" t="n">
         <v>596.89</v>
       </c>
       <c r="C28" t="n">
         <v>526.8099999999999</v>
       </c>
       <c r="D28" t="n">
         <v>524.79</v>
       </c>
       <c r="E28" t="n">
         <v>590.83</v>
       </c>
       <c r="F28" t="n">
         <v>521.75</v>
       </c>
       <c r="G28" t="n">
-        <v>589.64</v>
+        <v>589.63</v>
       </c>
       <c r="H28" t="n">
-        <v>584.88</v>
+        <v>585.89</v>
       </c>
       <c r="I28" t="n">
-        <v>606.3099999999999</v>
+        <v>617.21</v>
       </c>
       <c r="J28" t="n">
-        <v>626.5599999999999</v>
+        <v>644.95</v>
       </c>
       <c r="K28" t="n">
-        <v>628.79</v>
+        <v>644.33</v>
       </c>
       <c r="L28" t="n">
-        <v>621.27</v>
+        <v>633.5</v>
       </c>
       <c r="M28" t="n">
-        <v>639.42</v>
+        <v>650.46</v>
       </c>
       <c r="N28" t="n">
-        <v>636.24</v>
+        <v>646.61</v>
       </c>
       <c r="O28" t="n">
-        <v>636.29</v>
+        <v>646.73</v>
       </c>
       <c r="P28" t="n">
-        <v>640.16</v>
+        <v>650.95</v>
       </c>
       <c r="Q28" t="n">
-        <v>639.52</v>
+        <v>650.83</v>
       </c>
       <c r="R28" t="n">
-        <v>641.1900000000001</v>
+        <v>653.05</v>
       </c>
       <c r="S28" t="n">
-        <v>642.92</v>
+        <v>655.23</v>
       </c>
       <c r="T28" t="n">
-        <v>645.62</v>
+        <v>658.41</v>
       </c>
       <c r="U28" t="n">
-        <v>649.66</v>
+        <v>662.9</v>
       </c>
       <c r="V28" t="n">
-        <v>652.21</v>
+        <v>665.9</v>
       </c>
       <c r="W28" t="n">
-        <v>654.26</v>
+        <v>668.45</v>
       </c>
       <c r="X28" t="n">
-        <v>658.96</v>
+        <v>673.5599999999999</v>
       </c>
       <c r="Y28" t="n">
-        <v>661.98</v>
+        <v>676.99</v>
       </c>
       <c r="Z28" t="n">
-        <v>665.3</v>
+        <v>680.78</v>
       </c>
       <c r="AA28" t="n">
-        <v>669.4400000000001</v>
+        <v>685.36</v>
       </c>
       <c r="AB28" t="n">
-        <v>672.3</v>
+        <v>688.66</v>
       </c>
       <c r="AC28" t="n">
-        <v>675.89</v>
+        <v>692.66</v>
       </c>
       <c r="AD28" t="n">
-        <v>679.9299999999999</v>
+        <v>697.12</v>
       </c>
       <c r="AE28" t="n">
-        <v>683.0700000000001</v>
+        <v>700.6900000000001</v>
       </c>
       <c r="AF28" t="n">
-        <v>687.27</v>
+        <v>705.34</v>
       </c>
       <c r="AG28" t="n">
-        <v>691.09</v>
+        <v>709.59</v>
       </c>
       <c r="AH28" t="n">
-        <v>694.85</v>
+        <v>713.76</v>
       </c>
       <c r="AI28" t="n">
-        <v>698.58</v>
+        <v>717.91</v>
       </c>
       <c r="AJ28" t="n">
-        <v>702.26</v>
+        <v>722.02</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="2" t="inlineStr">
+      <c r="A29" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B29" t="n">
         <v>645.9400000000001</v>
       </c>
       <c r="C29" t="n">
         <v>562.9</v>
       </c>
       <c r="D29" t="n">
         <v>543.79</v>
       </c>
       <c r="E29" t="n">
         <v>560.77</v>
       </c>
       <c r="F29" t="n">
         <v>623.83</v>
       </c>
       <c r="G29" t="n">
-        <v>581.54</v>
+        <v>581.53</v>
       </c>
       <c r="H29" t="n">
-        <v>622.6</v>
+        <v>623.53</v>
       </c>
       <c r="I29" t="n">
-        <v>631.15</v>
+        <v>642.72</v>
       </c>
       <c r="J29" t="n">
-        <v>655.62</v>
+        <v>675.2</v>
       </c>
       <c r="K29" t="n">
-        <v>669.4</v>
+        <v>685.4400000000001</v>
       </c>
       <c r="L29" t="n">
-        <v>663.61</v>
+        <v>676.92</v>
       </c>
       <c r="M29" t="n">
-        <v>678.41</v>
+        <v>690.58</v>
       </c>
       <c r="N29" t="n">
-        <v>672.49</v>
+        <v>684.08</v>
       </c>
       <c r="O29" t="n">
-        <v>676.3</v>
+        <v>687.61</v>
       </c>
       <c r="P29" t="n">
-        <v>680.02</v>
+        <v>691.72</v>
       </c>
       <c r="Q29" t="n">
-        <v>680.46</v>
+        <v>692.6900000000001</v>
       </c>
       <c r="R29" t="n">
-        <v>681.75</v>
+        <v>694.5</v>
       </c>
       <c r="S29" t="n">
-        <v>684.54</v>
+        <v>697.83</v>
       </c>
       <c r="T29" t="n">
-        <v>687.63</v>
+        <v>701.4</v>
       </c>
       <c r="U29" t="n">
-        <v>691</v>
+        <v>705.27</v>
       </c>
       <c r="V29" t="n">
-        <v>695.27</v>
+        <v>710.01</v>
       </c>
       <c r="W29" t="n">
-        <v>698.65</v>
+        <v>713.87</v>
       </c>
       <c r="X29" t="n">
-        <v>701.62</v>
+        <v>717.35</v>
       </c>
       <c r="Y29" t="n">
-        <v>706.34</v>
+        <v>722.53</v>
       </c>
       <c r="Z29" t="n">
-        <v>710.03</v>
+        <v>726.6799999999999</v>
       </c>
       <c r="AA29" t="n">
-        <v>713.92</v>
+        <v>731.0599999999999</v>
       </c>
       <c r="AB29" t="n">
-        <v>718.41</v>
+        <v>736.03</v>
       </c>
       <c r="AC29" t="n">
-        <v>722</v>
+        <v>740.09</v>
       </c>
       <c r="AD29" t="n">
-        <v>726.0700000000001</v>
+        <v>744.62</v>
       </c>
       <c r="AE29" t="n">
-        <v>730.4400000000001</v>
+        <v>749.46</v>
       </c>
       <c r="AF29" t="n">
-        <v>734.23</v>
+        <v>753.71</v>
       </c>
       <c r="AG29" t="n">
-        <v>738.6799999999999</v>
+        <v>758.65</v>
       </c>
       <c r="AH29" t="n">
-        <v>742.91</v>
+        <v>763.35</v>
       </c>
       <c r="AI29" t="n">
-        <v>747.08</v>
+        <v>767.96</v>
       </c>
       <c r="AJ29" t="n">
-        <v>751.21</v>
+        <v>772.5599999999999</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="2" t="inlineStr">
+      <c r="A30" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B30" t="n">
         <v>672.9</v>
       </c>
       <c r="C30" t="n">
         <v>616.9400000000001</v>
       </c>
       <c r="D30" t="n">
         <v>604.87</v>
       </c>
       <c r="E30" t="n">
         <v>615.77</v>
       </c>
       <c r="F30" t="n">
         <v>607.77</v>
       </c>
       <c r="G30" t="n">
-        <v>628.8200000000001</v>
+        <v>628.8099999999999</v>
       </c>
       <c r="H30" t="n">
-        <v>601.46</v>
+        <v>602.3</v>
       </c>
       <c r="I30" t="n">
-        <v>631.5599999999999</v>
+        <v>642.83</v>
       </c>
       <c r="J30" t="n">
-        <v>651.28</v>
+        <v>671.15</v>
       </c>
       <c r="K30" t="n">
-        <v>667.23</v>
+        <v>684.16</v>
       </c>
       <c r="L30" t="n">
-        <v>664.75</v>
+        <v>678.01</v>
       </c>
       <c r="M30" t="n">
-        <v>681.59</v>
+        <v>694.0700000000001</v>
       </c>
       <c r="N30" t="n">
-        <v>675.4400000000001</v>
+        <v>687.25</v>
       </c>
       <c r="O30" t="n">
-        <v>676.66</v>
+        <v>688.17</v>
       </c>
       <c r="P30" t="n">
-        <v>682.38</v>
+        <v>693.98</v>
       </c>
       <c r="Q30" t="n">
-        <v>682.64</v>
+        <v>694.73</v>
       </c>
       <c r="R30" t="n">
-        <v>684.53</v>
+        <v>697.09</v>
       </c>
       <c r="S30" t="n">
-        <v>686.88</v>
+        <v>699.9</v>
       </c>
       <c r="T30" t="n">
-        <v>690.27</v>
+        <v>703.77</v>
       </c>
       <c r="U30" t="n">
-        <v>693.9400000000001</v>
+        <v>707.87</v>
       </c>
       <c r="V30" t="n">
-        <v>697.54</v>
+        <v>711.91</v>
       </c>
       <c r="W30" t="n">
-        <v>701.8</v>
+        <v>716.6</v>
       </c>
       <c r="X30" t="n">
-        <v>705.51</v>
+        <v>720.75</v>
       </c>
       <c r="Y30" t="n">
-        <v>708.98</v>
+        <v>724.6799999999999</v>
       </c>
       <c r="Z30" t="n">
-        <v>713.6</v>
+        <v>729.73</v>
       </c>
       <c r="AA30" t="n">
-        <v>717.55</v>
+        <v>734.1</v>
       </c>
       <c r="AB30" t="n">
-        <v>721.6900000000001</v>
+        <v>738.6799999999999</v>
       </c>
       <c r="AC30" t="n">
-        <v>726.22</v>
+        <v>743.66</v>
       </c>
       <c r="AD30" t="n">
-        <v>730.0700000000001</v>
+        <v>747.95</v>
       </c>
       <c r="AE30" t="n">
-        <v>734.3099999999999</v>
+        <v>752.61</v>
       </c>
       <c r="AF30" t="n">
-        <v>738.78</v>
+        <v>757.51</v>
       </c>
       <c r="AG30" t="n">
-        <v>742.8</v>
+        <v>761.97</v>
       </c>
       <c r="AH30" t="n">
-        <v>747.3</v>
+        <v>766.9</v>
       </c>
       <c r="AI30" t="n">
-        <v>751.62</v>
+        <v>771.65</v>
       </c>
       <c r="AJ30" t="n">
-        <v>755.88</v>
+        <v>776.34</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="2" t="inlineStr">
+      <c r="A31" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B31" t="n">
         <v>697.96</v>
       </c>
       <c r="C31" t="n">
         <v>633.98</v>
       </c>
       <c r="D31" t="n">
         <v>628.9400000000001</v>
       </c>
       <c r="E31" t="n">
         <v>667.85</v>
       </c>
       <c r="F31" t="n">
         <v>676.77</v>
       </c>
       <c r="G31" t="n">
-        <v>686.8</v>
+        <v>686.79</v>
       </c>
       <c r="H31" t="n">
-        <v>700.49</v>
+        <v>701.46</v>
       </c>
       <c r="I31" t="n">
-        <v>684.99</v>
+        <v>697.89</v>
       </c>
       <c r="J31" t="n">
-        <v>717.78</v>
+        <v>740.76</v>
       </c>
       <c r="K31" t="n">
-        <v>732.72</v>
+        <v>753.03</v>
       </c>
       <c r="L31" t="n">
-        <v>733.4299999999999</v>
+        <v>750.01</v>
       </c>
       <c r="M31" t="n">
-        <v>752.46</v>
+        <v>767.36</v>
       </c>
       <c r="N31" t="n">
-        <v>752.2</v>
+        <v>766.54</v>
       </c>
       <c r="O31" t="n">
-        <v>754.1799999999999</v>
+        <v>768.1</v>
       </c>
       <c r="P31" t="n">
-        <v>759.25</v>
+        <v>773.17</v>
       </c>
       <c r="Q31" t="n">
-        <v>762.99</v>
+        <v>777.15</v>
       </c>
       <c r="R31" t="n">
-        <v>766.0599999999999</v>
+        <v>780.66</v>
       </c>
       <c r="S31" t="n">
-        <v>770.23</v>
+        <v>785.29</v>
       </c>
       <c r="T31" t="n">
-        <v>774.5700000000001</v>
+        <v>790.08</v>
       </c>
       <c r="U31" t="n">
-        <v>779.55</v>
+        <v>795.53</v>
       </c>
       <c r="V31" t="n">
-        <v>784.72</v>
+        <v>801.14</v>
       </c>
       <c r="W31" t="n">
-        <v>789.8099999999999</v>
+        <v>806.6900000000001</v>
       </c>
       <c r="X31" t="n">
-        <v>795.3099999999999</v>
+        <v>812.64</v>
       </c>
       <c r="Y31" t="n">
-        <v>800.5</v>
+        <v>818.28</v>
       </c>
       <c r="Z31" t="n">
-        <v>805.5</v>
+        <v>823.74</v>
       </c>
       <c r="AA31" t="n">
-        <v>811.37</v>
+        <v>830.05</v>
       </c>
       <c r="AB31" t="n">
-        <v>816.8</v>
+        <v>835.9299999999999</v>
       </c>
       <c r="AC31" t="n">
-        <v>822.29</v>
+        <v>841.89</v>
       </c>
       <c r="AD31" t="n">
-        <v>828.05</v>
+        <v>848.1</v>
       </c>
       <c r="AE31" t="n">
-        <v>833.35</v>
+        <v>853.86</v>
       </c>
       <c r="AF31" t="n">
-        <v>838.9400000000001</v>
+        <v>859.89</v>
       </c>
       <c r="AG31" t="n">
-        <v>844.66</v>
+        <v>866.05</v>
       </c>
       <c r="AH31" t="n">
-        <v>850.08</v>
+        <v>871.91</v>
       </c>
       <c r="AI31" t="n">
-        <v>855.79</v>
+        <v>878.08</v>
       </c>
       <c r="AJ31" t="n">
-        <v>861.37</v>
+        <v>884.1</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="2" t="inlineStr">
+      <c r="A32" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B32" t="n">
         <v>752.89</v>
       </c>
       <c r="C32" t="n">
         <v>668.89</v>
       </c>
       <c r="D32" t="n">
         <v>628.98</v>
       </c>
       <c r="E32" t="n">
         <v>689.92</v>
       </c>
       <c r="F32" t="n">
         <v>711.87</v>
       </c>
       <c r="G32" t="n">
-        <v>685.92</v>
+        <v>685.91</v>
       </c>
       <c r="H32" t="n">
-        <v>700.01</v>
+        <v>700.8099999999999</v>
       </c>
       <c r="I32" t="n">
-        <v>715.34</v>
+        <v>725.73</v>
       </c>
       <c r="J32" t="n">
-        <v>716.9299999999999</v>
+        <v>738.25</v>
       </c>
       <c r="K32" t="n">
-        <v>740.88</v>
+        <v>762.73</v>
       </c>
       <c r="L32" t="n">
-        <v>741.99</v>
+        <v>760.5</v>
       </c>
       <c r="M32" t="n">
-        <v>764</v>
+        <v>780.63</v>
       </c>
       <c r="N32" t="n">
-        <v>761.13</v>
+        <v>776.48</v>
       </c>
       <c r="O32" t="n">
-        <v>765.14</v>
+        <v>780.0599999999999</v>
       </c>
       <c r="P32" t="n">
-        <v>769.54</v>
+        <v>784.41</v>
       </c>
       <c r="Q32" t="n">
-        <v>770.5</v>
+        <v>785.6</v>
       </c>
       <c r="R32" t="n">
-        <v>773.99</v>
+        <v>789.4</v>
       </c>
       <c r="S32" t="n">
-        <v>777.17</v>
+        <v>793.05</v>
       </c>
       <c r="T32" t="n">
-        <v>781.27</v>
+        <v>797.63</v>
       </c>
       <c r="U32" t="n">
-        <v>785.59</v>
+        <v>802.42</v>
       </c>
       <c r="V32" t="n">
-        <v>790.4</v>
+        <v>807.71</v>
       </c>
       <c r="W32" t="n">
-        <v>795.33</v>
+        <v>813.12</v>
       </c>
       <c r="X32" t="n">
-        <v>800.1900000000001</v>
+        <v>818.46</v>
       </c>
       <c r="Y32" t="n">
-        <v>805.4299999999999</v>
+        <v>824.1799999999999</v>
       </c>
       <c r="Z32" t="n">
-        <v>810.48</v>
+        <v>829.7</v>
       </c>
       <c r="AA32" t="n">
-        <v>815.4299999999999</v>
+        <v>835.14</v>
       </c>
       <c r="AB32" t="n">
-        <v>820.99</v>
+        <v>841.17</v>
       </c>
       <c r="AC32" t="n">
-        <v>826.23</v>
+        <v>846.89</v>
       </c>
       <c r="AD32" t="n">
-        <v>831.5</v>
+        <v>852.65</v>
       </c>
       <c r="AE32" t="n">
-        <v>837</v>
+        <v>858.63</v>
       </c>
       <c r="AF32" t="n">
-        <v>842.17</v>
+        <v>864.28</v>
       </c>
       <c r="AG32" t="n">
-        <v>847.53</v>
+        <v>870.11</v>
       </c>
       <c r="AH32" t="n">
-        <v>853.04</v>
+        <v>876.09</v>
       </c>
       <c r="AI32" t="n">
-        <v>858.28</v>
+        <v>881.8</v>
       </c>
       <c r="AJ32" t="n">
-        <v>863.73</v>
+        <v>887.73</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="2" t="inlineStr">
+      <c r="A33" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B33" t="n">
         <v>736.89</v>
       </c>
       <c r="C33" t="n">
         <v>696.91</v>
       </c>
       <c r="D33" t="n">
         <v>665.89</v>
       </c>
       <c r="E33" t="n">
         <v>677.98</v>
       </c>
       <c r="F33" t="n">
         <v>732.92</v>
       </c>
       <c r="G33" t="n">
-        <v>734.34</v>
+        <v>734.33</v>
       </c>
       <c r="H33" t="n">
-        <v>715.25</v>
+        <v>715.97</v>
       </c>
       <c r="I33" t="n">
-        <v>731.3099999999999</v>
+        <v>740.91</v>
       </c>
       <c r="J33" t="n">
-        <v>755.38</v>
+        <v>773.27</v>
       </c>
       <c r="K33" t="n">
-        <v>756.36</v>
+        <v>775.15</v>
       </c>
       <c r="L33" t="n">
-        <v>763.23</v>
+        <v>781.09</v>
       </c>
       <c r="M33" t="n">
-        <v>780.8</v>
+        <v>797.26</v>
       </c>
       <c r="N33" t="n">
-        <v>785.84</v>
+        <v>801.0700000000001</v>
       </c>
       <c r="O33" t="n">
-        <v>786.6799999999999</v>
+        <v>801.0599999999999</v>
       </c>
       <c r="P33" t="n">
-        <v>791.75</v>
+        <v>806.0700000000001</v>
       </c>
       <c r="Q33" t="n">
-        <v>793.4</v>
+        <v>807.9</v>
       </c>
       <c r="R33" t="n">
-        <v>794.99</v>
+        <v>809.79</v>
       </c>
       <c r="S33" t="n">
-        <v>798.54</v>
+        <v>813.71</v>
       </c>
       <c r="T33" t="n">
-        <v>801.87</v>
+        <v>817.51</v>
       </c>
       <c r="U33" t="n">
-        <v>805.96</v>
+        <v>822.0700000000001</v>
       </c>
       <c r="V33" t="n">
-        <v>810.24</v>
+        <v>826.8200000000001</v>
       </c>
       <c r="W33" t="n">
-        <v>814.8200000000001</v>
+        <v>831.88</v>
       </c>
       <c r="X33" t="n">
-        <v>819.61</v>
+        <v>837.13</v>
       </c>
       <c r="Y33" t="n">
-        <v>824.3200000000001</v>
+        <v>842.3200000000001</v>
       </c>
       <c r="Z33" t="n">
-        <v>829.36</v>
+        <v>847.83</v>
       </c>
       <c r="AA33" t="n">
-        <v>834.27</v>
+        <v>853.22</v>
       </c>
       <c r="AB33" t="n">
-        <v>839.16</v>
+        <v>858.58</v>
       </c>
       <c r="AC33" t="n">
-        <v>844.4400000000001</v>
+        <v>864.34</v>
       </c>
       <c r="AD33" t="n">
-        <v>849.49</v>
+        <v>869.86</v>
       </c>
       <c r="AE33" t="n">
-        <v>854.5599999999999</v>
+        <v>875.41</v>
       </c>
       <c r="AF33" t="n">
-        <v>859.86</v>
+        <v>881.1900000000001</v>
       </c>
       <c r="AG33" t="n">
-        <v>864.84</v>
+        <v>886.64</v>
       </c>
       <c r="AH33" t="n">
-        <v>870.01</v>
+        <v>892.27</v>
       </c>
       <c r="AI33" t="n">
-        <v>875.27</v>
+        <v>898</v>
       </c>
       <c r="AJ33" t="n">
-        <v>880.3</v>
+        <v>903.49</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34" s="2" t="inlineStr">
+      <c r="A34" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B34" t="n">
         <v>790.92</v>
       </c>
       <c r="C34" t="n">
         <v>707.92</v>
       </c>
       <c r="D34" t="n">
         <v>705.91</v>
       </c>
       <c r="E34" t="n">
         <v>729.89</v>
       </c>
       <c r="F34" t="n">
         <v>717.98</v>
       </c>
       <c r="G34" t="n">
-        <v>743.02</v>
+        <v>743.01</v>
       </c>
       <c r="H34" t="n">
-        <v>756.35</v>
+        <v>757.0700000000001</v>
       </c>
       <c r="I34" t="n">
-        <v>746.72</v>
+        <v>757.3200000000001</v>
       </c>
       <c r="J34" t="n">
-        <v>772.28</v>
+        <v>790.83</v>
       </c>
       <c r="K34" t="n">
-        <v>789.17</v>
+        <v>805.8200000000001</v>
       </c>
       <c r="L34" t="n">
-        <v>777.4299999999999</v>
+        <v>793.01</v>
       </c>
       <c r="M34" t="n">
-        <v>802.9</v>
+        <v>818.97</v>
       </c>
       <c r="N34" t="n">
-        <v>801.54</v>
+        <v>816.64</v>
       </c>
       <c r="O34" t="n">
-        <v>809.28</v>
+        <v>823.54</v>
       </c>
       <c r="P34" t="n">
-        <v>811.91</v>
+        <v>825.79</v>
       </c>
       <c r="Q34" t="n">
-        <v>813.36</v>
+        <v>827.37</v>
       </c>
       <c r="R34" t="n">
-        <v>815.48</v>
+        <v>829.74</v>
       </c>
       <c r="S34" t="n">
-        <v>817.63</v>
+        <v>832.23</v>
       </c>
       <c r="T34" t="n">
-        <v>821.26</v>
+        <v>836.23</v>
       </c>
       <c r="U34" t="n">
-        <v>824.71</v>
+        <v>840.11</v>
       </c>
       <c r="V34" t="n">
-        <v>828.77</v>
+        <v>844.61</v>
       </c>
       <c r="W34" t="n">
-        <v>832.99</v>
+        <v>849.26</v>
       </c>
       <c r="X34" t="n">
-        <v>837.4</v>
+        <v>854.12</v>
       </c>
       <c r="Y34" t="n">
-        <v>842.1</v>
+        <v>859.26</v>
       </c>
       <c r="Z34" t="n">
-        <v>846.72</v>
+        <v>864.3099999999999</v>
       </c>
       <c r="AA34" t="n">
-        <v>851.6</v>
+        <v>869.63</v>
       </c>
       <c r="AB34" t="n">
-        <v>856.46</v>
+        <v>874.9299999999999</v>
       </c>
       <c r="AC34" t="n">
-        <v>861.25</v>
+        <v>880.1799999999999</v>
       </c>
       <c r="AD34" t="n">
-        <v>866.3200000000001</v>
+        <v>885.6799999999999</v>
       </c>
       <c r="AE34" t="n">
-        <v>871.25</v>
+        <v>891.05</v>
       </c>
       <c r="AF34" t="n">
-        <v>876.1900000000001</v>
+        <v>896.4400000000001</v>
       </c>
       <c r="AG34" t="n">
-        <v>881.33</v>
+        <v>902.02</v>
       </c>
       <c r="AH34" t="n">
-        <v>886.1900000000001</v>
+        <v>907.3099999999999</v>
       </c>
       <c r="AI34" t="n">
-        <v>891.1799999999999</v>
+        <v>912.74</v>
       </c>
       <c r="AJ34" t="n">
-        <v>896.26</v>
+        <v>918.26</v>
       </c>
     </row>
     <row r="35">
-      <c r="A35" s="2" t="inlineStr">
+      <c r="A35" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B35" t="n">
         <v>835.85</v>
       </c>
       <c r="C35" t="n">
         <v>748.87</v>
       </c>
       <c r="D35" t="n">
         <v>703.92</v>
       </c>
       <c r="E35" t="n">
         <v>739.91</v>
       </c>
       <c r="F35" t="n">
         <v>758.89</v>
       </c>
       <c r="G35" t="n">
-        <v>741.89</v>
+        <v>741.88</v>
       </c>
       <c r="H35" t="n">
-        <v>763.33</v>
+        <v>764.26</v>
       </c>
       <c r="I35" t="n">
-        <v>781.64</v>
+        <v>792.8200000000001</v>
       </c>
       <c r="J35" t="n">
-        <v>790.87</v>
+        <v>810.8099999999999</v>
       </c>
       <c r="K35" t="n">
-        <v>807.65</v>
+        <v>825.34</v>
       </c>
       <c r="L35" t="n">
-        <v>804.22</v>
+        <v>818.72</v>
       </c>
       <c r="M35" t="n">
-        <v>820.54</v>
+        <v>835.75</v>
       </c>
       <c r="N35" t="n">
-        <v>824.8200000000001</v>
+        <v>840.38</v>
       </c>
       <c r="O35" t="n">
-        <v>827.3099999999999</v>
+        <v>842.25</v>
       </c>
       <c r="P35" t="n">
-        <v>835.73</v>
+        <v>850.36</v>
       </c>
       <c r="Q35" t="n">
-        <v>835.46</v>
+        <v>850.09</v>
       </c>
       <c r="R35" t="n">
-        <v>837.39</v>
+        <v>852.28</v>
       </c>
       <c r="S35" t="n">
-        <v>840.01</v>
+        <v>855.25</v>
       </c>
       <c r="T35" t="n">
-        <v>842.71</v>
+        <v>858.36</v>
       </c>
       <c r="U35" t="n">
-        <v>846.51</v>
+        <v>862.58</v>
       </c>
       <c r="V35" t="n">
-        <v>850.1900000000001</v>
+        <v>866.72</v>
       </c>
       <c r="W35" t="n">
-        <v>854.3200000000001</v>
+        <v>871.33</v>
       </c>
       <c r="X35" t="n">
-        <v>858.59</v>
+        <v>876.08</v>
       </c>
       <c r="Y35" t="n">
-        <v>863.0599999999999</v>
+        <v>881.02</v>
       </c>
       <c r="Z35" t="n">
-        <v>867.79</v>
+        <v>886.22</v>
       </c>
       <c r="AA35" t="n">
-        <v>872.46</v>
+        <v>891.36</v>
       </c>
       <c r="AB35" t="n">
-        <v>877.35</v>
+        <v>896.73</v>
       </c>
       <c r="AC35" t="n">
-        <v>882.2</v>
+        <v>902.05</v>
       </c>
       <c r="AD35" t="n">
-        <v>887.01</v>
+        <v>907.33</v>
       </c>
       <c r="AE35" t="n">
-        <v>892.02</v>
+        <v>912.8200000000001</v>
       </c>
       <c r="AF35" t="n">
-        <v>896.95</v>
+        <v>918.22</v>
       </c>
       <c r="AG35" t="n">
-        <v>901.87</v>
+        <v>923.61</v>
       </c>
       <c r="AH35" t="n">
-        <v>906.96</v>
+        <v>929.17</v>
       </c>
       <c r="AI35" t="n">
-        <v>911.8</v>
+        <v>934.49</v>
       </c>
       <c r="AJ35" t="n">
-        <v>916.75</v>
+        <v>939.9</v>
       </c>
     </row>
     <row r="36">
-      <c r="A36" s="2" t="inlineStr">
+      <c r="A36" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B36" t="n">
         <v>789.92</v>
       </c>
       <c r="C36" t="n">
         <v>751.9400000000001</v>
       </c>
       <c r="D36" t="n">
         <v>775.9</v>
       </c>
       <c r="E36" t="n">
         <v>751.92</v>
       </c>
       <c r="F36" t="n">
         <v>765.91</v>
       </c>
       <c r="G36" t="n">
-        <v>786.23</v>
+        <v>786.22</v>
       </c>
       <c r="H36" t="n">
-        <v>774.36</v>
+        <v>775.24</v>
       </c>
       <c r="I36" t="n">
-        <v>797.52</v>
+        <v>810.48</v>
       </c>
       <c r="J36" t="n">
-        <v>828.4</v>
+        <v>851.48</v>
       </c>
       <c r="K36" t="n">
-        <v>836.37</v>
+        <v>857.1</v>
       </c>
       <c r="L36" t="n">
-        <v>838.24</v>
+        <v>855.73</v>
       </c>
       <c r="M36" t="n">
-        <v>856.51</v>
+        <v>872.64</v>
       </c>
       <c r="N36" t="n">
-        <v>856.2</v>
+        <v>872.88</v>
       </c>
       <c r="O36" t="n">
-        <v>863.36</v>
+        <v>880.3200000000001</v>
       </c>
       <c r="P36" t="n">
-        <v>868.14</v>
+        <v>884.88</v>
       </c>
       <c r="Q36" t="n">
-        <v>872.98</v>
+        <v>889.7</v>
       </c>
       <c r="R36" t="n">
-        <v>873.75</v>
+        <v>890.63</v>
       </c>
       <c r="S36" t="n">
-        <v>876.49</v>
+        <v>893.75</v>
       </c>
       <c r="T36" t="n">
-        <v>879.88</v>
+        <v>897.5599999999999</v>
       </c>
       <c r="U36" t="n">
-        <v>883.35</v>
+        <v>901.5</v>
       </c>
       <c r="V36" t="n">
-        <v>887.71</v>
+        <v>906.34</v>
       </c>
       <c r="W36" t="n">
-        <v>892</v>
+        <v>911.14</v>
       </c>
       <c r="X36" t="n">
-        <v>896.64</v>
+        <v>916.3</v>
       </c>
       <c r="Y36" t="n">
-        <v>901.47</v>
+        <v>921.65</v>
       </c>
       <c r="Z36" t="n">
-        <v>906.5</v>
+        <v>927.2</v>
       </c>
       <c r="AA36" t="n">
-        <v>911.72</v>
+        <v>932.9400000000001</v>
       </c>
       <c r="AB36" t="n">
-        <v>916.95</v>
+        <v>938.6900000000001</v>
       </c>
       <c r="AC36" t="n">
-        <v>922.3099999999999</v>
+        <v>944.5700000000001</v>
       </c>
       <c r="AD36" t="n">
-        <v>927.64</v>
+        <v>950.42</v>
       </c>
       <c r="AE36" t="n">
-        <v>932.96</v>
+        <v>956.27</v>
       </c>
       <c r="AF36" t="n">
-        <v>938.4400000000001</v>
+        <v>962.26</v>
       </c>
       <c r="AG36" t="n">
-        <v>943.85</v>
+        <v>968.1900000000001</v>
       </c>
       <c r="AH36" t="n">
-        <v>949.27</v>
+        <v>974.13</v>
       </c>
       <c r="AI36" t="n">
-        <v>954.8</v>
+        <v>980.17</v>
       </c>
       <c r="AJ36" t="n">
-        <v>960.14</v>
+        <v>986.03</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="2" t="inlineStr">
+      <c r="A37" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B37" t="n">
         <v>787.98</v>
       </c>
       <c r="C37" t="n">
         <v>774</v>
       </c>
       <c r="D37" t="n">
         <v>753.9400000000001</v>
       </c>
       <c r="E37" t="n">
         <v>769.9</v>
       </c>
       <c r="F37" t="n">
         <v>779.91</v>
       </c>
       <c r="G37" t="n">
         <v>788.26</v>
       </c>
       <c r="H37" t="n">
-        <v>803.25</v>
+        <v>803.67</v>
       </c>
       <c r="I37" t="n">
-        <v>795.22</v>
+        <v>805.59</v>
       </c>
       <c r="J37" t="n">
-        <v>827.45</v>
+        <v>849.36</v>
       </c>
       <c r="K37" t="n">
-        <v>854.63</v>
+        <v>877.3200000000001</v>
       </c>
       <c r="L37" t="n">
-        <v>852.77</v>
+        <v>872.47</v>
       </c>
       <c r="M37" t="n">
-        <v>868.72</v>
+        <v>886.55</v>
       </c>
       <c r="N37" t="n">
-        <v>877.8</v>
+        <v>894.49</v>
       </c>
       <c r="O37" t="n">
-        <v>880.95</v>
+        <v>898.05</v>
       </c>
       <c r="P37" t="n">
-        <v>889.3099999999999</v>
+        <v>906.72</v>
       </c>
       <c r="Q37" t="n">
-        <v>893.25</v>
+        <v>910.5700000000001</v>
       </c>
       <c r="R37" t="n">
-        <v>899.23</v>
+        <v>916.58</v>
       </c>
       <c r="S37" t="n">
-        <v>901.9</v>
+        <v>919.4400000000001</v>
       </c>
       <c r="T37" t="n">
-        <v>906.13</v>
+        <v>924.02</v>
       </c>
       <c r="U37" t="n">
-        <v>910.92</v>
+        <v>929.21</v>
       </c>
       <c r="V37" t="n">
-        <v>915.76</v>
+        <v>934.47</v>
       </c>
       <c r="W37" t="n">
-        <v>921.23</v>
+        <v>940.39</v>
       </c>
       <c r="X37" t="n">
-        <v>926.64</v>
+        <v>946.27</v>
       </c>
       <c r="Y37" t="n">
-        <v>932.4</v>
+        <v>952.51</v>
       </c>
       <c r="Z37" t="n">
-        <v>938.3099999999999</v>
+        <v>958.9</v>
       </c>
       <c r="AA37" t="n">
-        <v>944.36</v>
+        <v>965.4400000000001</v>
       </c>
       <c r="AB37" t="n">
-        <v>950.62</v>
+        <v>972.17</v>
       </c>
       <c r="AC37" t="n">
-        <v>956.8200000000001</v>
+        <v>978.86</v>
       </c>
       <c r="AD37" t="n">
-        <v>963.14</v>
+        <v>985.66</v>
       </c>
       <c r="AE37" t="n">
-        <v>969.45</v>
+        <v>992.46</v>
       </c>
       <c r="AF37" t="n">
-        <v>975.77</v>
+        <v>999.26</v>
       </c>
       <c r="AG37" t="n">
-        <v>982.1799999999999</v>
+        <v>1006.16</v>
       </c>
       <c r="AH37" t="n">
-        <v>988.55</v>
+        <v>1013.01</v>
       </c>
       <c r="AI37" t="n">
-        <v>994.9</v>
+        <v>1019.84</v>
       </c>
       <c r="AJ37" t="n">
-        <v>1001.34</v>
+        <v>1026.75</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="2" t="inlineStr">
+      <c r="A38" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B38" t="n">
         <v>800.91</v>
       </c>
       <c r="C38" t="n">
         <v>771.91</v>
       </c>
       <c r="D38" t="n">
         <v>773</v>
       </c>
       <c r="E38" t="n">
         <v>752.9400000000001</v>
       </c>
       <c r="F38" t="n">
         <v>787.9</v>
       </c>
       <c r="G38" t="n">
-        <v>787.87</v>
+        <v>787.86</v>
       </c>
       <c r="H38" t="n">
-        <v>800.5700000000001</v>
+        <v>801.22</v>
       </c>
       <c r="I38" t="n">
-        <v>815.53</v>
+        <v>824.16</v>
       </c>
       <c r="J38" t="n">
-        <v>819.05</v>
+        <v>837.2</v>
       </c>
       <c r="K38" t="n">
-        <v>844.47</v>
+        <v>865.65</v>
       </c>
       <c r="L38" t="n">
-        <v>856.3200000000001</v>
+        <v>876.48</v>
       </c>
       <c r="M38" t="n">
-        <v>873.45</v>
+        <v>892.3099999999999</v>
       </c>
       <c r="N38" t="n">
-        <v>876.03</v>
+        <v>893.39</v>
       </c>
       <c r="O38" t="n">
-        <v>886.99</v>
+        <v>903.42</v>
       </c>
       <c r="P38" t="n">
-        <v>891.64</v>
+        <v>908.5</v>
       </c>
       <c r="Q38" t="n">
-        <v>896.41</v>
+        <v>913.64</v>
       </c>
       <c r="R38" t="n">
-        <v>900.33</v>
+        <v>917.51</v>
       </c>
       <c r="S38" t="n">
-        <v>906.4</v>
+        <v>923.65</v>
       </c>
       <c r="T38" t="n">
-        <v>909.75</v>
+        <v>927.2</v>
       </c>
       <c r="U38" t="n">
-        <v>914.3099999999999</v>
+        <v>932.08</v>
       </c>
       <c r="V38" t="n">
-        <v>919.38</v>
+        <v>937.52</v>
       </c>
       <c r="W38" t="n">
-        <v>924.46</v>
+        <v>942.99</v>
       </c>
       <c r="X38" t="n">
-        <v>930.03</v>
+        <v>948.97</v>
       </c>
       <c r="Y38" t="n">
-        <v>935.58</v>
+        <v>954.95</v>
       </c>
       <c r="Z38" t="n">
-        <v>941.4400000000001</v>
+        <v>961.25</v>
       </c>
       <c r="AA38" t="n">
-        <v>947.4299999999999</v>
+        <v>967.67</v>
       </c>
       <c r="AB38" t="n">
-        <v>953.55</v>
+        <v>974.23</v>
       </c>
       <c r="AC38" t="n">
-        <v>959.8099999999999</v>
+        <v>980.9400000000001</v>
       </c>
       <c r="AD38" t="n">
-        <v>966.01</v>
+        <v>987.58</v>
       </c>
       <c r="AE38" t="n">
-        <v>972.3200000000001</v>
+        <v>994.34</v>
       </c>
       <c r="AF38" t="n">
-        <v>978.64</v>
+        <v>1001.11</v>
       </c>
       <c r="AG38" t="n">
-        <v>984.95</v>
+        <v>1007.86</v>
       </c>
       <c r="AH38" t="n">
-        <v>991.35</v>
+        <v>1014.69</v>
       </c>
       <c r="AI38" t="n">
-        <v>997.6900000000001</v>
+        <v>1021.47</v>
       </c>
       <c r="AJ38" t="n">
-        <v>1004</v>
+        <v>1028.22</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="2" t="inlineStr">
+      <c r="A39" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B39" t="n">
         <v>841.9400000000001</v>
       </c>
       <c r="C39" t="n">
         <v>746.9400000000001</v>
       </c>
       <c r="D39" t="n">
         <v>809.9400000000001</v>
       </c>
       <c r="E39" t="n">
         <v>803</v>
       </c>
       <c r="F39" t="n">
         <v>778.9400000000001</v>
       </c>
       <c r="G39" t="n">
         <v>797.15</v>
       </c>
       <c r="H39" t="n">
-        <v>798.46</v>
+        <v>799.14</v>
       </c>
       <c r="I39" t="n">
-        <v>815.41</v>
+        <v>824.28</v>
       </c>
       <c r="J39" t="n">
-        <v>836.15</v>
+        <v>852.64</v>
       </c>
       <c r="K39" t="n">
-        <v>836.5599999999999</v>
+        <v>854.24</v>
       </c>
       <c r="L39" t="n">
-        <v>844.02</v>
+        <v>862.4</v>
       </c>
       <c r="M39" t="n">
-        <v>874.4299999999999</v>
+        <v>893.23</v>
       </c>
       <c r="N39" t="n">
-        <v>876.66</v>
+        <v>894.4299999999999</v>
       </c>
       <c r="O39" t="n">
-        <v>882.66</v>
+        <v>899.34</v>
       </c>
       <c r="P39" t="n">
-        <v>893.71</v>
+        <v>909.87</v>
       </c>
       <c r="Q39" t="n">
-        <v>895.91</v>
+        <v>912.54</v>
       </c>
       <c r="R39" t="n">
-        <v>900.54</v>
+        <v>917.54</v>
       </c>
       <c r="S39" t="n">
-        <v>904.5700000000001</v>
+        <v>921.63</v>
       </c>
       <c r="T39" t="n">
-        <v>910.59</v>
+        <v>927.8200000000001</v>
       </c>
       <c r="U39" t="n">
-        <v>914.4299999999999</v>
+        <v>931.91</v>
       </c>
       <c r="V39" t="n">
-        <v>919.1900000000001</v>
+        <v>937.01</v>
       </c>
       <c r="W39" t="n">
-        <v>924.38</v>
+        <v>942.58</v>
       </c>
       <c r="X39" t="n">
-        <v>929.5599999999999</v>
+        <v>948.17</v>
       </c>
       <c r="Y39" t="n">
-        <v>935.17</v>
+        <v>954.1900000000001</v>
       </c>
       <c r="Z39" t="n">
-        <v>940.77</v>
+        <v>960.23</v>
       </c>
       <c r="AA39" t="n">
-        <v>946.64</v>
+        <v>966.54</v>
       </c>
       <c r="AB39" t="n">
-        <v>952.62</v>
+        <v>972.96</v>
       </c>
       <c r="AC39" t="n">
-        <v>958.67</v>
+        <v>979.45</v>
       </c>
       <c r="AD39" t="n">
-        <v>964.85</v>
+        <v>986.08</v>
       </c>
       <c r="AE39" t="n">
-        <v>970.99</v>
+        <v>992.66</v>
       </c>
       <c r="AF39" t="n">
-        <v>977.22</v>
+        <v>999.34</v>
       </c>
       <c r="AG39" t="n">
-        <v>983.46</v>
+        <v>1006.01</v>
       </c>
       <c r="AH39" t="n">
-        <v>989.6799999999999</v>
+        <v>1012.69</v>
       </c>
       <c r="AI39" t="n">
-        <v>995.96</v>
+        <v>1019.4</v>
       </c>
       <c r="AJ39" t="n">
-        <v>1002.2</v>
+        <v>1026.07</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="2" t="inlineStr">
+      <c r="A40" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B40" t="n">
         <v>776.9299999999999</v>
       </c>
       <c r="C40" t="n">
         <v>775.9299999999999</v>
       </c>
       <c r="D40" t="n">
         <v>735.9400000000001</v>
       </c>
       <c r="E40" t="n">
         <v>827.9400000000001</v>
       </c>
       <c r="F40" t="n">
         <v>799</v>
       </c>
       <c r="G40" t="n">
-        <v>794.6799999999999</v>
+        <v>794.67</v>
       </c>
       <c r="H40" t="n">
-        <v>810.9299999999999</v>
+        <v>811.3200000000001</v>
       </c>
       <c r="I40" t="n">
-        <v>816.16</v>
+        <v>823.91</v>
       </c>
       <c r="J40" t="n">
-        <v>839.8</v>
+        <v>855.25</v>
       </c>
       <c r="K40" t="n">
-        <v>854.01</v>
+        <v>869.88</v>
       </c>
       <c r="L40" t="n">
-        <v>850.73</v>
+        <v>866.9</v>
       </c>
       <c r="M40" t="n">
-        <v>866.55</v>
+        <v>883.62</v>
       </c>
       <c r="N40" t="n">
-        <v>883.74</v>
+        <v>901.14</v>
       </c>
       <c r="O40" t="n">
-        <v>887.45</v>
+        <v>904.09</v>
       </c>
       <c r="P40" t="n">
-        <v>894.62</v>
+        <v>910.5599999999999</v>
       </c>
       <c r="Q40" t="n">
-        <v>902.58</v>
+        <v>918.26</v>
       </c>
       <c r="R40" t="n">
-        <v>905.27</v>
+        <v>921.39</v>
       </c>
       <c r="S40" t="n">
-        <v>910.02</v>
+        <v>926.52</v>
       </c>
       <c r="T40" t="n">
-        <v>914.26</v>
+        <v>930.91</v>
       </c>
       <c r="U40" t="n">
-        <v>920.24</v>
+        <v>937.1</v>
       </c>
       <c r="V40" t="n">
-        <v>924.48</v>
+        <v>941.61</v>
       </c>
       <c r="W40" t="n">
-        <v>929.39</v>
+        <v>946.89</v>
       </c>
       <c r="X40" t="n">
-        <v>934.6799999999999</v>
+        <v>952.5599999999999</v>
       </c>
       <c r="Y40" t="n">
-        <v>939.98</v>
+        <v>958.27</v>
       </c>
       <c r="Z40" t="n">
-        <v>945.64</v>
+        <v>964.34</v>
       </c>
       <c r="AA40" t="n">
-        <v>951.28</v>
+        <v>970.4</v>
       </c>
       <c r="AB40" t="n">
-        <v>957.1799999999999</v>
+        <v>976.73</v>
       </c>
       <c r="AC40" t="n">
-        <v>963.13</v>
+        <v>983.12</v>
       </c>
       <c r="AD40" t="n">
-        <v>969.13</v>
+        <v>989.55</v>
       </c>
       <c r="AE40" t="n">
-        <v>975.26</v>
+        <v>996.12</v>
       </c>
       <c r="AF40" t="n">
-        <v>981.35</v>
+        <v>1002.64</v>
       </c>
       <c r="AG40" t="n">
-        <v>987.5</v>
+        <v>1009.23</v>
       </c>
       <c r="AH40" t="n">
-        <v>993.67</v>
+        <v>1015.83</v>
       </c>
       <c r="AI40" t="n">
-        <v>999.8099999999999</v>
+        <v>1022.4</v>
       </c>
       <c r="AJ40" t="n">
-        <v>1005.99</v>
+        <v>1029.01</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="2" t="inlineStr">
+      <c r="A41" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B41" t="n">
         <v>792.9299999999999</v>
       </c>
       <c r="C41" t="n">
         <v>762.87</v>
       </c>
       <c r="D41" t="n">
         <v>773.9299999999999</v>
       </c>
       <c r="E41" t="n">
         <v>768.9400000000001</v>
       </c>
       <c r="F41" t="n">
         <v>839.9400000000001</v>
       </c>
       <c r="G41" t="n">
         <v>785.17</v>
       </c>
       <c r="H41" t="n">
-        <v>782.9299999999999</v>
+        <v>783.3200000000001</v>
       </c>
       <c r="I41" t="n">
-        <v>801.65</v>
+        <v>807.1</v>
       </c>
       <c r="J41" t="n">
-        <v>812.3200000000001</v>
+        <v>825.03</v>
       </c>
       <c r="K41" t="n">
-        <v>833.63</v>
+        <v>849.23</v>
       </c>
       <c r="L41" t="n">
-        <v>838.33</v>
+        <v>853.5599999999999</v>
       </c>
       <c r="M41" t="n">
-        <v>845.11</v>
+        <v>861.22</v>
       </c>
       <c r="N41" t="n">
-        <v>852.86</v>
+        <v>869.85</v>
       </c>
       <c r="O41" t="n">
-        <v>870.1</v>
+        <v>887.4</v>
       </c>
       <c r="P41" t="n">
-        <v>874.66</v>
+        <v>891.42</v>
       </c>
       <c r="Q41" t="n">
-        <v>881.16</v>
+        <v>897.45</v>
       </c>
       <c r="R41" t="n">
-        <v>889.03</v>
+        <v>905.16</v>
       </c>
       <c r="S41" t="n">
-        <v>892.5700000000001</v>
+        <v>909.16</v>
       </c>
       <c r="T41" t="n">
-        <v>897.9</v>
+        <v>914.89</v>
       </c>
       <c r="U41" t="n">
-        <v>902.73</v>
+        <v>919.92</v>
       </c>
       <c r="V41" t="n">
-        <v>909.09</v>
+        <v>926.54</v>
       </c>
       <c r="W41" t="n">
-        <v>913.97</v>
+        <v>931.74</v>
       </c>
       <c r="X41" t="n">
-        <v>919.38</v>
+        <v>937.53</v>
       </c>
       <c r="Y41" t="n">
-        <v>925.11</v>
+        <v>943.6799999999999</v>
       </c>
       <c r="Z41" t="n">
-        <v>930.88</v>
+        <v>949.87</v>
       </c>
       <c r="AA41" t="n">
-        <v>936.92</v>
+        <v>956.35</v>
       </c>
       <c r="AB41" t="n">
-        <v>942.96</v>
+        <v>962.83</v>
       </c>
       <c r="AC41" t="n">
-        <v>949.1799999999999</v>
+        <v>969.51</v>
       </c>
       <c r="AD41" t="n">
-        <v>955.45</v>
+        <v>976.23</v>
       </c>
       <c r="AE41" t="n">
-        <v>961.76</v>
+        <v>982.99</v>
       </c>
       <c r="AF41" t="n">
-        <v>968.1900000000001</v>
+        <v>989.87</v>
       </c>
       <c r="AG41" t="n">
-        <v>974.5599999999999</v>
+        <v>996.7</v>
       </c>
       <c r="AH41" t="n">
-        <v>981</v>
+        <v>1003.59</v>
       </c>
       <c r="AI41" t="n">
-        <v>987.4400000000001</v>
+        <v>1010.48</v>
       </c>
       <c r="AJ41" t="n">
-        <v>993.84</v>
+        <v>1017.34</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="2" t="inlineStr">
+      <c r="A42" s="1" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B42" t="n">
         <v>736.96</v>
       </c>
       <c r="C42" t="n">
         <v>770.9400000000001</v>
       </c>
       <c r="D42" t="n">
         <v>754.87</v>
       </c>
       <c r="E42" t="n">
         <v>770.9299999999999</v>
       </c>
       <c r="F42" t="n">
         <v>763.9400000000001</v>
       </c>
       <c r="G42" t="n">
         <v>864.6</v>
       </c>
       <c r="H42" t="n">
-        <v>819.91</v>
+        <v>820.45</v>
       </c>
       <c r="I42" t="n">
-        <v>822.09</v>
+        <v>829.5700000000001</v>
       </c>
       <c r="J42" t="n">
-        <v>849.29</v>
+        <v>862.5</v>
       </c>
       <c r="K42" t="n">
-        <v>857.58</v>
+        <v>871.8</v>
       </c>
       <c r="L42" t="n">
-        <v>868.8099999999999</v>
+        <v>884.49</v>
       </c>
       <c r="M42" t="n">
-        <v>884.63</v>
+        <v>900.7</v>
       </c>
       <c r="N42" t="n">
-        <v>883.38</v>
+        <v>900.25</v>
       </c>
       <c r="O42" t="n">
-        <v>892.87</v>
+        <v>910.5700000000001</v>
       </c>
       <c r="P42" t="n">
-        <v>909.99</v>
+        <v>928.0700000000001</v>
       </c>
       <c r="Q42" t="n">
-        <v>913.2</v>
+        <v>930.95</v>
       </c>
       <c r="R42" t="n">
-        <v>920.34</v>
+        <v>937.76</v>
       </c>
       <c r="S42" t="n">
-        <v>928.41</v>
+        <v>945.8</v>
       </c>
       <c r="T42" t="n">
-        <v>932.78</v>
+        <v>950.64</v>
       </c>
       <c r="U42" t="n">
-        <v>938.71</v>
+        <v>957.01</v>
       </c>
       <c r="V42" t="n">
-        <v>944.2</v>
+        <v>962.75</v>
       </c>
       <c r="W42" t="n">
-        <v>951.01</v>
+        <v>969.87</v>
       </c>
       <c r="X42" t="n">
-        <v>956.5599999999999</v>
+        <v>975.79</v>
       </c>
       <c r="Y42" t="n">
-        <v>962.5700000000001</v>
+        <v>982.22</v>
       </c>
       <c r="Z42" t="n">
-        <v>968.89</v>
+        <v>988.98</v>
       </c>
       <c r="AA42" t="n">
-        <v>975.23</v>
+        <v>995.78</v>
       </c>
       <c r="AB42" t="n">
-        <v>981.84</v>
+        <v>1002.85</v>
       </c>
       <c r="AC42" t="n">
-        <v>988.39</v>
+        <v>1009.88</v>
       </c>
       <c r="AD42" t="n">
-        <v>995.12</v>
+        <v>1017.08</v>
       </c>
       <c r="AE42" t="n">
-        <v>1001.88</v>
+        <v>1024.33</v>
       </c>
       <c r="AF42" t="n">
-        <v>1008.68</v>
+        <v>1031.61</v>
       </c>
       <c r="AG42" t="n">
-        <v>1015.58</v>
+        <v>1038.99</v>
       </c>
       <c r="AH42" t="n">
-        <v>1022.44</v>
+        <v>1046.33</v>
       </c>
       <c r="AI42" t="n">
-        <v>1029.33</v>
+        <v>1053.7</v>
       </c>
       <c r="AJ42" t="n">
-        <v>1036.22</v>
+        <v>1061.06</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="2" t="inlineStr">
+      <c r="A43" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B43" t="n">
         <v>702.96</v>
       </c>
       <c r="C43" t="n">
         <v>705.98</v>
       </c>
       <c r="D43" t="n">
         <v>768.9400000000001</v>
       </c>
       <c r="E43" t="n">
         <v>766.87</v>
       </c>
       <c r="F43" t="n">
         <v>787.9299999999999</v>
       </c>
       <c r="G43" t="n">
         <v>775.99</v>
       </c>
       <c r="H43" t="n">
-        <v>859.8099999999999</v>
+        <v>860.15</v>
       </c>
       <c r="I43" t="n">
-        <v>826.1900000000001</v>
+        <v>832.62</v>
       </c>
       <c r="J43" t="n">
-        <v>834.0700000000001</v>
+        <v>848.12</v>
       </c>
       <c r="K43" t="n">
-        <v>861.34</v>
+        <v>876.24</v>
       </c>
       <c r="L43" t="n">
-        <v>866.22</v>
+        <v>881.7</v>
       </c>
       <c r="M43" t="n">
-        <v>885.35</v>
+        <v>902.6</v>
       </c>
       <c r="N43" t="n">
-        <v>893.0599999999999</v>
+        <v>910.64</v>
       </c>
       <c r="O43" t="n">
-        <v>894.58</v>
+        <v>912.95</v>
       </c>
       <c r="P43" t="n">
-        <v>905.0700000000001</v>
+        <v>924.4400000000001</v>
       </c>
       <c r="Q43" t="n">
-        <v>920.0700000000001</v>
+        <v>939.85</v>
       </c>
       <c r="R43" t="n">
-        <v>924.27</v>
+        <v>943.75</v>
       </c>
       <c r="S43" t="n">
-        <v>932.53</v>
+        <v>951.78</v>
       </c>
       <c r="T43" t="n">
-        <v>941.12</v>
+        <v>960.4</v>
       </c>
       <c r="U43" t="n">
-        <v>946.51</v>
+        <v>966.28</v>
       </c>
       <c r="V43" t="n">
-        <v>953.29</v>
+        <v>973.52</v>
       </c>
       <c r="W43" t="n">
-        <v>959.65</v>
+        <v>980.1799999999999</v>
       </c>
       <c r="X43" t="n">
-        <v>967.17</v>
+        <v>988.05</v>
       </c>
       <c r="Y43" t="n">
-        <v>973.61</v>
+        <v>994.88</v>
       </c>
       <c r="Z43" t="n">
-        <v>980.42</v>
+        <v>1002.15</v>
       </c>
       <c r="AA43" t="n">
-        <v>987.52</v>
+        <v>1009.72</v>
       </c>
       <c r="AB43" t="n">
-        <v>994.65</v>
+        <v>1017.34</v>
       </c>
       <c r="AC43" t="n">
-        <v>1001.99</v>
+        <v>1025.18</v>
       </c>
       <c r="AD43" t="n">
-        <v>1009.27</v>
+        <v>1032.97</v>
       </c>
       <c r="AE43" t="n">
-        <v>1016.71</v>
+        <v>1040.92</v>
       </c>
       <c r="AF43" t="n">
-        <v>1024.19</v>
+        <v>1048.91</v>
       </c>
       <c r="AG43" t="n">
-        <v>1031.68</v>
+        <v>1056.91</v>
       </c>
       <c r="AH43" t="n">
-        <v>1039.26</v>
+        <v>1065</v>
       </c>
       <c r="AI43" t="n">
-        <v>1046.79</v>
+        <v>1073.05</v>
       </c>
       <c r="AJ43" t="n">
-        <v>1054.35</v>
+        <v>1081.11</v>
       </c>
     </row>
     <row r="44">
-      <c r="A44" s="2" t="inlineStr">
+      <c r="A44" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B44" t="n">
         <v>703.9400000000001</v>
       </c>
       <c r="C44" t="n">
         <v>701.9400000000001</v>
       </c>
       <c r="D44" t="n">
         <v>708.98</v>
       </c>
       <c r="E44" t="n">
         <v>751.9400000000001</v>
       </c>
       <c r="F44" t="n">
         <v>779.89</v>
       </c>
       <c r="G44" t="n">
-        <v>792.64</v>
+        <v>792.63</v>
       </c>
       <c r="H44" t="n">
-        <v>780.04</v>
+        <v>780.54</v>
       </c>
       <c r="I44" t="n">
-        <v>850.12</v>
+        <v>855.87</v>
       </c>
       <c r="J44" t="n">
-        <v>827.78</v>
+        <v>839.54</v>
       </c>
       <c r="K44" t="n">
-        <v>831.26</v>
+        <v>845.41</v>
       </c>
       <c r="L44" t="n">
-        <v>844.45</v>
+        <v>858.27</v>
       </c>
       <c r="M44" t="n">
-        <v>857.85</v>
+        <v>872.74</v>
       </c>
       <c r="N44" t="n">
-        <v>870.76</v>
+        <v>887.0599999999999</v>
       </c>
       <c r="O44" t="n">
-        <v>878.87</v>
+        <v>895.46</v>
       </c>
       <c r="P44" t="n">
-        <v>881.49</v>
+        <v>898.79</v>
       </c>
       <c r="Q44" t="n">
-        <v>890.05</v>
+        <v>908.1799999999999</v>
       </c>
       <c r="R44" t="n">
-        <v>903.51</v>
+        <v>922.03</v>
       </c>
       <c r="S44" t="n">
-        <v>907.65</v>
+        <v>926</v>
       </c>
       <c r="T44" t="n">
-        <v>915.38</v>
+        <v>933.58</v>
       </c>
       <c r="U44" t="n">
-        <v>923.34</v>
+        <v>941.6</v>
       </c>
       <c r="V44" t="n">
-        <v>928.63</v>
+        <v>947.34</v>
       </c>
       <c r="W44" t="n">
-        <v>935.05</v>
+        <v>954.2</v>
       </c>
       <c r="X44" t="n">
-        <v>941.14</v>
+        <v>960.58</v>
       </c>
       <c r="Y44" t="n">
-        <v>948.23</v>
+        <v>968</v>
       </c>
       <c r="Z44" t="n">
-        <v>954.4400000000001</v>
+        <v>974.59</v>
       </c>
       <c r="AA44" t="n">
-        <v>960.97</v>
+        <v>981.54</v>
       </c>
       <c r="AB44" t="n">
-        <v>967.76</v>
+        <v>988.76</v>
       </c>
       <c r="AC44" t="n">
-        <v>974.55</v>
+        <v>996.01</v>
       </c>
       <c r="AD44" t="n">
-        <v>981.52</v>
+        <v>1003.43</v>
       </c>
       <c r="AE44" t="n">
-        <v>988.45</v>
+        <v>1010.83</v>
       </c>
       <c r="AF44" t="n">
-        <v>995.52</v>
+        <v>1018.36</v>
       </c>
       <c r="AG44" t="n">
-        <v>1002.6</v>
+        <v>1025.91</v>
       </c>
       <c r="AH44" t="n">
-        <v>1009.71</v>
+        <v>1033.49</v>
       </c>
       <c r="AI44" t="n">
-        <v>1016.88</v>
+        <v>1041.12</v>
       </c>
       <c r="AJ44" t="n">
-        <v>1024</v>
+        <v>1048.71</v>
       </c>
     </row>
     <row r="45">
-      <c r="A45" s="2" t="inlineStr">
+      <c r="A45" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B45" t="n">
         <v>659.98</v>
       </c>
       <c r="C45" t="n">
         <v>688</v>
       </c>
       <c r="D45" t="n">
         <v>688.9400000000001</v>
       </c>
       <c r="E45" t="n">
         <v>714.98</v>
       </c>
       <c r="F45" t="n">
         <v>747.9400000000001</v>
       </c>
       <c r="G45" t="n">
         <v>757</v>
       </c>
       <c r="H45" t="n">
-        <v>768.0599999999999</v>
+        <v>768.45</v>
       </c>
       <c r="I45" t="n">
-        <v>758</v>
+        <v>761.41</v>
       </c>
       <c r="J45" t="n">
-        <v>821.47</v>
+        <v>829.74</v>
       </c>
       <c r="K45" t="n">
-        <v>801.9</v>
+        <v>813.08</v>
       </c>
       <c r="L45" t="n">
-        <v>799.6</v>
+        <v>812.1</v>
       </c>
       <c r="M45" t="n">
-        <v>817.63</v>
+        <v>830.28</v>
       </c>
       <c r="N45" t="n">
-        <v>824.5599999999999</v>
+        <v>838.1</v>
       </c>
       <c r="O45" t="n">
-        <v>836.47</v>
+        <v>851.2</v>
       </c>
       <c r="P45" t="n">
-        <v>843.7</v>
+        <v>858.75</v>
       </c>
       <c r="Q45" t="n">
-        <v>845.4400000000001</v>
+        <v>861.14</v>
       </c>
       <c r="R45" t="n">
-        <v>852.87</v>
+        <v>869.3</v>
       </c>
       <c r="S45" t="n">
-        <v>864.48</v>
+        <v>881.3</v>
       </c>
       <c r="T45" t="n">
-        <v>868.23</v>
+        <v>884.96</v>
       </c>
       <c r="U45" t="n">
-        <v>875</v>
+        <v>891.67</v>
       </c>
       <c r="V45" t="n">
-        <v>882.04</v>
+        <v>898.8099999999999</v>
       </c>
       <c r="W45" t="n">
-        <v>886.8099999999999</v>
+        <v>904.02</v>
       </c>
       <c r="X45" t="n">
-        <v>892.52</v>
+        <v>910.14</v>
       </c>
       <c r="Y45" t="n">
-        <v>897.99</v>
+        <v>915.91</v>
       </c>
       <c r="Z45" t="n">
-        <v>904.3</v>
+        <v>922.55</v>
       </c>
       <c r="AA45" t="n">
-        <v>909.89</v>
+        <v>928.5</v>
       </c>
       <c r="AB45" t="n">
-        <v>915.76</v>
+        <v>934.78</v>
       </c>
       <c r="AC45" t="n">
-        <v>921.84</v>
+        <v>941.27</v>
       </c>
       <c r="AD45" t="n">
-        <v>927.91</v>
+        <v>947.78</v>
       </c>
       <c r="AE45" t="n">
-        <v>934.15</v>
+        <v>954.4400000000001</v>
       </c>
       <c r="AF45" t="n">
-        <v>940.35</v>
+        <v>961.08</v>
       </c>
       <c r="AG45" t="n">
-        <v>946.66</v>
+        <v>967.83</v>
       </c>
       <c r="AH45" t="n">
-        <v>952.99</v>
+        <v>974.6</v>
       </c>
       <c r="AI45" t="n">
-        <v>959.33</v>
+        <v>981.38</v>
       </c>
       <c r="AJ45" t="n">
-        <v>965.71</v>
+        <v>988.2</v>
       </c>
     </row>
     <row r="46">
-      <c r="A46" s="2" t="inlineStr">
+      <c r="A46" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B46" t="n">
         <v>672.9400000000001</v>
       </c>
       <c r="C46" t="n">
         <v>645.9400000000001</v>
       </c>
       <c r="D46" t="n">
         <v>687</v>
       </c>
       <c r="E46" t="n">
         <v>697.9400000000001</v>
       </c>
       <c r="F46" t="n">
         <v>726.98</v>
       </c>
       <c r="G46" t="n">
         <v>743.23</v>
       </c>
       <c r="H46" t="n">
-        <v>751.77</v>
+        <v>752.09</v>
       </c>
       <c r="I46" t="n">
-        <v>764.2</v>
+        <v>768.92</v>
       </c>
       <c r="J46" t="n">
-        <v>759.96</v>
+        <v>768.02</v>
       </c>
       <c r="K46" t="n">
-        <v>813.08</v>
+        <v>821.99</v>
       </c>
       <c r="L46" t="n">
-        <v>790.42</v>
+        <v>801.04</v>
       </c>
       <c r="M46" t="n">
-        <v>795.4299999999999</v>
+        <v>807.53</v>
       </c>
       <c r="N46" t="n">
-        <v>807.25</v>
+        <v>819.48</v>
       </c>
       <c r="O46" t="n">
-        <v>814.0599999999999</v>
+        <v>827.02</v>
       </c>
       <c r="P46" t="n">
-        <v>825.05</v>
+        <v>839.04</v>
       </c>
       <c r="Q46" t="n">
-        <v>830.89</v>
+        <v>845.22</v>
       </c>
       <c r="R46" t="n">
-        <v>833.0700000000001</v>
+        <v>847.97</v>
       </c>
       <c r="S46" t="n">
-        <v>839.83</v>
+        <v>855.38</v>
       </c>
       <c r="T46" t="n">
-        <v>850.29</v>
+        <v>866.21</v>
       </c>
       <c r="U46" t="n">
-        <v>854.01</v>
+        <v>869.91</v>
       </c>
       <c r="V46" t="n">
-        <v>860.35</v>
+        <v>876.26</v>
       </c>
       <c r="W46" t="n">
-        <v>866.91</v>
+        <v>882.96</v>
       </c>
       <c r="X46" t="n">
-        <v>871.5599999999999</v>
+        <v>888.02</v>
       </c>
       <c r="Y46" t="n">
-        <v>877.02</v>
+        <v>893.86</v>
       </c>
       <c r="Z46" t="n">
-        <v>882.3</v>
+        <v>899.4400000000001</v>
       </c>
       <c r="AA46" t="n">
-        <v>888.28</v>
+        <v>905.75</v>
       </c>
       <c r="AB46" t="n">
-        <v>893.6900000000001</v>
+        <v>911.51</v>
       </c>
       <c r="AC46" t="n">
-        <v>899.3200000000001</v>
+        <v>917.53</v>
       </c>
       <c r="AD46" t="n">
-        <v>905.12</v>
+        <v>923.73</v>
       </c>
       <c r="AE46" t="n">
-        <v>910.9299999999999</v>
+        <v>929.9400000000001</v>
       </c>
       <c r="AF46" t="n">
-        <v>916.88</v>
+        <v>936.3</v>
       </c>
       <c r="AG46" t="n">
-        <v>922.79</v>
+        <v>942.62</v>
       </c>
       <c r="AH46" t="n">
-        <v>928.8</v>
+        <v>949.04</v>
       </c>
       <c r="AI46" t="n">
-        <v>934.8099999999999</v>
+        <v>955.47</v>
       </c>
       <c r="AJ46" t="n">
-        <v>940.83</v>
+        <v>961.9</v>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="2" t="inlineStr">
+      <c r="A47" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B47" t="n">
         <v>685.9400000000001</v>
       </c>
       <c r="C47" t="n">
         <v>660.96</v>
       </c>
       <c r="D47" t="n">
         <v>626.9400000000001</v>
       </c>
       <c r="E47" t="n">
         <v>684</v>
       </c>
       <c r="F47" t="n">
         <v>700.9400000000001</v>
       </c>
       <c r="G47" t="n">
-        <v>738.89</v>
+        <v>738.88</v>
       </c>
       <c r="H47" t="n">
-        <v>750.21</v>
+        <v>750.61</v>
       </c>
       <c r="I47" t="n">
-        <v>761.6799999999999</v>
+        <v>766.9</v>
       </c>
       <c r="J47" t="n">
-        <v>779.63</v>
+        <v>789.47</v>
       </c>
       <c r="K47" t="n">
-        <v>774.66</v>
+        <v>783.78</v>
       </c>
       <c r="L47" t="n">
-        <v>815.25</v>
+        <v>824.4</v>
       </c>
       <c r="M47" t="n">
-        <v>803.9</v>
+        <v>814.9299999999999</v>
       </c>
       <c r="N47" t="n">
-        <v>802.76</v>
+        <v>815.05</v>
       </c>
       <c r="O47" t="n">
-        <v>814.86</v>
+        <v>827.26</v>
       </c>
       <c r="P47" t="n">
-        <v>822.16</v>
+        <v>835.25</v>
       </c>
       <c r="Q47" t="n">
-        <v>831.4299999999999</v>
+        <v>845.48</v>
       </c>
       <c r="R47" t="n">
-        <v>836.4299999999999</v>
+        <v>850.8200000000001</v>
       </c>
       <c r="S47" t="n">
-        <v>838.75</v>
+        <v>853.6799999999999</v>
       </c>
       <c r="T47" t="n">
-        <v>845.4299999999999</v>
+        <v>860.96</v>
       </c>
       <c r="U47" t="n">
-        <v>855.3</v>
+        <v>871.21</v>
       </c>
       <c r="V47" t="n">
-        <v>858.95</v>
+        <v>874.91</v>
       </c>
       <c r="W47" t="n">
-        <v>865</v>
+        <v>881.04</v>
       </c>
       <c r="X47" t="n">
-        <v>871.25</v>
+        <v>887.48</v>
       </c>
       <c r="Y47" t="n">
-        <v>875.8</v>
+        <v>892.4400000000001</v>
       </c>
       <c r="Z47" t="n">
-        <v>881.09</v>
+        <v>898.11</v>
       </c>
       <c r="AA47" t="n">
-        <v>886.2</v>
+        <v>903.55</v>
       </c>
       <c r="AB47" t="n">
-        <v>892</v>
+        <v>909.6900000000001</v>
       </c>
       <c r="AC47" t="n">
-        <v>897.26</v>
+        <v>915.3200000000001</v>
       </c>
       <c r="AD47" t="n">
-        <v>902.73</v>
+        <v>921.1799999999999</v>
       </c>
       <c r="AE47" t="n">
-        <v>908.36</v>
+        <v>927.21</v>
       </c>
       <c r="AF47" t="n">
-        <v>914</v>
+        <v>933.25</v>
       </c>
       <c r="AG47" t="n">
-        <v>919.75</v>
+        <v>939.41</v>
       </c>
       <c r="AH47" t="n">
-        <v>925.48</v>
+        <v>945.55</v>
       </c>
       <c r="AI47" t="n">
-        <v>931.28</v>
+        <v>951.77</v>
       </c>
       <c r="AJ47" t="n">
-        <v>937.09</v>
+        <v>957.99</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="2" t="inlineStr">
+      <c r="A48" s="1" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B48" t="n">
         <v>649.9400000000001</v>
       </c>
       <c r="C48" t="n">
         <v>676.9400000000001</v>
       </c>
       <c r="D48" t="n">
         <v>662.96</v>
       </c>
       <c r="E48" t="n">
         <v>638.9400000000001</v>
       </c>
       <c r="F48" t="n">
         <v>672</v>
       </c>
       <c r="G48" t="n">
-        <v>700.54</v>
+        <v>700.53</v>
       </c>
       <c r="H48" t="n">
-        <v>732.8099999999999</v>
+        <v>733.15</v>
       </c>
       <c r="I48" t="n">
-        <v>743.5599999999999</v>
+        <v>747.1</v>
       </c>
       <c r="J48" t="n">
-        <v>755.92</v>
+        <v>764.21</v>
       </c>
       <c r="K48" t="n">
-        <v>772.6900000000001</v>
+        <v>782.77</v>
       </c>
       <c r="L48" t="n">
-        <v>765.67</v>
+        <v>774.74</v>
       </c>
       <c r="M48" t="n">
-        <v>807.21</v>
+        <v>816.63</v>
       </c>
       <c r="N48" t="n">
-        <v>794.21</v>
+        <v>805.28</v>
       </c>
       <c r="O48" t="n">
-        <v>793.3</v>
+        <v>805.5</v>
       </c>
       <c r="P48" t="n">
-        <v>805.24</v>
+        <v>817.62</v>
       </c>
       <c r="Q48" t="n">
-        <v>812.01</v>
+        <v>825.0700000000001</v>
       </c>
       <c r="R48" t="n">
-        <v>820.97</v>
+        <v>834.88</v>
       </c>
       <c r="S48" t="n">
-        <v>825.74</v>
+        <v>840</v>
       </c>
       <c r="T48" t="n">
-        <v>828.1799999999999</v>
+        <v>842.96</v>
       </c>
       <c r="U48" t="n">
-        <v>834.88</v>
+        <v>850.23</v>
       </c>
       <c r="V48" t="n">
-        <v>844.33</v>
+        <v>860.0599999999999</v>
       </c>
       <c r="W48" t="n">
-        <v>848.01</v>
+        <v>863.84</v>
       </c>
       <c r="X48" t="n">
-        <v>853.87</v>
+        <v>869.8200000000001</v>
       </c>
       <c r="Y48" t="n">
-        <v>859.92</v>
+        <v>876.09</v>
       </c>
       <c r="Z48" t="n">
-        <v>864.47</v>
+        <v>881.04</v>
       </c>
       <c r="AA48" t="n">
-        <v>869.66</v>
+        <v>886.62</v>
       </c>
       <c r="AB48" t="n">
-        <v>874.6799999999999</v>
+        <v>891.98</v>
       </c>
       <c r="AC48" t="n">
-        <v>880.35</v>
+        <v>897.99</v>
       </c>
       <c r="AD48" t="n">
-        <v>885.52</v>
+        <v>903.54</v>
       </c>
       <c r="AE48" t="n">
-        <v>890.87</v>
+        <v>909.28</v>
       </c>
       <c r="AF48" t="n">
-        <v>896.38</v>
+        <v>915.1900000000001</v>
       </c>
       <c r="AG48" t="n">
-        <v>901.89</v>
+        <v>921.1</v>
       </c>
       <c r="AH48" t="n">
-        <v>907.5</v>
+        <v>927.12</v>
       </c>
       <c r="AI48" t="n">
-        <v>913.08</v>
+        <v>933.11</v>
       </c>
       <c r="AJ48" t="n">
-        <v>918.72</v>
+        <v>939.16</v>
       </c>
     </row>
     <row r="49">
-      <c r="A49" s="2" t="inlineStr">
+      <c r="A49" s="1" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B49" t="n">
         <v>693.96</v>
       </c>
       <c r="C49" t="n">
         <v>639.96</v>
       </c>
       <c r="D49" t="n">
         <v>681.9400000000001</v>
       </c>
       <c r="E49" t="n">
         <v>671.96</v>
       </c>
       <c r="F49" t="n">
         <v>648.9400000000001</v>
       </c>
       <c r="G49" t="n">
         <v>676.3200000000001</v>
       </c>
       <c r="H49" t="n">
-        <v>703</v>
+        <v>703.35</v>
       </c>
       <c r="I49" t="n">
-        <v>733.88</v>
+        <v>737.3200000000001</v>
       </c>
       <c r="J49" t="n">
-        <v>747.53</v>
+        <v>754.26</v>
       </c>
       <c r="K49" t="n">
-        <v>757.4</v>
+        <v>765.9</v>
       </c>
       <c r="L49" t="n">
-        <v>768.17</v>
+        <v>777.63</v>
       </c>
       <c r="M49" t="n">
-        <v>768.9</v>
+        <v>777.96</v>
       </c>
       <c r="N49" t="n">
-        <v>800.42</v>
+        <v>809.8</v>
       </c>
       <c r="O49" t="n">
-        <v>789.91</v>
+        <v>800.6900000000001</v>
       </c>
       <c r="P49" t="n">
-        <v>789.3200000000001</v>
+        <v>801.15</v>
       </c>
       <c r="Q49" t="n">
-        <v>798.83</v>
+        <v>810.91</v>
       </c>
       <c r="R49" t="n">
-        <v>805.38</v>
+        <v>818.13</v>
       </c>
       <c r="S49" t="n">
-        <v>813.5</v>
+        <v>827.02</v>
       </c>
       <c r="T49" t="n">
-        <v>817.55</v>
+        <v>831.4400000000001</v>
       </c>
       <c r="U49" t="n">
-        <v>819.8</v>
+        <v>834.1900000000001</v>
       </c>
       <c r="V49" t="n">
-        <v>826.0700000000001</v>
+        <v>841</v>
       </c>
       <c r="W49" t="n">
-        <v>834.78</v>
+        <v>850.08</v>
       </c>
       <c r="X49" t="n">
-        <v>838.12</v>
+        <v>853.59</v>
       </c>
       <c r="Y49" t="n">
-        <v>843.4400000000001</v>
+        <v>859.0700000000001</v>
       </c>
       <c r="Z49" t="n">
-        <v>848.96</v>
+        <v>864.84</v>
       </c>
       <c r="AA49" t="n">
-        <v>853.14</v>
+        <v>869.4400000000001</v>
       </c>
       <c r="AB49" t="n">
-        <v>857.92</v>
+        <v>874.61</v>
       </c>
       <c r="AC49" t="n">
-        <v>862.5</v>
+        <v>879.54</v>
       </c>
       <c r="AD49" t="n">
-        <v>867.6900000000001</v>
+        <v>885.1</v>
       </c>
       <c r="AE49" t="n">
-        <v>872.4400000000001</v>
+        <v>890.23</v>
       </c>
       <c r="AF49" t="n">
-        <v>877.35</v>
+        <v>895.54</v>
       </c>
       <c r="AG49" t="n">
-        <v>882.41</v>
+        <v>901</v>
       </c>
       <c r="AH49" t="n">
-        <v>887.47</v>
+        <v>906.47</v>
       </c>
       <c r="AI49" t="n">
-        <v>892.61</v>
+        <v>912.02</v>
       </c>
       <c r="AJ49" t="n">
-        <v>897.72</v>
+        <v>917.54</v>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="2" t="inlineStr">
+      <c r="A50" s="1" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B50" t="n">
         <v>701.96</v>
       </c>
       <c r="C50" t="n">
         <v>667.9400000000001</v>
       </c>
       <c r="D50" t="n">
         <v>620.96</v>
       </c>
       <c r="E50" t="n">
         <v>683.9400000000001</v>
       </c>
       <c r="F50" t="n">
         <v>660.96</v>
       </c>
       <c r="G50" t="n">
         <v>632.78</v>
       </c>
       <c r="H50" t="n">
-        <v>658.35</v>
+        <v>658.5599999999999</v>
       </c>
       <c r="I50" t="n">
-        <v>682.98</v>
+        <v>685.76</v>
       </c>
       <c r="J50" t="n">
-        <v>714.11</v>
+        <v>720.04</v>
       </c>
       <c r="K50" t="n">
-        <v>725.24</v>
+        <v>732.37</v>
       </c>
       <c r="L50" t="n">
-        <v>729.77</v>
+        <v>738.03</v>
       </c>
       <c r="M50" t="n">
-        <v>744.35</v>
+        <v>753.8099999999999</v>
       </c>
       <c r="N50" t="n">
-        <v>744.17</v>
+        <v>753.27</v>
       </c>
       <c r="O50" t="n">
-        <v>773.1</v>
+        <v>782.51</v>
       </c>
       <c r="P50" t="n">
-        <v>764.25</v>
+        <v>774.9299999999999</v>
       </c>
       <c r="Q50" t="n">
-        <v>763.3</v>
+        <v>774.95</v>
       </c>
       <c r="R50" t="n">
-        <v>772.59</v>
+        <v>784.5</v>
       </c>
       <c r="S50" t="n">
-        <v>779.12</v>
+        <v>791.65</v>
       </c>
       <c r="T50" t="n">
-        <v>787.04</v>
+        <v>800.28</v>
       </c>
       <c r="U50" t="n">
-        <v>790.8099999999999</v>
+        <v>804.4</v>
       </c>
       <c r="V50" t="n">
-        <v>793.15</v>
+        <v>807.22</v>
       </c>
       <c r="W50" t="n">
-        <v>799.35</v>
+        <v>813.92</v>
       </c>
       <c r="X50" t="n">
-        <v>807.7</v>
+        <v>822.64</v>
       </c>
       <c r="Y50" t="n">
-        <v>811.03</v>
+        <v>826.15</v>
       </c>
       <c r="Z50" t="n">
-        <v>816.23</v>
+        <v>831.53</v>
       </c>
       <c r="AA50" t="n">
-        <v>821.59</v>
+        <v>837.14</v>
       </c>
       <c r="AB50" t="n">
-        <v>825.75</v>
+        <v>841.7</v>
       </c>
       <c r="AC50" t="n">
-        <v>830.4299999999999</v>
+        <v>846.77</v>
       </c>
       <c r="AD50" t="n">
-        <v>834.92</v>
+        <v>851.6</v>
       </c>
       <c r="AE50" t="n">
-        <v>839.99</v>
+        <v>857.03</v>
       </c>
       <c r="AF50" t="n">
-        <v>844.67</v>
+        <v>862.08</v>
       </c>
       <c r="AG50" t="n">
-        <v>849.48</v>
+        <v>867.28</v>
       </c>
       <c r="AH50" t="n">
-        <v>854.42</v>
+        <v>872.61</v>
       </c>
       <c r="AI50" t="n">
-        <v>859.37</v>
+        <v>877.95</v>
       </c>
       <c r="AJ50" t="n">
-        <v>864.39</v>
+        <v>883.37</v>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="2" t="inlineStr">
+      <c r="A51" s="1" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B51" t="n">
         <v>727.92</v>
       </c>
       <c r="C51" t="n">
         <v>687.9400000000001</v>
       </c>
       <c r="D51" t="n">
         <v>668.9400000000001</v>
       </c>
       <c r="E51" t="n">
         <v>622.96</v>
       </c>
       <c r="F51" t="n">
         <v>673.9400000000001</v>
       </c>
       <c r="G51" t="n">
         <v>679.9299999999999</v>
       </c>
       <c r="H51" t="n">
-        <v>653.8099999999999</v>
+        <v>654.11</v>
       </c>
       <c r="I51" t="n">
-        <v>677.41</v>
+        <v>682.47</v>
       </c>
       <c r="J51" t="n">
-        <v>703.4299999999999</v>
+        <v>711.47</v>
       </c>
       <c r="K51" t="n">
-        <v>732.88</v>
+        <v>739.92</v>
       </c>
       <c r="L51" t="n">
-        <v>736.35</v>
+        <v>743.8</v>
       </c>
       <c r="M51" t="n">
-        <v>747.25</v>
+        <v>755.88</v>
       </c>
       <c r="N51" t="n">
-        <v>759.42</v>
+        <v>769</v>
       </c>
       <c r="O51" t="n">
-        <v>758.62</v>
+        <v>767.99</v>
       </c>
       <c r="P51" t="n">
-        <v>785.86</v>
+        <v>795.53</v>
       </c>
       <c r="Q51" t="n">
-        <v>777.6900000000001</v>
+        <v>788.42</v>
       </c>
       <c r="R51" t="n">
-        <v>777.0599999999999</v>
+        <v>788.61</v>
       </c>
       <c r="S51" t="n">
-        <v>785.5</v>
+        <v>797.3099999999999</v>
       </c>
       <c r="T51" t="n">
-        <v>792</v>
+        <v>804.37</v>
       </c>
       <c r="U51" t="n">
-        <v>799.53</v>
+        <v>812.51</v>
       </c>
       <c r="V51" t="n">
-        <v>802.9400000000001</v>
+        <v>816.26</v>
       </c>
       <c r="W51" t="n">
-        <v>805.6</v>
+        <v>819.36</v>
       </c>
       <c r="X51" t="n">
-        <v>811.6799999999999</v>
+        <v>825.88</v>
       </c>
       <c r="Y51" t="n">
-        <v>819.77</v>
+        <v>834.34</v>
       </c>
       <c r="Z51" t="n">
-        <v>823.17</v>
+        <v>837.95</v>
       </c>
       <c r="AA51" t="n">
-        <v>828.27</v>
+        <v>843.25</v>
       </c>
       <c r="AB51" t="n">
-        <v>833.58</v>
+        <v>848.83</v>
       </c>
       <c r="AC51" t="n">
-        <v>837.79</v>
+        <v>853.4299999999999</v>
       </c>
       <c r="AD51" t="n">
-        <v>842.47</v>
+        <v>858.48</v>
       </c>
       <c r="AE51" t="n">
-        <v>846.97</v>
+        <v>863.3099999999999</v>
       </c>
       <c r="AF51" t="n">
-        <v>852.01</v>
+        <v>868.7</v>
       </c>
       <c r="AG51" t="n">
-        <v>856.6900000000001</v>
+        <v>873.75</v>
       </c>
       <c r="AH51" t="n">
-        <v>861.51</v>
+        <v>878.9299999999999</v>
       </c>
       <c r="AI51" t="n">
-        <v>866.4299999999999</v>
+        <v>884.22</v>
       </c>
       <c r="AJ51" t="n">
-        <v>871.35</v>
+        <v>889.52</v>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="2" t="inlineStr">
+      <c r="A52" s="1" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B52" t="n">
         <v>691.96</v>
       </c>
       <c r="C52" t="n">
         <v>716.9400000000001</v>
       </c>
       <c r="D52" t="n">
         <v>682.9400000000001</v>
       </c>
       <c r="E52" t="n">
         <v>676.9400000000001</v>
       </c>
       <c r="F52" t="n">
         <v>635.96</v>
       </c>
       <c r="G52" t="n">
         <v>683.91</v>
       </c>
       <c r="H52" t="n">
-        <v>686.53</v>
+        <v>686.83</v>
       </c>
       <c r="I52" t="n">
-        <v>662.4</v>
+        <v>665.1799999999999</v>
       </c>
       <c r="J52" t="n">
-        <v>686.72</v>
+        <v>694.35</v>
       </c>
       <c r="K52" t="n">
-        <v>708.67</v>
+        <v>717.38</v>
       </c>
       <c r="L52" t="n">
-        <v>731.48</v>
+        <v>738.83</v>
       </c>
       <c r="M52" t="n">
-        <v>739.96</v>
+        <v>747.96</v>
       </c>
       <c r="N52" t="n">
-        <v>747.4400000000001</v>
+        <v>756.5700000000001</v>
       </c>
       <c r="O52" t="n">
-        <v>759.4400000000001</v>
+        <v>769.47</v>
       </c>
       <c r="P52" t="n">
-        <v>758.83</v>
+        <v>768.74</v>
       </c>
       <c r="Q52" t="n">
-        <v>783.5599999999999</v>
+        <v>793.79</v>
       </c>
       <c r="R52" t="n">
-        <v>776.66</v>
+        <v>787.91</v>
       </c>
       <c r="S52" t="n">
-        <v>776.39</v>
+        <v>788.45</v>
       </c>
       <c r="T52" t="n">
-        <v>784.39</v>
+        <v>796.71</v>
       </c>
       <c r="U52" t="n">
-        <v>791.05</v>
+        <v>803.9400000000001</v>
       </c>
       <c r="V52" t="n">
-        <v>798.4299999999999</v>
+        <v>811.92</v>
       </c>
       <c r="W52" t="n">
-        <v>801.97</v>
+        <v>815.8099999999999</v>
       </c>
       <c r="X52" t="n">
-        <v>804.89</v>
+        <v>819.1799999999999</v>
       </c>
       <c r="Y52" t="n">
-        <v>810.89</v>
+        <v>825.63</v>
       </c>
       <c r="Z52" t="n">
-        <v>818.85</v>
+        <v>833.96</v>
       </c>
       <c r="AA52" t="n">
-        <v>822.48</v>
+        <v>837.83</v>
       </c>
       <c r="AB52" t="n">
-        <v>827.71</v>
+        <v>843.29</v>
       </c>
       <c r="AC52" t="n">
-        <v>833.05</v>
+        <v>848.92</v>
       </c>
       <c r="AD52" t="n">
-        <v>837.41</v>
+        <v>853.6799999999999</v>
       </c>
       <c r="AE52" t="n">
-        <v>842.21</v>
+        <v>858.85</v>
       </c>
       <c r="AF52" t="n">
-        <v>846.8099999999999</v>
+        <v>863.8099999999999</v>
       </c>
       <c r="AG52" t="n">
-        <v>851.9299999999999</v>
+        <v>869.29</v>
       </c>
       <c r="AH52" t="n">
-        <v>856.71</v>
+        <v>874.4400000000001</v>
       </c>
       <c r="AI52" t="n">
-        <v>861.6</v>
+        <v>879.71</v>
       </c>
       <c r="AJ52" t="n">
-        <v>866.59</v>
+        <v>885.08</v>
       </c>
     </row>
     <row r="53">
-      <c r="A53" s="2" t="inlineStr">
+      <c r="A53" s="1" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="B53" t="n">
         <v>661.9400000000001</v>
       </c>
       <c r="C53" t="n">
         <v>684.96</v>
       </c>
       <c r="D53" t="n">
         <v>732.9400000000001</v>
       </c>
       <c r="E53" t="n">
         <v>688.9400000000001</v>
       </c>
       <c r="F53" t="n">
         <v>685.9400000000001</v>
       </c>
       <c r="G53" t="n">
         <v>639.91</v>
       </c>
       <c r="H53" t="n">
-        <v>681.1</v>
+        <v>681.3099999999999</v>
       </c>
       <c r="I53" t="n">
-        <v>683.01</v>
+        <v>685.77</v>
       </c>
       <c r="J53" t="n">
-        <v>667.01</v>
+        <v>672.25</v>
       </c>
       <c r="K53" t="n">
-        <v>687.74</v>
+        <v>695.02</v>
       </c>
       <c r="L53" t="n">
-        <v>703.99</v>
+        <v>711.8</v>
       </c>
       <c r="M53" t="n">
-        <v>730.45</v>
+        <v>737.48</v>
       </c>
       <c r="N53" t="n">
-        <v>734.26</v>
+        <v>741.85</v>
       </c>
       <c r="O53" t="n">
-        <v>742.16</v>
+        <v>750.66</v>
       </c>
       <c r="P53" t="n">
-        <v>753.64</v>
+        <v>762.9299999999999</v>
       </c>
       <c r="Q53" t="n">
-        <v>750.88</v>
+        <v>760.2</v>
       </c>
       <c r="R53" t="n">
-        <v>774.13</v>
+        <v>783.77</v>
       </c>
       <c r="S53" t="n">
-        <v>767.58</v>
+        <v>778.09</v>
       </c>
       <c r="T53" t="n">
-        <v>767.55</v>
+        <v>778.75</v>
       </c>
       <c r="U53" t="n">
-        <v>774.51</v>
+        <v>785.97</v>
       </c>
       <c r="V53" t="n">
-        <v>780.58</v>
+        <v>792.59</v>
       </c>
       <c r="W53" t="n">
-        <v>787.3</v>
+        <v>799.8200000000001</v>
       </c>
       <c r="X53" t="n">
-        <v>790.02</v>
+        <v>802.9</v>
       </c>
       <c r="Y53" t="n">
-        <v>792.8200000000001</v>
+        <v>806.12</v>
       </c>
       <c r="Z53" t="n">
-        <v>798.2</v>
+        <v>811.91</v>
       </c>
       <c r="AA53" t="n">
-        <v>805.5700000000001</v>
+        <v>819.64</v>
       </c>
       <c r="AB53" t="n">
-        <v>808.8</v>
+        <v>823.13</v>
       </c>
       <c r="AC53" t="n">
-        <v>813.5599999999999</v>
+        <v>828.14</v>
       </c>
       <c r="AD53" t="n">
-        <v>818.42</v>
+        <v>833.3</v>
       </c>
       <c r="AE53" t="n">
-        <v>822.4</v>
+        <v>837.66</v>
       </c>
       <c r="AF53" t="n">
-        <v>826.77</v>
+        <v>842.4</v>
       </c>
       <c r="AG53" t="n">
-        <v>830.95</v>
+        <v>846.92</v>
       </c>
       <c r="AH53" t="n">
-        <v>835.61</v>
+        <v>851.9299999999999</v>
       </c>
       <c r="AI53" t="n">
-        <v>839.98</v>
+        <v>856.66</v>
       </c>
       <c r="AJ53" t="n">
-        <v>844.4299999999999</v>
+        <v>861.48</v>
       </c>
     </row>
     <row r="54">
-      <c r="A54" s="2" t="inlineStr">
+      <c r="A54" s="1" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="B54" t="n">
         <v>634.9400000000001</v>
       </c>
       <c r="C54" t="n">
         <v>642.96</v>
       </c>
       <c r="D54" t="n">
         <v>663.96</v>
       </c>
       <c r="E54" t="n">
         <v>728.9400000000001</v>
       </c>
       <c r="F54" t="n">
         <v>687.9400000000001</v>
       </c>
       <c r="G54" t="n">
         <v>688.51</v>
       </c>
       <c r="H54" t="n">
-        <v>649.49</v>
+        <v>649.79</v>
       </c>
       <c r="I54" t="n">
-        <v>687.53</v>
+        <v>690.36</v>
       </c>
       <c r="J54" t="n">
-        <v>691.4299999999999</v>
+        <v>697.23</v>
       </c>
       <c r="K54" t="n">
-        <v>675.49</v>
+        <v>681.79</v>
       </c>
       <c r="L54" t="n">
-        <v>689.77</v>
+        <v>697.53</v>
       </c>
       <c r="M54" t="n">
-        <v>713.5</v>
+        <v>722.1900000000001</v>
       </c>
       <c r="N54" t="n">
-        <v>731.03</v>
+        <v>738.9299999999999</v>
       </c>
       <c r="O54" t="n">
-        <v>736.77</v>
+        <v>745.21</v>
       </c>
       <c r="P54" t="n">
-        <v>744.63</v>
+        <v>754.0599999999999</v>
       </c>
       <c r="Q54" t="n">
-        <v>753.38</v>
+        <v>763.67</v>
       </c>
       <c r="R54" t="n">
-        <v>751.88</v>
+        <v>762.21</v>
       </c>
       <c r="S54" t="n">
-        <v>773.58</v>
+        <v>784.26</v>
       </c>
       <c r="T54" t="n">
-        <v>768.22</v>
+        <v>779.77</v>
       </c>
       <c r="U54" t="n">
-        <v>768.35</v>
+        <v>780.61</v>
       </c>
       <c r="V54" t="n">
-        <v>775.8</v>
+        <v>788.36</v>
       </c>
       <c r="W54" t="n">
-        <v>781.99</v>
+        <v>795.09</v>
       </c>
       <c r="X54" t="n">
-        <v>788.98</v>
+        <v>802.63</v>
       </c>
       <c r="Y54" t="n">
-        <v>791.6</v>
+        <v>805.61</v>
       </c>
       <c r="Z54" t="n">
-        <v>794.54</v>
+        <v>809</v>
       </c>
       <c r="AA54" t="n">
-        <v>800.04</v>
+        <v>814.9299999999999</v>
       </c>
       <c r="AB54" t="n">
-        <v>807.48</v>
+        <v>822.75</v>
       </c>
       <c r="AC54" t="n">
-        <v>810.83</v>
+        <v>826.38</v>
       </c>
       <c r="AD54" t="n">
-        <v>815.77</v>
+        <v>831.6</v>
       </c>
       <c r="AE54" t="n">
-        <v>820.72</v>
+        <v>836.87</v>
       </c>
       <c r="AF54" t="n">
-        <v>824.83</v>
+        <v>841.37</v>
       </c>
       <c r="AG54" t="n">
-        <v>829.3099999999999</v>
+        <v>846.24</v>
       </c>
       <c r="AH54" t="n">
-        <v>833.6</v>
+        <v>850.89</v>
       </c>
       <c r="AI54" t="n">
-        <v>838.36</v>
+        <v>856.03</v>
       </c>
       <c r="AJ54" t="n">
-        <v>842.83</v>
+        <v>860.88</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="2" t="inlineStr">
+      <c r="A55" s="1" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="B55" t="n">
         <v>647.9400000000001</v>
       </c>
       <c r="C55" t="n">
         <v>635.96</v>
       </c>
       <c r="D55" t="n">
         <v>624.96</v>
       </c>
       <c r="E55" t="n">
         <v>666.96</v>
       </c>
       <c r="F55" t="n">
         <v>734.9400000000001</v>
       </c>
       <c r="G55" t="n">
         <v>679.6900000000001</v>
       </c>
       <c r="H55" t="n">
-        <v>681.98</v>
+        <v>682.21</v>
       </c>
       <c r="I55" t="n">
-        <v>650.79</v>
+        <v>653.42</v>
       </c>
       <c r="J55" t="n">
-        <v>683.4299999999999</v>
+        <v>688.39</v>
       </c>
       <c r="K55" t="n">
-        <v>685.05</v>
+        <v>690.5599999999999</v>
       </c>
       <c r="L55" t="n">
-        <v>667.97</v>
+        <v>673.39</v>
       </c>
       <c r="M55" t="n">
-        <v>685.74</v>
+        <v>692.46</v>
       </c>
       <c r="N55" t="n">
-        <v>704.16</v>
+        <v>711.63</v>
       </c>
       <c r="O55" t="n">
-        <v>721.91</v>
+        <v>728.92</v>
       </c>
       <c r="P55" t="n">
-        <v>726.41</v>
+        <v>733.91</v>
       </c>
       <c r="Q55" t="n">
-        <v>733.5</v>
+        <v>741.8099999999999</v>
       </c>
       <c r="R55" t="n">
-        <v>741.02</v>
+        <v>750.02</v>
       </c>
       <c r="S55" t="n">
-        <v>738.8099999999999</v>
+        <v>747.96</v>
       </c>
       <c r="T55" t="n">
-        <v>758.71</v>
+        <v>768.1799999999999</v>
       </c>
       <c r="U55" t="n">
-        <v>753.51</v>
+        <v>763.7</v>
       </c>
       <c r="V55" t="n">
-        <v>753.4299999999999</v>
+        <v>764.2</v>
       </c>
       <c r="W55" t="n">
-        <v>760.05</v>
+        <v>771.12</v>
       </c>
       <c r="X55" t="n">
-        <v>765.3</v>
+        <v>776.85</v>
       </c>
       <c r="Y55" t="n">
-        <v>771.4400000000001</v>
+        <v>783.45</v>
       </c>
       <c r="Z55" t="n">
-        <v>772.95</v>
+        <v>785.3200000000001</v>
       </c>
       <c r="AA55" t="n">
-        <v>775.4400000000001</v>
+        <v>788.21</v>
       </c>
       <c r="AB55" t="n">
-        <v>780.1799999999999</v>
+        <v>793.3200000000001</v>
       </c>
       <c r="AC55" t="n">
-        <v>786.73</v>
+        <v>800.24</v>
       </c>
       <c r="AD55" t="n">
-        <v>789.35</v>
+        <v>803.14</v>
       </c>
       <c r="AE55" t="n">
-        <v>793.5</v>
+        <v>807.5700000000001</v>
       </c>
       <c r="AF55" t="n">
-        <v>797.7</v>
+        <v>812.08</v>
       </c>
       <c r="AG55" t="n">
-        <v>801.11</v>
+        <v>815.85</v>
       </c>
       <c r="AH55" t="n">
-        <v>804.85</v>
+        <v>819.96</v>
       </c>
       <c r="AI55" t="n">
-        <v>808.41</v>
+        <v>823.86</v>
       </c>
       <c r="AJ55" t="n">
-        <v>812.42</v>
+        <v>828.22</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="2" t="inlineStr">
+      <c r="A56" s="1" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="B56" t="n">
         <v>601.9400000000001</v>
       </c>
       <c r="C56" t="n">
         <v>648.96</v>
       </c>
       <c r="D56" t="n">
         <v>623.96</v>
       </c>
       <c r="E56" t="n">
         <v>631.96</v>
       </c>
       <c r="F56" t="n">
         <v>683.96</v>
       </c>
       <c r="G56" t="n">
         <v>731.66</v>
       </c>
       <c r="H56" t="n">
-        <v>680.51</v>
+        <v>680.72</v>
       </c>
       <c r="I56" t="n">
-        <v>684.74</v>
+        <v>687.3</v>
       </c>
       <c r="J56" t="n">
-        <v>660.78</v>
+        <v>665.66</v>
       </c>
       <c r="K56" t="n">
-        <v>685.54</v>
+        <v>690.71</v>
       </c>
       <c r="L56" t="n">
-        <v>683.05</v>
+        <v>688.38</v>
       </c>
       <c r="M56" t="n">
-        <v>670.61</v>
+        <v>676.09</v>
       </c>
       <c r="N56" t="n">
-        <v>687.8</v>
+        <v>694.3200000000001</v>
       </c>
       <c r="O56" t="n">
-        <v>705.63</v>
+        <v>712.79</v>
       </c>
       <c r="P56" t="n">
-        <v>722.41</v>
+        <v>729.29</v>
       </c>
       <c r="Q56" t="n">
-        <v>726.6</v>
+        <v>733.9400000000001</v>
       </c>
       <c r="R56" t="n">
-        <v>733.61</v>
+        <v>741.64</v>
       </c>
       <c r="S56" t="n">
-        <v>740.17</v>
+        <v>748.8200000000001</v>
       </c>
       <c r="T56" t="n">
-        <v>738.52</v>
+        <v>747.37</v>
       </c>
       <c r="U56" t="n">
-        <v>757.09</v>
+        <v>766.26</v>
       </c>
       <c r="V56" t="n">
-        <v>752.62</v>
+        <v>762.41</v>
       </c>
       <c r="W56" t="n">
-        <v>752.59</v>
+        <v>762.92</v>
       </c>
       <c r="X56" t="n">
-        <v>759.23</v>
+        <v>769.85</v>
       </c>
       <c r="Y56" t="n">
-        <v>764.24</v>
+        <v>775.3200000000001</v>
       </c>
       <c r="Z56" t="n">
-        <v>770.21</v>
+        <v>781.71</v>
       </c>
       <c r="AA56" t="n">
-        <v>771.3200000000001</v>
+        <v>783.16</v>
       </c>
       <c r="AB56" t="n">
-        <v>773.8099999999999</v>
+        <v>786.04</v>
       </c>
       <c r="AC56" t="n">
-        <v>778.38</v>
+        <v>790.96</v>
       </c>
       <c r="AD56" t="n">
-        <v>784.67</v>
+        <v>797.6</v>
       </c>
       <c r="AE56" t="n">
-        <v>787.12</v>
+        <v>800.34</v>
       </c>
       <c r="AF56" t="n">
-        <v>791.0700000000001</v>
+        <v>804.58</v>
       </c>
       <c r="AG56" t="n">
-        <v>795.08</v>
+        <v>808.91</v>
       </c>
       <c r="AH56" t="n">
-        <v>798.33</v>
+        <v>812.51</v>
       </c>
       <c r="AI56" t="n">
-        <v>801.88</v>
+        <v>816.42</v>
       </c>
       <c r="AJ56" t="n">
-        <v>805.26</v>
+        <v>820.13</v>
       </c>
     </row>
     <row r="57">
-      <c r="A57" s="2" t="inlineStr">
+      <c r="A57" s="1" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B57" t="n">
         <v>597.98</v>
       </c>
       <c r="C57" t="n">
         <v>559.9400000000001</v>
       </c>
       <c r="D57" t="n">
         <v>637.96</v>
       </c>
       <c r="E57" t="n">
         <v>622.96</v>
       </c>
       <c r="F57" t="n">
         <v>632.96</v>
       </c>
       <c r="G57" t="n">
         <v>665.8200000000001</v>
       </c>
       <c r="H57" t="n">
-        <v>710</v>
+        <v>710.22</v>
       </c>
       <c r="I57" t="n">
-        <v>664.54</v>
+        <v>666.73</v>
       </c>
       <c r="J57" t="n">
-        <v>671.54</v>
+        <v>675.78</v>
       </c>
       <c r="K57" t="n">
-        <v>650.66</v>
+        <v>655.27</v>
       </c>
       <c r="L57" t="n">
-        <v>667.5599999999999</v>
+        <v>672.0599999999999</v>
       </c>
       <c r="M57" t="n">
-        <v>668.62</v>
+        <v>673.59</v>
       </c>
       <c r="N57" t="n">
-        <v>654.48</v>
+        <v>659.58</v>
       </c>
       <c r="O57" t="n">
-        <v>671.3200000000001</v>
+        <v>677.1900000000001</v>
       </c>
       <c r="P57" t="n">
-        <v>687.54</v>
+        <v>693.96</v>
       </c>
       <c r="Q57" t="n">
-        <v>702.5</v>
+        <v>708.86</v>
       </c>
       <c r="R57" t="n">
-        <v>705.79</v>
+        <v>712.5700000000001</v>
       </c>
       <c r="S57" t="n">
-        <v>712.21</v>
+        <v>719.5700000000001</v>
       </c>
       <c r="T57" t="n">
-        <v>717.66</v>
+        <v>725.5599999999999</v>
       </c>
       <c r="U57" t="n">
-        <v>715.76</v>
+        <v>723.91</v>
       </c>
       <c r="V57" t="n">
-        <v>732.62</v>
+        <v>741.08</v>
       </c>
       <c r="W57" t="n">
-        <v>728.3</v>
+        <v>737.29</v>
       </c>
       <c r="X57" t="n">
-        <v>727.91</v>
+        <v>737.38</v>
       </c>
       <c r="Y57" t="n">
-        <v>733.89</v>
+        <v>743.64</v>
       </c>
       <c r="Z57" t="n">
-        <v>738.16</v>
+        <v>748.34</v>
       </c>
       <c r="AA57" t="n">
-        <v>743.4400000000001</v>
+        <v>754</v>
       </c>
       <c r="AB57" t="n">
-        <v>743.85</v>
+        <v>754.74</v>
       </c>
       <c r="AC57" t="n">
-        <v>745.9299999999999</v>
+        <v>757.1799999999999</v>
       </c>
       <c r="AD57" t="n">
-        <v>749.85</v>
+        <v>761.42</v>
       </c>
       <c r="AE57" t="n">
-        <v>755.4</v>
+        <v>767.3099999999999</v>
       </c>
       <c r="AF57" t="n">
-        <v>757.28</v>
+        <v>769.49</v>
       </c>
       <c r="AG57" t="n">
-        <v>760.61</v>
+        <v>773.11</v>
       </c>
       <c r="AH57" t="n">
-        <v>764.02</v>
+        <v>776.8200000000001</v>
       </c>
       <c r="AI57" t="n">
-        <v>766.7</v>
+        <v>779.84</v>
       </c>
       <c r="AJ57" t="n">
-        <v>769.64</v>
+        <v>783.12</v>
       </c>
     </row>
     <row r="58">
-      <c r="A58" s="2" t="inlineStr">
+      <c r="A58" s="1" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="B58" t="n">
         <v>627.98</v>
       </c>
       <c r="C58" t="n">
         <v>573.98</v>
       </c>
       <c r="D58" t="n">
         <v>544.9400000000001</v>
       </c>
       <c r="E58" t="n">
         <v>648.96</v>
       </c>
       <c r="F58" t="n">
         <v>633.96</v>
       </c>
       <c r="G58" t="n">
         <v>602.47</v>
       </c>
       <c r="H58" t="n">
-        <v>633.13</v>
+        <v>633.29</v>
       </c>
       <c r="I58" t="n">
-        <v>673.38</v>
+        <v>675.6799999999999</v>
       </c>
       <c r="J58" t="n">
-        <v>635.73</v>
+        <v>639.98</v>
       </c>
       <c r="K58" t="n">
-        <v>639.66</v>
+        <v>644.01</v>
       </c>
       <c r="L58" t="n">
-        <v>618.29</v>
+        <v>622.64</v>
       </c>
       <c r="M58" t="n">
-        <v>637.49</v>
+        <v>642</v>
       </c>
       <c r="N58" t="n">
-        <v>637.0599999999999</v>
+        <v>641.98</v>
       </c>
       <c r="O58" t="n">
-        <v>623.6799999999999</v>
+        <v>628.6799999999999</v>
       </c>
       <c r="P58" t="n">
-        <v>639.88</v>
+        <v>645.49</v>
       </c>
       <c r="Q58" t="n">
-        <v>653.59</v>
+        <v>659.6799999999999</v>
       </c>
       <c r="R58" t="n">
-        <v>667.41</v>
+        <v>673.52</v>
       </c>
       <c r="S58" t="n">
-        <v>670.05</v>
+        <v>676.52</v>
       </c>
       <c r="T58" t="n">
-        <v>676.05</v>
+        <v>683.02</v>
       </c>
       <c r="U58" t="n">
-        <v>681.08</v>
+        <v>688.51</v>
       </c>
       <c r="V58" t="n">
-        <v>679.23</v>
+        <v>686.91</v>
       </c>
       <c r="W58" t="n">
-        <v>694.5</v>
+        <v>702.46</v>
       </c>
       <c r="X58" t="n">
-        <v>690.55</v>
+        <v>698.97</v>
       </c>
       <c r="Y58" t="n">
-        <v>689.9299999999999</v>
+        <v>698.77</v>
       </c>
       <c r="Z58" t="n">
-        <v>695.4400000000001</v>
+        <v>704.53</v>
       </c>
       <c r="AA58" t="n">
-        <v>699.47</v>
+        <v>708.9400000000001</v>
       </c>
       <c r="AB58" t="n">
-        <v>704.3200000000001</v>
+        <v>714.12</v>
       </c>
       <c r="AC58" t="n">
-        <v>704.52</v>
+        <v>714.62</v>
       </c>
       <c r="AD58" t="n">
-        <v>706.42</v>
+        <v>716.83</v>
       </c>
       <c r="AE58" t="n">
-        <v>710.03</v>
+        <v>720.73</v>
       </c>
       <c r="AF58" t="n">
-        <v>715.17</v>
+        <v>726.1799999999999</v>
       </c>
       <c r="AG58" t="n">
-        <v>716.84</v>
+        <v>728.12</v>
       </c>
       <c r="AH58" t="n">
-        <v>719.86</v>
+        <v>731.4</v>
       </c>
       <c r="AI58" t="n">
-        <v>722.96</v>
+        <v>734.78</v>
       </c>
       <c r="AJ58" t="n">
-        <v>725.38</v>
+        <v>737.5</v>
       </c>
     </row>
     <row r="59">
-      <c r="A59" s="2" t="inlineStr">
+      <c r="A59" s="1" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="B59" t="n">
         <v>605.9400000000001</v>
       </c>
       <c r="C59" t="n">
         <v>595.98</v>
       </c>
       <c r="D59" t="n">
         <v>562.98</v>
       </c>
       <c r="E59" t="n">
         <v>543.9400000000001</v>
       </c>
       <c r="F59" t="n">
         <v>653.96</v>
       </c>
       <c r="G59" t="n">
         <v>619.38</v>
       </c>
       <c r="H59" t="n">
-        <v>591.49</v>
+        <v>591.6900000000001</v>
       </c>
       <c r="I59" t="n">
-        <v>620.37</v>
+        <v>622.26</v>
       </c>
       <c r="J59" t="n">
-        <v>660.37</v>
+        <v>664.3099999999999</v>
       </c>
       <c r="K59" t="n">
-        <v>624.45</v>
+        <v>628.76</v>
       </c>
       <c r="L59" t="n">
-        <v>625.0700000000001</v>
+        <v>629.21</v>
       </c>
       <c r="M59" t="n">
-        <v>609.6</v>
+        <v>613.91</v>
       </c>
       <c r="N59" t="n">
-        <v>625.65</v>
+        <v>630.14</v>
       </c>
       <c r="O59" t="n">
-        <v>624.64</v>
+        <v>629.52</v>
       </c>
       <c r="P59" t="n">
-        <v>612.7</v>
+        <v>617.66</v>
       </c>
       <c r="Q59" t="n">
-        <v>627.35</v>
+        <v>632.84</v>
       </c>
       <c r="R59" t="n">
-        <v>639.76</v>
+        <v>645.7</v>
       </c>
       <c r="S59" t="n">
-        <v>653.03</v>
+        <v>659.03</v>
       </c>
       <c r="T59" t="n">
-        <v>655.72</v>
+        <v>662.0599999999999</v>
       </c>
       <c r="U59" t="n">
-        <v>661.4</v>
+        <v>668.1799999999999</v>
       </c>
       <c r="V59" t="n">
-        <v>666.13</v>
+        <v>673.33</v>
       </c>
       <c r="W59" t="n">
-        <v>664.48</v>
+        <v>671.9400000000001</v>
       </c>
       <c r="X59" t="n">
-        <v>678.6799999999999</v>
+        <v>686.4</v>
       </c>
       <c r="Y59" t="n">
-        <v>675.27</v>
+        <v>683.41</v>
       </c>
       <c r="Z59" t="n">
-        <v>674.9299999999999</v>
+        <v>683.4400000000001</v>
       </c>
       <c r="AA59" t="n">
-        <v>680.21</v>
+        <v>688.97</v>
       </c>
       <c r="AB59" t="n">
-        <v>684.09</v>
+        <v>693.21</v>
       </c>
       <c r="AC59" t="n">
-        <v>688.8</v>
+        <v>698.22</v>
       </c>
       <c r="AD59" t="n">
-        <v>688.99</v>
+        <v>698.6900000000001</v>
       </c>
       <c r="AE59" t="n">
-        <v>690.97</v>
+        <v>700.97</v>
       </c>
       <c r="AF59" t="n">
-        <v>694.4400000000001</v>
+        <v>704.7</v>
       </c>
       <c r="AG59" t="n">
-        <v>699.39</v>
+        <v>709.9400000000001</v>
       </c>
       <c r="AH59" t="n">
-        <v>701.0599999999999</v>
+        <v>711.89</v>
       </c>
       <c r="AI59" t="n">
-        <v>704.04</v>
+        <v>715.11</v>
       </c>
       <c r="AJ59" t="n">
-        <v>707.0599999999999</v>
+        <v>718.4</v>
       </c>
     </row>
     <row r="60">
-      <c r="A60" s="2" t="inlineStr">
+      <c r="A60" s="1" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="B60" t="n">
         <v>593.96</v>
       </c>
       <c r="C60" t="n">
         <v>593.9400000000001</v>
       </c>
       <c r="D60" t="n">
         <v>580.98</v>
       </c>
       <c r="E60" t="n">
         <v>560.98</v>
       </c>
       <c r="F60" t="n">
         <v>541.9400000000001</v>
       </c>
       <c r="G60" t="n">
         <v>636.11</v>
       </c>
       <c r="H60" t="n">
-        <v>606.6900000000001</v>
+        <v>606.8099999999999</v>
       </c>
       <c r="I60" t="n">
-        <v>579.25</v>
+        <v>581.9</v>
       </c>
       <c r="J60" t="n">
-        <v>610.46</v>
+        <v>615.23</v>
       </c>
       <c r="K60" t="n">
-        <v>647.38</v>
+        <v>652.29</v>
       </c>
       <c r="L60" t="n">
-        <v>614.24</v>
+        <v>619.46</v>
       </c>
       <c r="M60" t="n">
-        <v>616.0599999999999</v>
+        <v>621.12</v>
       </c>
       <c r="N60" t="n">
-        <v>601.25</v>
+        <v>606.49</v>
       </c>
       <c r="O60" t="n">
-        <v>616.58</v>
+        <v>621.96</v>
       </c>
       <c r="P60" t="n">
-        <v>615.53</v>
+        <v>621.29</v>
       </c>
       <c r="Q60" t="n">
-        <v>604.26</v>
+        <v>610.16</v>
       </c>
       <c r="R60" t="n">
-        <v>618.29</v>
+        <v>624.71</v>
       </c>
       <c r="S60" t="n">
-        <v>630.17</v>
+        <v>637.03</v>
       </c>
       <c r="T60" t="n">
-        <v>643</v>
+        <v>649.9400000000001</v>
       </c>
       <c r="U60" t="n">
-        <v>646.42</v>
+        <v>653.7</v>
       </c>
       <c r="V60" t="n">
-        <v>651.99</v>
+        <v>659.7</v>
       </c>
       <c r="W60" t="n">
-        <v>656.8099999999999</v>
+        <v>664.95</v>
       </c>
       <c r="X60" t="n">
-        <v>656.05</v>
+        <v>664.4400000000001</v>
       </c>
       <c r="Y60" t="n">
-        <v>669.59</v>
+        <v>678.25</v>
       </c>
       <c r="Z60" t="n">
-        <v>667.12</v>
+        <v>676.2</v>
       </c>
       <c r="AA60" t="n">
-        <v>667.42</v>
+        <v>676.88</v>
       </c>
       <c r="AB60" t="n">
-        <v>673.01</v>
+        <v>682.71</v>
       </c>
       <c r="AC60" t="n">
-        <v>677.17</v>
+        <v>687.24</v>
       </c>
       <c r="AD60" t="n">
-        <v>682.22</v>
+        <v>692.6</v>
       </c>
       <c r="AE60" t="n">
-        <v>682.88</v>
+        <v>693.55</v>
       </c>
       <c r="AF60" t="n">
-        <v>685.35</v>
+        <v>696.3200000000001</v>
       </c>
       <c r="AG60" t="n">
-        <v>689.11</v>
+        <v>700.35</v>
       </c>
       <c r="AH60" t="n">
-        <v>694.3200000000001</v>
+        <v>705.86</v>
       </c>
       <c r="AI60" t="n">
-        <v>696.4400000000001</v>
+        <v>708.25</v>
       </c>
       <c r="AJ60" t="n">
-        <v>699.83</v>
+        <v>711.9</v>
       </c>
     </row>
     <row r="61">
-      <c r="A61" s="2" t="inlineStr">
+      <c r="A61" s="1" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="B61" t="n">
         <v>630.87</v>
       </c>
       <c r="C61" t="n">
         <v>575.96</v>
       </c>
       <c r="D61" t="n">
         <v>563.9400000000001</v>
       </c>
       <c r="E61" t="n">
         <v>570.98</v>
       </c>
       <c r="F61" t="n">
         <v>557.98</v>
       </c>
       <c r="G61" t="n">
         <v>538.0599999999999</v>
       </c>
       <c r="H61" t="n">
-        <v>624.8200000000001</v>
+        <v>624.98</v>
       </c>
       <c r="I61" t="n">
-        <v>601.28</v>
+        <v>602.64</v>
       </c>
       <c r="J61" t="n">
-        <v>575.6799999999999</v>
+        <v>579.73</v>
       </c>
       <c r="K61" t="n">
-        <v>605.58</v>
+        <v>610.85</v>
       </c>
       <c r="L61" t="n">
-        <v>637.29</v>
+        <v>642.41</v>
       </c>
       <c r="M61" t="n">
-        <v>609.1900000000001</v>
+        <v>614.8099999999999</v>
       </c>
       <c r="N61" t="n">
-        <v>607.6799999999999</v>
+        <v>613.16</v>
       </c>
       <c r="O61" t="n">
-        <v>594.5700000000001</v>
+        <v>600.23</v>
       </c>
       <c r="P61" t="n">
-        <v>609.8099999999999</v>
+        <v>615.62</v>
       </c>
       <c r="Q61" t="n">
-        <v>607.41</v>
+        <v>613.62</v>
       </c>
       <c r="R61" t="n">
-        <v>596.99</v>
+        <v>603.36</v>
       </c>
       <c r="S61" t="n">
-        <v>610.04</v>
+        <v>616.95</v>
       </c>
       <c r="T61" t="n">
-        <v>621.03</v>
+        <v>628.38</v>
       </c>
       <c r="U61" t="n">
-        <v>633.3</v>
+        <v>640.74</v>
       </c>
       <c r="V61" t="n">
-        <v>637.29</v>
+        <v>645.0700000000001</v>
       </c>
       <c r="W61" t="n">
-        <v>642.39</v>
+        <v>650.61</v>
       </c>
       <c r="X61" t="n">
-        <v>647.14</v>
+        <v>655.78</v>
       </c>
       <c r="Y61" t="n">
-        <v>646.62</v>
+        <v>655.53</v>
       </c>
       <c r="Z61" t="n">
-        <v>659.38</v>
+        <v>668.5700000000001</v>
       </c>
       <c r="AA61" t="n">
-        <v>657.41</v>
+        <v>667.01</v>
       </c>
       <c r="AB61" t="n">
-        <v>658.0700000000001</v>
+        <v>668.05</v>
       </c>
       <c r="AC61" t="n">
-        <v>663.49</v>
+        <v>673.74</v>
       </c>
       <c r="AD61" t="n">
-        <v>667.6799999999999</v>
+        <v>678.29</v>
       </c>
       <c r="AE61" t="n">
-        <v>672.6900000000001</v>
+        <v>683.62</v>
       </c>
       <c r="AF61" t="n">
-        <v>673.54</v>
+        <v>684.76</v>
       </c>
       <c r="AG61" t="n">
-        <v>676.1799999999999</v>
+        <v>687.72</v>
       </c>
       <c r="AH61" t="n">
-        <v>679.89</v>
+        <v>691.71</v>
       </c>
       <c r="AI61" t="n">
-        <v>685.0599999999999</v>
+        <v>697.1799999999999</v>
       </c>
       <c r="AJ61" t="n">
-        <v>687.3200000000001</v>
+        <v>699.72</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="2" t="inlineStr">
+      <c r="A62" s="1" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B62" t="n">
         <v>586.9400000000001</v>
       </c>
       <c r="C62" t="n">
         <v>602.89</v>
       </c>
       <c r="D62" t="n">
         <v>565.96</v>
       </c>
       <c r="E62" t="n">
         <v>565.9400000000001</v>
       </c>
       <c r="F62" t="n">
         <v>570.98</v>
       </c>
       <c r="G62" t="n">
         <v>541.5599999999999</v>
       </c>
       <c r="H62" t="n">
-        <v>524.9400000000001</v>
+        <v>524.96</v>
       </c>
       <c r="I62" t="n">
-        <v>604.21</v>
+        <v>605.38</v>
       </c>
       <c r="J62" t="n">
-        <v>585.3200000000001</v>
+        <v>587.8200000000001</v>
       </c>
       <c r="K62" t="n">
-        <v>559.86</v>
+        <v>564.17</v>
       </c>
       <c r="L62" t="n">
-        <v>587.38</v>
+        <v>592.75</v>
       </c>
       <c r="M62" t="n">
-        <v>618.9</v>
+        <v>624.22</v>
       </c>
       <c r="N62" t="n">
-        <v>590.54</v>
+        <v>596.3</v>
       </c>
       <c r="O62" t="n">
-        <v>589.7</v>
+        <v>595.3099999999999</v>
       </c>
       <c r="P62" t="n">
-        <v>578.28</v>
+        <v>584.0599999999999</v>
       </c>
       <c r="Q62" t="n">
-        <v>592.02</v>
+        <v>597.9299999999999</v>
       </c>
       <c r="R62" t="n">
-        <v>589.52</v>
+        <v>595.8</v>
       </c>
       <c r="S62" t="n">
-        <v>580.1</v>
+        <v>586.54</v>
       </c>
       <c r="T62" t="n">
-        <v>592.21</v>
+        <v>599.17</v>
       </c>
       <c r="U62" t="n">
-        <v>602.51</v>
+        <v>609.89</v>
       </c>
       <c r="V62" t="n">
-        <v>614.1900000000001</v>
+        <v>621.63</v>
       </c>
       <c r="W62" t="n">
-        <v>618.49</v>
+        <v>626.24</v>
       </c>
       <c r="X62" t="n">
-        <v>623.27</v>
+        <v>631.45</v>
       </c>
       <c r="Y62" t="n">
-        <v>627.96</v>
+        <v>636.53</v>
       </c>
       <c r="Z62" t="n">
-        <v>627.8099999999999</v>
+        <v>636.62</v>
       </c>
       <c r="AA62" t="n">
-        <v>639.84</v>
+        <v>648.91</v>
       </c>
       <c r="AB62" t="n">
-        <v>638.38</v>
+        <v>647.85</v>
       </c>
       <c r="AC62" t="n">
-        <v>639.36</v>
+        <v>649.1799999999999</v>
       </c>
       <c r="AD62" t="n">
-        <v>644.7</v>
+        <v>654.77</v>
       </c>
       <c r="AE62" t="n">
-        <v>648.9299999999999</v>
+        <v>659.34</v>
       </c>
       <c r="AF62" t="n">
-        <v>653.9400000000001</v>
+        <v>664.64</v>
       </c>
       <c r="AG62" t="n">
-        <v>654.99</v>
+        <v>665.97</v>
       </c>
       <c r="AH62" t="n">
-        <v>657.78</v>
+        <v>669.0599999999999</v>
       </c>
       <c r="AI62" t="n">
-        <v>661.51</v>
+        <v>673.05</v>
       </c>
       <c r="AJ62" t="n">
-        <v>666.64</v>
+        <v>678.45</v>
       </c>
     </row>
     <row r="63">
-      <c r="A63" s="2" t="inlineStr">
+      <c r="A63" s="1" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="B63" t="n">
         <v>568.9400000000001</v>
       </c>
       <c r="C63" t="n">
         <v>571.9400000000001</v>
       </c>
       <c r="D63" t="n">
         <v>587.89</v>
       </c>
       <c r="E63" t="n">
         <v>567.96</v>
       </c>
       <c r="F63" t="n">
         <v>560.9400000000001</v>
       </c>
       <c r="G63" t="n">
-        <v>558.91</v>
+        <v>558.9</v>
       </c>
       <c r="H63" t="n">
-        <v>530.83</v>
+        <v>530.98</v>
       </c>
       <c r="I63" t="n">
-        <v>516.14</v>
+        <v>517.6900000000001</v>
       </c>
       <c r="J63" t="n">
-        <v>591.12</v>
+        <v>594.0599999999999</v>
       </c>
       <c r="K63" t="n">
-        <v>574.65</v>
+        <v>577.79</v>
       </c>
       <c r="L63" t="n">
-        <v>548.74</v>
+        <v>553.39</v>
       </c>
       <c r="M63" t="n">
-        <v>577.3099999999999</v>
+        <v>583.2</v>
       </c>
       <c r="N63" t="n">
-        <v>605.71</v>
+        <v>611.55</v>
       </c>
       <c r="O63" t="n">
-        <v>579.8</v>
+        <v>586.0599999999999</v>
       </c>
       <c r="P63" t="n">
-        <v>579.38</v>
+        <v>585.51</v>
       </c>
       <c r="Q63" t="n">
-        <v>569.25</v>
+        <v>575.5599999999999</v>
       </c>
       <c r="R63" t="n">
-        <v>582.03</v>
+        <v>588.4400000000001</v>
       </c>
       <c r="S63" t="n">
-        <v>579.92</v>
+        <v>586.6799999999999</v>
       </c>
       <c r="T63" t="n">
-        <v>571.74</v>
+        <v>578.67</v>
       </c>
       <c r="U63" t="n">
-        <v>583.1900000000001</v>
+        <v>590.65</v>
       </c>
       <c r="V63" t="n">
-        <v>593.08</v>
+        <v>600.9400000000001</v>
       </c>
       <c r="W63" t="n">
-        <v>604.45</v>
+        <v>612.37</v>
       </c>
       <c r="X63" t="n">
-        <v>608.97</v>
+        <v>617.1900000000001</v>
       </c>
       <c r="Y63" t="n">
-        <v>613.71</v>
+        <v>622.34</v>
       </c>
       <c r="Z63" t="n">
-        <v>618.5700000000001</v>
+        <v>627.58</v>
       </c>
       <c r="AA63" t="n">
-        <v>618.85</v>
+        <v>628.1</v>
       </c>
       <c r="AB63" t="n">
-        <v>630.49</v>
+        <v>639.99</v>
       </c>
       <c r="AC63" t="n">
-        <v>629.6</v>
+        <v>639.49</v>
       </c>
       <c r="AD63" t="n">
-        <v>630.99</v>
+        <v>641.22</v>
       </c>
       <c r="AE63" t="n">
-        <v>636.39</v>
+        <v>646.86</v>
       </c>
       <c r="AF63" t="n">
-        <v>640.79</v>
+        <v>651.59</v>
       </c>
       <c r="AG63" t="n">
-        <v>645.9400000000001</v>
+        <v>657.03</v>
       </c>
       <c r="AH63" t="n">
-        <v>647.36</v>
+        <v>658.72</v>
       </c>
       <c r="AI63" t="n">
-        <v>650.4299999999999</v>
+        <v>662.08</v>
       </c>
       <c r="AJ63" t="n">
-        <v>654.33</v>
+        <v>666.24</v>
       </c>
     </row>
     <row r="64">
-      <c r="A64" s="2" t="inlineStr">
+      <c r="A64" s="1" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="B64" t="n">
         <v>511.92</v>
       </c>
       <c r="C64" t="n">
         <v>559.9400000000001</v>
       </c>
       <c r="D64" t="n">
         <v>560.9400000000001</v>
       </c>
       <c r="E64" t="n">
         <v>586.92</v>
       </c>
       <c r="F64" t="n">
         <v>577.96</v>
       </c>
       <c r="G64" t="n">
         <v>547.02</v>
       </c>
       <c r="H64" t="n">
-        <v>548.04</v>
+        <v>548.2</v>
       </c>
       <c r="I64" t="n">
-        <v>522.54</v>
+        <v>523.79</v>
       </c>
       <c r="J64" t="n">
-        <v>512.87</v>
+        <v>515.5599999999999</v>
       </c>
       <c r="K64" t="n">
-        <v>579.13</v>
+        <v>582.27</v>
       </c>
       <c r="L64" t="n">
-        <v>563.01</v>
+        <v>566.0700000000001</v>
       </c>
       <c r="M64" t="n">
-        <v>540.38</v>
+        <v>544.95</v>
       </c>
       <c r="N64" t="n">
-        <v>565.26</v>
+        <v>570.9400000000001</v>
       </c>
       <c r="O64" t="n">
-        <v>592.22</v>
+        <v>597.86</v>
       </c>
       <c r="P64" t="n">
-        <v>567.88</v>
+        <v>573.95</v>
       </c>
       <c r="Q64" t="n">
-        <v>566.84</v>
+        <v>572.84</v>
       </c>
       <c r="R64" t="n">
-        <v>557.5700000000001</v>
+        <v>563.76</v>
       </c>
       <c r="S64" t="n">
-        <v>568.97</v>
+        <v>575.26</v>
       </c>
       <c r="T64" t="n">
-        <v>566.5</v>
+        <v>573.12</v>
       </c>
       <c r="U64" t="n">
-        <v>558.63</v>
+        <v>565.4400000000001</v>
       </c>
       <c r="V64" t="n">
-        <v>569.39</v>
+        <v>576.6900000000001</v>
       </c>
       <c r="W64" t="n">
-        <v>578.42</v>
+        <v>586.1</v>
       </c>
       <c r="X64" t="n">
-        <v>589.16</v>
+        <v>596.91</v>
       </c>
       <c r="Y64" t="n">
-        <v>593.64</v>
+        <v>601.6900000000001</v>
       </c>
       <c r="Z64" t="n">
-        <v>597.92</v>
+        <v>606.36</v>
       </c>
       <c r="AA64" t="n">
-        <v>602.4</v>
+        <v>611.2</v>
       </c>
       <c r="AB64" t="n">
-        <v>602.75</v>
+        <v>611.79</v>
       </c>
       <c r="AC64" t="n">
-        <v>613.47</v>
+        <v>622.76</v>
       </c>
       <c r="AD64" t="n">
-        <v>612.6900000000001</v>
+        <v>622.34</v>
       </c>
       <c r="AE64" t="n">
-        <v>614.0599999999999</v>
+        <v>624.04</v>
       </c>
       <c r="AF64" t="n">
-        <v>619.14</v>
+        <v>629.36</v>
       </c>
       <c r="AG64" t="n">
-        <v>623.21</v>
+        <v>633.74</v>
       </c>
       <c r="AH64" t="n">
-        <v>628.0599999999999</v>
+        <v>638.88</v>
       </c>
       <c r="AI64" t="n">
-        <v>629.3</v>
+        <v>640.38</v>
       </c>
       <c r="AJ64" t="n">
-        <v>632.22</v>
+        <v>643.5700000000001</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="2" t="inlineStr">
+      <c r="A65" s="1" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="B65" t="n">
         <v>541.98</v>
       </c>
       <c r="C65" t="n">
         <v>495.92</v>
       </c>
       <c r="D65" t="n">
         <v>537.9400000000001</v>
       </c>
       <c r="E65" t="n">
         <v>561.9400000000001</v>
       </c>
       <c r="F65" t="n">
         <v>577.92</v>
       </c>
       <c r="G65" t="n">
-        <v>557.23</v>
+        <v>557.22</v>
       </c>
       <c r="H65" t="n">
-        <v>529.15</v>
+        <v>529.28</v>
       </c>
       <c r="I65" t="n">
-        <v>533.74</v>
+        <v>535.75</v>
       </c>
       <c r="J65" t="n">
-        <v>511.57</v>
+        <v>514.9</v>
       </c>
       <c r="K65" t="n">
-        <v>503.75</v>
+        <v>506.94</v>
       </c>
       <c r="L65" t="n">
-        <v>561.59</v>
+        <v>565.02</v>
       </c>
       <c r="M65" t="n">
-        <v>551.1</v>
+        <v>554.5700000000001</v>
       </c>
       <c r="N65" t="n">
-        <v>525.39</v>
+        <v>530.17</v>
       </c>
       <c r="O65" t="n">
-        <v>550.74</v>
+        <v>556.51</v>
       </c>
       <c r="P65" t="n">
-        <v>575.8</v>
+        <v>581.59</v>
       </c>
       <c r="Q65" t="n">
-        <v>551.77</v>
+        <v>558</v>
       </c>
       <c r="R65" t="n">
-        <v>551.16</v>
+        <v>557.35</v>
       </c>
       <c r="S65" t="n">
-        <v>543.0599999999999</v>
+        <v>549.4400000000001</v>
       </c>
       <c r="T65" t="n">
-        <v>553.58</v>
+        <v>560.08</v>
       </c>
       <c r="U65" t="n">
-        <v>550.6799999999999</v>
+        <v>557.51</v>
       </c>
       <c r="V65" t="n">
-        <v>543.3200000000001</v>
+        <v>550.35</v>
       </c>
       <c r="W65" t="n">
-        <v>553.59</v>
+        <v>561.0700000000001</v>
       </c>
       <c r="X65" t="n">
-        <v>562.01</v>
+        <v>569.87</v>
       </c>
       <c r="Y65" t="n">
-        <v>572.09</v>
+        <v>580.04</v>
       </c>
       <c r="Z65" t="n">
-        <v>576.64</v>
+        <v>584.89</v>
       </c>
       <c r="AA65" t="n">
-        <v>580.5599999999999</v>
+        <v>589.17</v>
       </c>
       <c r="AB65" t="n">
-        <v>584.7</v>
+        <v>593.67</v>
       </c>
       <c r="AC65" t="n">
-        <v>585.2</v>
+        <v>594.41</v>
       </c>
       <c r="AD65" t="n">
-        <v>595.1900000000001</v>
+        <v>604.64</v>
       </c>
       <c r="AE65" t="n">
-        <v>594.62</v>
+        <v>604.4299999999999</v>
       </c>
       <c r="AF65" t="n">
-        <v>596.13</v>
+        <v>606.26</v>
       </c>
       <c r="AG65" t="n">
-        <v>600.97</v>
+        <v>611.33</v>
       </c>
       <c r="AH65" t="n">
-        <v>604.76</v>
+        <v>615.4400000000001</v>
       </c>
       <c r="AI65" t="n">
-        <v>609.42</v>
+        <v>620.38</v>
       </c>
       <c r="AJ65" t="n">
-        <v>610.63</v>
+        <v>621.85</v>
       </c>
     </row>
     <row r="66">
-      <c r="A66" s="2" t="inlineStr">
+      <c r="A66" s="1" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="B66" t="n">
         <v>477.98</v>
       </c>
       <c r="C66" t="n">
         <v>501</v>
       </c>
       <c r="D66" t="n">
         <v>489.94</v>
       </c>
       <c r="E66" t="n">
         <v>528.9400000000001</v>
       </c>
       <c r="F66" t="n">
         <v>557.96</v>
       </c>
       <c r="G66" t="n">
         <v>550.04</v>
       </c>
       <c r="H66" t="n">
-        <v>531.58</v>
+        <v>531.67</v>
       </c>
       <c r="I66" t="n">
-        <v>506.16</v>
+        <v>507.84</v>
       </c>
       <c r="J66" t="n">
-        <v>512.67</v>
+        <v>516.3200000000001</v>
       </c>
       <c r="K66" t="n">
-        <v>492.1</v>
+        <v>495.82</v>
       </c>
       <c r="L66" t="n">
-        <v>483.77</v>
+        <v>487.19</v>
       </c>
       <c r="M66" t="n">
-        <v>537.71</v>
+        <v>541.45</v>
       </c>
       <c r="N66" t="n">
-        <v>528.46</v>
+        <v>532.25</v>
       </c>
       <c r="O66" t="n">
-        <v>505.34</v>
+        <v>510.3</v>
       </c>
       <c r="P66" t="n">
+        <v>535.73</v>
+      </c>
+      <c r="Q66" t="n">
+        <v>558.34</v>
+      </c>
+      <c r="R66" t="n">
+        <v>536.72</v>
+      </c>
+      <c r="S66" t="n">
+        <v>536.92</v>
+      </c>
+      <c r="T66" t="n">
         <v>529.89</v>
       </c>
-      <c r="Q66" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="U66" t="n">
-        <v>533.58</v>
+        <v>540.21</v>
       </c>
       <c r="V66" t="n">
-        <v>530.79</v>
+        <v>537.75</v>
       </c>
       <c r="W66" t="n">
-        <v>524.21</v>
+        <v>531.36</v>
       </c>
       <c r="X66" t="n">
-        <v>534.11</v>
+        <v>541.6900000000001</v>
       </c>
       <c r="Y66" t="n">
-        <v>542.15</v>
+        <v>550.08</v>
       </c>
       <c r="Z66" t="n">
-        <v>551.41</v>
+        <v>559.46</v>
       </c>
       <c r="AA66" t="n">
-        <v>555.97</v>
+        <v>564.3099999999999</v>
       </c>
       <c r="AB66" t="n">
-        <v>559.73</v>
+        <v>568.4299999999999</v>
       </c>
       <c r="AC66" t="n">
-        <v>563.63</v>
+        <v>572.66</v>
       </c>
       <c r="AD66" t="n">
-        <v>564.36</v>
+        <v>573.65</v>
       </c>
       <c r="AE66" t="n">
-        <v>573.72</v>
+        <v>583.25</v>
       </c>
       <c r="AF66" t="n">
-        <v>573.5</v>
+        <v>583.37</v>
       </c>
       <c r="AG66" t="n">
-        <v>575.16</v>
+        <v>585.35</v>
       </c>
       <c r="AH66" t="n">
-        <v>579.84</v>
+        <v>590.25</v>
       </c>
       <c r="AI66" t="n">
-        <v>583.53</v>
+        <v>594.26</v>
       </c>
       <c r="AJ66" t="n">
-        <v>588.03</v>
+        <v>599.02</v>
       </c>
     </row>
     <row r="67">
-      <c r="A67" s="2" t="inlineStr">
+      <c r="A67" s="1" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B67" t="n">
         <v>484.94</v>
       </c>
       <c r="C67" t="n">
         <v>459.98</v>
       </c>
       <c r="D67" t="n">
         <v>479</v>
       </c>
       <c r="E67" t="n">
         <v>484.94</v>
       </c>
       <c r="F67" t="n">
         <v>534.9400000000001</v>
       </c>
       <c r="G67" t="n">
         <v>540.38</v>
       </c>
       <c r="H67" t="n">
-        <v>528.27</v>
+        <v>528.4</v>
       </c>
       <c r="I67" t="n">
-        <v>513.52</v>
+        <v>515.5</v>
       </c>
       <c r="J67" t="n">
-        <v>493.55</v>
+        <v>497.37</v>
       </c>
       <c r="K67" t="n">
-        <v>500.92</v>
+        <v>505.16</v>
       </c>
       <c r="L67" t="n">
-        <v>481.44</v>
+        <v>485.59</v>
       </c>
       <c r="M67" t="n">
-        <v>476.02</v>
+        <v>480</v>
       </c>
       <c r="N67" t="n">
-        <v>523.52</v>
+        <v>527.8099999999999</v>
       </c>
       <c r="O67" t="n">
-        <v>516.33</v>
+        <v>520.65</v>
       </c>
       <c r="P67" t="n">
-        <v>496.23</v>
+        <v>501.64</v>
       </c>
       <c r="Q67" t="n">
-        <v>519.75</v>
+        <v>526</v>
       </c>
       <c r="R67" t="n">
-        <v>540</v>
+        <v>546.3099999999999</v>
       </c>
       <c r="S67" t="n">
-        <v>519.9400000000001</v>
+        <v>526.66</v>
       </c>
       <c r="T67" t="n">
-        <v>520.77</v>
+        <v>527.5</v>
       </c>
       <c r="U67" t="n">
-        <v>514.1799999999999</v>
+        <v>521.11</v>
       </c>
       <c r="V67" t="n">
-        <v>523.9299999999999</v>
+        <v>531.01</v>
       </c>
       <c r="W67" t="n">
-        <v>521.45</v>
+        <v>528.85</v>
       </c>
       <c r="X67" t="n">
-        <v>515.4299999999999</v>
+        <v>523.01</v>
       </c>
       <c r="Y67" t="n">
-        <v>525.16</v>
+        <v>533.16</v>
       </c>
       <c r="Z67" t="n">
-        <v>532.86</v>
+        <v>541.21</v>
       </c>
       <c r="AA67" t="n">
-        <v>541.39</v>
+        <v>549.87</v>
       </c>
       <c r="AB67" t="n">
-        <v>545.92</v>
+        <v>554.67</v>
       </c>
       <c r="AC67" t="n">
-        <v>549.59</v>
+        <v>558.7</v>
       </c>
       <c r="AD67" t="n">
-        <v>553.3200000000001</v>
+        <v>562.75</v>
       </c>
       <c r="AE67" t="n">
-        <v>554.34</v>
+        <v>564.02</v>
       </c>
       <c r="AF67" t="n">
-        <v>563.17</v>
+        <v>573.09</v>
       </c>
       <c r="AG67" t="n">
-        <v>563.29</v>
+        <v>573.55</v>
       </c>
       <c r="AH67" t="n">
-        <v>565.05</v>
+        <v>575.62</v>
       </c>
       <c r="AI67" t="n">
-        <v>569.65</v>
+        <v>580.45</v>
       </c>
       <c r="AJ67" t="n">
-        <v>573.34</v>
+        <v>584.45</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="2" t="inlineStr">
+      <c r="A68" s="1" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="B68" t="n">
         <v>462.98</v>
       </c>
       <c r="C68" t="n">
         <v>469.94</v>
       </c>
       <c r="D68" t="n">
         <v>446.98</v>
       </c>
       <c r="E68" t="n">
         <v>473</v>
       </c>
       <c r="F68" t="n">
         <v>475.94</v>
       </c>
       <c r="G68" t="n">
         <v>500.86</v>
       </c>
       <c r="H68" t="n">
-        <v>506.64</v>
+        <v>506.68</v>
       </c>
       <c r="I68" t="n">
-        <v>495.22</v>
+        <v>495.46</v>
       </c>
       <c r="J68" t="n">
-        <v>482.96</v>
+        <v>484.78</v>
       </c>
       <c r="K68" t="n">
-        <v>464.89</v>
+        <v>468.23</v>
       </c>
       <c r="L68" t="n">
-        <v>471.69</v>
+        <v>475.44</v>
       </c>
       <c r="M68" t="n">
-        <v>453.71</v>
+        <v>457.42</v>
       </c>
       <c r="N68" t="n">
-        <v>448.28</v>
+        <v>451.84</v>
       </c>
       <c r="O68" t="n">
-        <v>491.3</v>
+        <v>495.15</v>
       </c>
       <c r="P68" t="n">
-        <v>484.5</v>
+        <v>488.4</v>
       </c>
       <c r="Q68" t="n">
-        <v>467.01</v>
+        <v>471.83</v>
       </c>
       <c r="R68" t="n">
-        <v>489.27</v>
+        <v>494.82</v>
       </c>
       <c r="S68" t="n">
-        <v>507.56</v>
+        <v>513.1900000000001</v>
       </c>
       <c r="T68" t="n">
-        <v>488.48</v>
+        <v>494.5</v>
       </c>
       <c r="U68" t="n">
-        <v>489.49</v>
+        <v>495.53</v>
       </c>
       <c r="V68" t="n">
-        <v>482.82</v>
+        <v>489.07</v>
       </c>
       <c r="W68" t="n">
-        <v>492.03</v>
+        <v>498.44</v>
       </c>
       <c r="X68" t="n">
-        <v>489.14</v>
+        <v>495.86</v>
       </c>
       <c r="Y68" t="n">
-        <v>483.32</v>
+        <v>490.22</v>
       </c>
       <c r="Z68" t="n">
-        <v>492.31</v>
+        <v>499.59</v>
       </c>
       <c r="AA68" t="n">
-        <v>499.25</v>
+        <v>506.86</v>
       </c>
       <c r="AB68" t="n">
-        <v>506.83</v>
+        <v>514.58</v>
       </c>
       <c r="AC68" t="n">
-        <v>510.9</v>
+        <v>518.92</v>
       </c>
       <c r="AD68" t="n">
-        <v>514.09</v>
+        <v>522.4400000000001</v>
       </c>
       <c r="AE68" t="n">
-        <v>517.24</v>
+        <v>525.9</v>
       </c>
       <c r="AF68" t="n">
-        <v>517.89</v>
+        <v>526.79</v>
       </c>
       <c r="AG68" t="n">
-        <v>525.91</v>
+        <v>535.04</v>
       </c>
       <c r="AH68" t="n">
-        <v>525.85</v>
+        <v>535.29</v>
       </c>
       <c r="AI68" t="n">
-        <v>527.1900000000001</v>
+        <v>536.9299999999999</v>
       </c>
       <c r="AJ68" t="n">
-        <v>531.26</v>
+        <v>541.22</v>
       </c>
     </row>
     <row r="69">
-      <c r="A69" s="2" t="inlineStr">
+      <c r="A69" s="1" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="B69" t="n">
         <v>459</v>
       </c>
       <c r="C69" t="n">
         <v>442.98</v>
       </c>
       <c r="D69" t="n">
         <v>461.94</v>
       </c>
       <c r="E69" t="n">
         <v>437.98</v>
       </c>
       <c r="F69" t="n">
         <v>481</v>
       </c>
       <c r="G69" t="n">
         <v>467.76</v>
       </c>
       <c r="H69" t="n">
-        <v>488.84</v>
+        <v>488.95</v>
       </c>
       <c r="I69" t="n">
-        <v>499.11</v>
+        <v>500.22</v>
       </c>
       <c r="J69" t="n">
-        <v>486.78</v>
+        <v>488.26</v>
       </c>
       <c r="K69" t="n">
-        <v>476.16</v>
+        <v>478.3</v>
       </c>
       <c r="L69" t="n">
-        <v>460.64</v>
+        <v>464.17</v>
       </c>
       <c r="M69" t="n">
-        <v>468.88</v>
+        <v>472.8</v>
       </c>
       <c r="N69" t="n">
-        <v>450.93</v>
+        <v>454.82</v>
       </c>
       <c r="O69" t="n">
-        <v>445.24</v>
+        <v>448.99</v>
       </c>
       <c r="P69" t="n">
-        <v>485.47</v>
+        <v>489.5</v>
       </c>
       <c r="Q69" t="n">
-        <v>479.56</v>
+        <v>483.65</v>
       </c>
       <c r="R69" t="n">
-        <v>465.05</v>
+        <v>469.99</v>
       </c>
       <c r="S69" t="n">
-        <v>485.74</v>
+        <v>491.36</v>
       </c>
       <c r="T69" t="n">
-        <v>503.01</v>
+        <v>508.71</v>
       </c>
       <c r="U69" t="n">
-        <v>485.03</v>
+        <v>491.11</v>
       </c>
       <c r="V69" t="n">
-        <v>486.25</v>
+        <v>492.36</v>
       </c>
       <c r="W69" t="n">
-        <v>479.84</v>
+        <v>486.15</v>
       </c>
       <c r="X69" t="n">
-        <v>488.51</v>
+        <v>494.98</v>
       </c>
       <c r="Y69" t="n">
-        <v>485.89</v>
+        <v>492.66</v>
       </c>
       <c r="Z69" t="n">
-        <v>480.52</v>
+        <v>487.47</v>
       </c>
       <c r="AA69" t="n">
-        <v>489.26</v>
+        <v>496.55</v>
       </c>
       <c r="AB69" t="n">
-        <v>495.83</v>
+        <v>503.44</v>
       </c>
       <c r="AC69" t="n">
-        <v>503.01</v>
+        <v>510.76</v>
       </c>
       <c r="AD69" t="n">
-        <v>506.87</v>
+        <v>514.88</v>
       </c>
       <c r="AE69" t="n">
-        <v>509.98</v>
+        <v>518.3099999999999</v>
       </c>
       <c r="AF69" t="n">
-        <v>513.04</v>
+        <v>521.66</v>
       </c>
       <c r="AG69" t="n">
-        <v>513.7</v>
+        <v>522.5599999999999</v>
       </c>
       <c r="AH69" t="n">
-        <v>521.37</v>
+        <v>530.45</v>
       </c>
       <c r="AI69" t="n">
-        <v>521.41</v>
+        <v>530.78</v>
       </c>
       <c r="AJ69" t="n">
-        <v>522.71</v>
+        <v>532.36</v>
       </c>
     </row>
     <row r="70">
-      <c r="A70" s="2" t="inlineStr">
+      <c r="A70" s="1" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="B70" t="n">
         <v>427</v>
       </c>
       <c r="C70" t="n">
         <v>425</v>
       </c>
       <c r="D70" t="n">
         <v>430.98</v>
       </c>
       <c r="E70" t="n">
         <v>472.94</v>
       </c>
       <c r="F70" t="n">
         <v>432.98</v>
       </c>
       <c r="G70" t="n">
         <v>458.82</v>
       </c>
       <c r="H70" t="n">
-        <v>447.13</v>
+        <v>447.24</v>
       </c>
       <c r="I70" t="n">
-        <v>464.8</v>
+        <v>465.14</v>
       </c>
       <c r="J70" t="n">
-        <v>479.14</v>
+        <v>480.37</v>
       </c>
       <c r="K70" t="n">
-        <v>462.89</v>
+        <v>464.43</v>
       </c>
       <c r="L70" t="n">
-        <v>450.96</v>
+        <v>452.79</v>
       </c>
       <c r="M70" t="n">
-        <v>440.6</v>
+        <v>443.8</v>
       </c>
       <c r="N70" t="n">
-        <v>449.16</v>
+        <v>452.74</v>
       </c>
       <c r="O70" t="n">
-        <v>432.88</v>
+        <v>436.47</v>
       </c>
       <c r="P70" t="n">
-        <v>427.39</v>
+        <v>430.87</v>
       </c>
       <c r="Q70" t="n">
-        <v>463.3</v>
+        <v>467.04</v>
       </c>
       <c r="R70" t="n">
-        <v>458.6</v>
+        <v>462.41</v>
       </c>
       <c r="S70" t="n">
-        <v>445.8</v>
+        <v>450.33</v>
       </c>
       <c r="T70" t="n">
-        <v>465.13</v>
+        <v>470.26</v>
       </c>
       <c r="U70" t="n">
+        <v>485.58</v>
+      </c>
+      <c r="V70" t="n">
+        <v>469.24</v>
+      </c>
+      <c r="W70" t="n">
+        <v>470.44</v>
+      </c>
+      <c r="X70" t="n">
+        <v>464.59</v>
+      </c>
+      <c r="Y70" t="n">
+        <v>472.82</v>
+      </c>
+      <c r="Z70" t="n">
+        <v>470.61</v>
+      </c>
+      <c r="AA70" t="n">
+        <v>465.5</v>
+      </c>
+      <c r="AB70" t="n">
+        <v>474.16</v>
+      </c>
+      <c r="AC70" t="n">
         <v>480.37</v>
       </c>
-      <c r="V70" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="AD70" t="n">
-        <v>479.64</v>
+        <v>486.84</v>
       </c>
       <c r="AE70" t="n">
-        <v>483.05</v>
+        <v>490.5</v>
       </c>
       <c r="AF70" t="n">
-        <v>485.77</v>
+        <v>493.5</v>
       </c>
       <c r="AG70" t="n">
-        <v>488.37</v>
+        <v>496.39</v>
       </c>
       <c r="AH70" t="n">
-        <v>488.95</v>
+        <v>497.18</v>
       </c>
       <c r="AI70" t="n">
-        <v>495.77</v>
+        <v>504.22</v>
       </c>
       <c r="AJ70" t="n">
-        <v>495.68</v>
+        <v>504.41</v>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="2" t="inlineStr">
+      <c r="A71" s="1" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="B71" t="n">
         <v>414.96</v>
       </c>
       <c r="C71" t="n">
         <v>419</v>
       </c>
       <c r="D71" t="n">
         <v>414</v>
       </c>
       <c r="E71" t="n">
         <v>423.98</v>
       </c>
       <c r="F71" t="n">
         <v>475.96</v>
       </c>
       <c r="G71" t="n">
         <v>431.76</v>
       </c>
       <c r="H71" t="n">
-        <v>455.93</v>
+        <v>456.05</v>
       </c>
       <c r="I71" t="n">
-        <v>445.23</v>
+        <v>446.13</v>
       </c>
       <c r="J71" t="n">
-        <v>463.46</v>
+        <v>464.73</v>
       </c>
       <c r="K71" t="n">
-        <v>478.96</v>
+        <v>480.6</v>
       </c>
       <c r="L71" t="n">
-        <v>455.59</v>
+        <v>457.08</v>
       </c>
       <c r="M71" t="n">
-        <v>448.11</v>
+        <v>450.14</v>
       </c>
       <c r="N71" t="n">
-        <v>439.43</v>
+        <v>442.72</v>
       </c>
       <c r="O71" t="n">
-        <v>448.7</v>
+        <v>452.35</v>
       </c>
       <c r="P71" t="n">
-        <v>433.24</v>
+        <v>436.93</v>
       </c>
       <c r="Q71" t="n">
-        <v>428.67</v>
+        <v>432.28</v>
       </c>
       <c r="R71" t="n">
-        <v>462.23</v>
+        <v>466.07</v>
       </c>
       <c r="S71" t="n">
-        <v>458.5</v>
+        <v>462.43</v>
       </c>
       <c r="T71" t="n">
-        <v>446.2</v>
+        <v>450.81</v>
       </c>
       <c r="U71" t="n">
-        <v>464.94</v>
+        <v>470.08</v>
       </c>
       <c r="V71" t="n">
-        <v>479.21</v>
+        <v>484.46</v>
       </c>
       <c r="W71" t="n">
-        <v>463.46</v>
+        <v>469.06</v>
       </c>
       <c r="X71" t="n">
-        <v>464.72</v>
+        <v>470.37</v>
       </c>
       <c r="Y71" t="n">
-        <v>459.23</v>
+        <v>465.07</v>
       </c>
       <c r="Z71" t="n">
-        <v>466.67</v>
+        <v>472.7</v>
       </c>
       <c r="AA71" t="n">
-        <v>464.62</v>
+        <v>470.92</v>
       </c>
       <c r="AB71" t="n">
-        <v>459.49</v>
+        <v>465.96</v>
       </c>
       <c r="AC71" t="n">
-        <v>467.93</v>
+        <v>474.7</v>
       </c>
       <c r="AD71" t="n">
-        <v>473.65</v>
+        <v>480.71</v>
       </c>
       <c r="AE71" t="n">
-        <v>479.67</v>
+        <v>486.88</v>
       </c>
       <c r="AF71" t="n">
-        <v>482.96</v>
+        <v>490.41</v>
       </c>
       <c r="AG71" t="n">
-        <v>485.59</v>
+        <v>493.33</v>
       </c>
       <c r="AH71" t="n">
-        <v>488.11</v>
+        <v>496.12</v>
       </c>
       <c r="AI71" t="n">
-        <v>488.89</v>
+        <v>497.12</v>
       </c>
       <c r="AJ71" t="n">
-        <v>495.34</v>
+        <v>503.79</v>
       </c>
     </row>
     <row r="72">
-      <c r="A72" s="2" t="inlineStr">
+      <c r="A72" s="1" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="B72" t="n">
         <v>400.96</v>
       </c>
       <c r="C72" t="n">
         <v>402.96</v>
       </c>
       <c r="D72" t="n">
         <v>421</v>
       </c>
       <c r="E72" t="n">
         <v>415</v>
       </c>
       <c r="F72" t="n">
         <v>420.98</v>
       </c>
       <c r="G72" t="n">
         <v>459.88</v>
       </c>
       <c r="H72" t="n">
-        <v>419.65</v>
+        <v>419.67</v>
       </c>
       <c r="I72" t="n">
-        <v>443.44</v>
+        <v>443.61</v>
       </c>
       <c r="J72" t="n">
-        <v>434</v>
+        <v>434.85</v>
       </c>
       <c r="K72" t="n">
-        <v>451.33</v>
+        <v>452.51</v>
       </c>
       <c r="L72" t="n">
-        <v>467.21</v>
+        <v>468.73</v>
       </c>
       <c r="M72" t="n">
-        <v>442.09</v>
+        <v>443.45</v>
       </c>
       <c r="N72" t="n">
-        <v>435.64</v>
+        <v>437.45</v>
       </c>
       <c r="O72" t="n">
-        <v>427.78</v>
+        <v>430.66</v>
       </c>
       <c r="P72" t="n">
-        <v>437.22</v>
+        <v>440.43</v>
       </c>
       <c r="Q72" t="n">
-        <v>422</v>
+        <v>425.28</v>
       </c>
       <c r="R72" t="n">
-        <v>417.75</v>
+        <v>420.96</v>
       </c>
       <c r="S72" t="n">
-        <v>448.73</v>
+        <v>452.16</v>
       </c>
       <c r="T72" t="n">
-        <v>445.42</v>
+        <v>448.93</v>
       </c>
       <c r="U72" t="n">
-        <v>433.47</v>
+        <v>437.54</v>
       </c>
       <c r="V72" t="n">
-        <v>451.48</v>
+        <v>456.01</v>
       </c>
       <c r="W72" t="n">
-        <v>465.07</v>
+        <v>469.7</v>
       </c>
       <c r="X72" t="n">
-        <v>449.52</v>
+        <v>454.49</v>
       </c>
       <c r="Y72" t="n">
-        <v>450.57</v>
+        <v>455.6</v>
       </c>
       <c r="Z72" t="n">
-        <v>445.13</v>
+        <v>450.34</v>
       </c>
       <c r="AA72" t="n">
-        <v>451.81</v>
+        <v>457.21</v>
       </c>
       <c r="AB72" t="n">
-        <v>449.6</v>
+        <v>455.25</v>
       </c>
       <c r="AC72" t="n">
-        <v>444.34</v>
+        <v>450.14</v>
       </c>
       <c r="AD72" t="n">
-        <v>452.46</v>
+        <v>458.54</v>
       </c>
       <c r="AE72" t="n">
-        <v>457.68</v>
+        <v>464.03</v>
       </c>
       <c r="AF72" t="n">
-        <v>463.3</v>
+        <v>469.8</v>
       </c>
       <c r="AG72" t="n">
-        <v>466.25</v>
+        <v>472.97</v>
       </c>
       <c r="AH72" t="n">
-        <v>468.53</v>
+        <v>475.52</v>
       </c>
       <c r="AI72" t="n">
-        <v>470.71</v>
+        <v>477.94</v>
       </c>
       <c r="AJ72" t="n">
-        <v>471.27</v>
+        <v>478.72</v>
       </c>
     </row>
     <row r="73">
-      <c r="A73" s="2" t="inlineStr">
+      <c r="A73" s="1" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="B73" t="n">
         <v>394.96</v>
       </c>
       <c r="C73" t="n">
         <v>394.96</v>
       </c>
       <c r="D73" t="n">
         <v>396.98</v>
       </c>
       <c r="E73" t="n">
         <v>409</v>
       </c>
       <c r="F73" t="n">
         <v>402</v>
       </c>
       <c r="G73" t="n">
-        <v>421.23</v>
+        <v>421.22</v>
       </c>
       <c r="H73" t="n">
-        <v>457.76</v>
+        <v>457.87</v>
       </c>
       <c r="I73" t="n">
-        <v>421.07</v>
+        <v>421.46</v>
       </c>
       <c r="J73" t="n">
-        <v>444.69</v>
+        <v>445.28</v>
       </c>
       <c r="K73" t="n">
-        <v>436.09</v>
+        <v>437.08</v>
       </c>
       <c r="L73" t="n">
-        <v>453.26</v>
+        <v>454.54</v>
       </c>
       <c r="M73" t="n">
-        <v>468.83</v>
+        <v>470.46</v>
       </c>
       <c r="N73" t="n">
-        <v>442.92</v>
+        <v>444.38</v>
       </c>
       <c r="O73" t="n">
-        <v>437.41</v>
+        <v>439.29</v>
       </c>
       <c r="P73" t="n">
-        <v>429.85</v>
+        <v>432.72</v>
       </c>
       <c r="Q73" t="n">
-        <v>438.69</v>
+        <v>441.91</v>
       </c>
       <c r="R73" t="n">
-        <v>423.54</v>
+        <v>426.84</v>
       </c>
       <c r="S73" t="n">
-        <v>419.8</v>
+        <v>423.07</v>
       </c>
       <c r="T73" t="n">
-        <v>448.67</v>
+        <v>452.15</v>
       </c>
       <c r="U73" t="n">
-        <v>445.57</v>
+        <v>449.15</v>
       </c>
       <c r="V73" t="n">
-        <v>434.19</v>
+        <v>438.28</v>
       </c>
       <c r="W73" t="n">
-        <v>451.18</v>
+        <v>455.7</v>
       </c>
       <c r="X73" t="n">
-        <v>464.31</v>
+        <v>468.94</v>
       </c>
       <c r="Y73" t="n">
-        <v>449.41</v>
+        <v>454.37</v>
       </c>
       <c r="Z73" t="n">
-        <v>450.34</v>
+        <v>455.38</v>
       </c>
       <c r="AA73" t="n">
-        <v>445.14</v>
+        <v>450.37</v>
       </c>
       <c r="AB73" t="n">
-        <v>451.23</v>
+        <v>456.65</v>
       </c>
       <c r="AC73" t="n">
-        <v>449.09</v>
+        <v>454.77</v>
       </c>
       <c r="AD73" t="n">
-        <v>444.14</v>
+        <v>449.98</v>
       </c>
       <c r="AE73" t="n">
-        <v>451.77</v>
+        <v>457.88</v>
       </c>
       <c r="AF73" t="n">
-        <v>456.57</v>
+        <v>462.94</v>
       </c>
       <c r="AG73" t="n">
-        <v>461.97</v>
+        <v>468.51</v>
       </c>
       <c r="AH73" t="n">
-        <v>464.79</v>
+        <v>471.55</v>
       </c>
       <c r="AI73" t="n">
-        <v>466.87</v>
+        <v>473.88</v>
       </c>
       <c r="AJ73" t="n">
-        <v>468.95</v>
+        <v>476.21</v>
       </c>
     </row>
     <row r="74">
-      <c r="A74" s="2" t="inlineStr">
+      <c r="A74" s="1" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="B74" t="n">
         <v>406.98</v>
       </c>
       <c r="C74" t="n">
         <v>389.96</v>
       </c>
       <c r="D74" t="n">
         <v>394.96</v>
       </c>
       <c r="E74" t="n">
         <v>390.98</v>
       </c>
       <c r="F74" t="n">
         <v>407</v>
       </c>
       <c r="G74" t="n">
         <v>400.6</v>
       </c>
       <c r="H74" t="n">
-        <v>415.9</v>
+        <v>416.02</v>
       </c>
       <c r="I74" t="n">
-        <v>452.23</v>
+        <v>453.37</v>
       </c>
       <c r="J74" t="n">
-        <v>418.95</v>
+        <v>420.54</v>
       </c>
       <c r="K74" t="n">
-        <v>441.68</v>
+        <v>442.7</v>
       </c>
       <c r="L74" t="n">
-        <v>431.96</v>
+        <v>433.16</v>
       </c>
       <c r="M74" t="n">
-        <v>451.74</v>
+        <v>453.35</v>
       </c>
       <c r="N74" t="n">
-        <v>463.92</v>
+        <v>465.85</v>
       </c>
       <c r="O74" t="n">
-        <v>439.54</v>
+        <v>441.3</v>
       </c>
       <c r="P74" t="n">
-        <v>435.05</v>
+        <v>437.23</v>
       </c>
       <c r="Q74" t="n">
-        <v>427.61</v>
+        <v>430.74</v>
       </c>
       <c r="R74" t="n">
-        <v>436.55</v>
+        <v>440</v>
       </c>
       <c r="S74" t="n">
-        <v>421.9</v>
+        <v>425.44</v>
       </c>
       <c r="T74" t="n">
-        <v>419.1</v>
+        <v>422.63</v>
       </c>
       <c r="U74" t="n">
-        <v>445.69</v>
+        <v>449.43</v>
       </c>
       <c r="V74" t="n">
-        <v>443.33</v>
+        <v>447.17</v>
       </c>
       <c r="W74" t="n">
-        <v>431.87</v>
+        <v>436.2</v>
       </c>
       <c r="X74" t="n">
-        <v>448.65</v>
+        <v>453.4</v>
       </c>
       <c r="Y74" t="n">
-        <v>460.98</v>
+        <v>465.84</v>
       </c>
       <c r="Z74" t="n">
-        <v>446.75</v>
+        <v>451.94</v>
       </c>
       <c r="AA74" t="n">
-        <v>447.82</v>
+        <v>453.09</v>
       </c>
       <c r="AB74" t="n">
-        <v>442.95</v>
+        <v>448.42</v>
       </c>
       <c r="AC74" t="n">
-        <v>448.96</v>
+        <v>454.6</v>
       </c>
       <c r="AD74" t="n">
-        <v>446.81</v>
+        <v>452.71</v>
       </c>
       <c r="AE74" t="n">
-        <v>442.16</v>
+        <v>448.23</v>
       </c>
       <c r="AF74" t="n">
-        <v>449.52</v>
+        <v>455.84</v>
       </c>
       <c r="AG74" t="n">
-        <v>454.08</v>
+        <v>460.67</v>
       </c>
       <c r="AH74" t="n">
-        <v>459.31</v>
+        <v>466.07</v>
       </c>
       <c r="AI74" t="n">
-        <v>462.27</v>
+        <v>469.24</v>
       </c>
       <c r="AJ74" t="n">
-        <v>464.25</v>
+        <v>471.47</v>
       </c>
     </row>
     <row r="75">
-      <c r="A75" s="2" t="inlineStr">
+      <c r="A75" s="1" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="B75" t="n">
         <v>408</v>
       </c>
       <c r="C75" t="n">
         <v>394.98</v>
       </c>
       <c r="D75" t="n">
         <v>381.96</v>
       </c>
       <c r="E75" t="n">
         <v>391.96</v>
       </c>
       <c r="F75" t="n">
         <v>382.98</v>
       </c>
       <c r="G75" t="n">
         <v>399.09</v>
       </c>
       <c r="H75" t="n">
-        <v>393.33</v>
+        <v>393.39</v>
       </c>
       <c r="I75" t="n">
-        <v>405.21</v>
+        <v>406.14</v>
       </c>
       <c r="J75" t="n">
-        <v>440.54</v>
+        <v>442.57</v>
       </c>
       <c r="K75" t="n">
-        <v>408.9</v>
+        <v>410.77</v>
       </c>
       <c r="L75" t="n">
-        <v>429.81</v>
+        <v>431.04</v>
       </c>
       <c r="M75" t="n">
-        <v>422.3</v>
+        <v>423.79</v>
       </c>
       <c r="N75" t="n">
-        <v>441.74</v>
+        <v>443.61</v>
       </c>
       <c r="O75" t="n">
-        <v>453.94</v>
+        <v>456.12</v>
       </c>
       <c r="P75" t="n">
-        <v>430.06</v>
+        <v>432.08</v>
       </c>
       <c r="Q75" t="n">
-        <v>426.86</v>
+        <v>429.26</v>
       </c>
       <c r="R75" t="n">
-        <v>419.71</v>
+        <v>423</v>
       </c>
       <c r="S75" t="n">
-        <v>428.85</v>
+        <v>432.45</v>
       </c>
       <c r="T75" t="n">
-        <v>414.85</v>
+        <v>418.54</v>
       </c>
       <c r="U75" t="n">
-        <v>412.83</v>
+        <v>416.52</v>
       </c>
       <c r="V75" t="n">
-        <v>437.66</v>
+        <v>441.55</v>
       </c>
       <c r="W75" t="n">
-        <v>436.04</v>
+        <v>440.04</v>
       </c>
       <c r="X75" t="n">
-        <v>424.23</v>
+        <v>428.68</v>
       </c>
       <c r="Y75" t="n">
-        <v>441.12</v>
+        <v>445.97</v>
       </c>
       <c r="Z75" t="n">
-        <v>452.9</v>
+        <v>457.87</v>
       </c>
       <c r="AA75" t="n">
-        <v>439.02</v>
+        <v>444.3</v>
       </c>
       <c r="AB75" t="n">
-        <v>440.41</v>
+        <v>445.77</v>
       </c>
       <c r="AC75" t="n">
-        <v>436.05</v>
+        <v>441.61</v>
       </c>
       <c r="AD75" t="n">
-        <v>441.79</v>
+        <v>447.52</v>
       </c>
       <c r="AE75" t="n">
-        <v>439.49</v>
+        <v>445.47</v>
       </c>
       <c r="AF75" t="n">
-        <v>435.09</v>
+        <v>441.23</v>
       </c>
       <c r="AG75" t="n">
-        <v>442.33</v>
+        <v>448.72</v>
       </c>
       <c r="AH75" t="n">
-        <v>446.87</v>
+        <v>453.52</v>
       </c>
       <c r="AI75" t="n">
-        <v>452.05</v>
+        <v>458.86</v>
       </c>
       <c r="AJ75" t="n">
-        <v>455.18</v>
+        <v>462.2</v>
       </c>
     </row>
     <row r="76">
-      <c r="A76" s="2" t="inlineStr">
+      <c r="A76" s="1" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="B76" t="n">
         <v>310</v>
       </c>
       <c r="C76" t="n">
         <v>393</v>
       </c>
       <c r="D76" t="n">
         <v>379.98</v>
       </c>
       <c r="E76" t="n">
         <v>381.96</v>
       </c>
       <c r="F76" t="n">
         <v>381.96</v>
       </c>
       <c r="G76" t="n">
         <v>374.22</v>
       </c>
       <c r="H76" t="n">
-        <v>388.21</v>
+        <v>388.28</v>
       </c>
       <c r="I76" t="n">
-        <v>384.71</v>
+        <v>384.89</v>
       </c>
       <c r="J76" t="n">
-        <v>396.01</v>
+        <v>397</v>
       </c>
       <c r="K76" t="n">
-        <v>427.13</v>
+        <v>429.1</v>
       </c>
       <c r="L76" t="n">
-        <v>396.8</v>
+        <v>398.51</v>
       </c>
       <c r="M76" t="n">
-        <v>418.46</v>
+        <v>419.68</v>
       </c>
       <c r="N76" t="n">
-        <v>412.06</v>
+        <v>413.51</v>
       </c>
       <c r="O76" t="n">
-        <v>430.12</v>
+        <v>431.95</v>
       </c>
       <c r="P76" t="n">
-        <v>443.2</v>
+        <v>445.31</v>
       </c>
       <c r="Q76" t="n">
-        <v>419.4</v>
+        <v>421.35</v>
       </c>
       <c r="R76" t="n">
-        <v>417.05</v>
+        <v>419.36</v>
       </c>
       <c r="S76" t="n">
-        <v>410.03</v>
+        <v>413.15</v>
       </c>
       <c r="T76" t="n">
-        <v>419.16</v>
+        <v>422.58</v>
       </c>
       <c r="U76" t="n">
-        <v>405.68</v>
+        <v>409.2</v>
       </c>
       <c r="V76" t="n">
-        <v>403.58</v>
+        <v>407.1</v>
       </c>
       <c r="W76" t="n">
-        <v>427.2</v>
+        <v>430.91</v>
       </c>
       <c r="X76" t="n">
-        <v>425.82</v>
+        <v>429.63</v>
       </c>
       <c r="Y76" t="n">
-        <v>414.27</v>
+        <v>418.5</v>
       </c>
       <c r="Z76" t="n">
-        <v>430.63</v>
+        <v>435.23</v>
       </c>
       <c r="AA76" t="n">
-        <v>441.99</v>
+        <v>446.71</v>
       </c>
       <c r="AB76" t="n">
-        <v>428.33</v>
+        <v>433.35</v>
       </c>
       <c r="AC76" t="n">
-        <v>429.81</v>
+        <v>434.91</v>
       </c>
       <c r="AD76" t="n">
-        <v>425.88</v>
+        <v>431.16</v>
       </c>
       <c r="AE76" t="n">
-        <v>430.99</v>
+        <v>436.44</v>
       </c>
       <c r="AF76" t="n">
-        <v>428.55</v>
+        <v>434.24</v>
       </c>
       <c r="AG76" t="n">
-        <v>424.26</v>
+        <v>430.11</v>
       </c>
       <c r="AH76" t="n">
-        <v>431.28</v>
+        <v>437.36</v>
       </c>
       <c r="AI76" t="n">
-        <v>435.68</v>
+        <v>442</v>
       </c>
       <c r="AJ76" t="n">
-        <v>440.66</v>
+        <v>447.14</v>
       </c>
     </row>
     <row r="77">
-      <c r="A77" s="2" t="inlineStr">
+      <c r="A77" s="1" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="B77" t="n">
         <v>280.98</v>
       </c>
       <c r="C77" t="n">
         <v>300</v>
       </c>
       <c r="D77" t="n">
         <v>383</v>
       </c>
       <c r="E77" t="n">
         <v>361.98</v>
       </c>
       <c r="F77" t="n">
         <v>380.96</v>
       </c>
       <c r="G77" t="n">
         <v>368.15</v>
       </c>
       <c r="H77" t="n">
-        <v>361.68</v>
+        <v>361.74</v>
       </c>
       <c r="I77" t="n">
-        <v>374.66</v>
+        <v>374.83</v>
       </c>
       <c r="J77" t="n">
-        <v>372.41</v>
+        <v>372.7</v>
       </c>
       <c r="K77" t="n">
-        <v>382.41</v>
+        <v>383.4</v>
       </c>
       <c r="L77" t="n">
-        <v>409.61</v>
+        <v>411.36</v>
       </c>
       <c r="M77" t="n">
-        <v>382.01</v>
+        <v>383.61</v>
       </c>
       <c r="N77" t="n">
-        <v>402.91</v>
+        <v>404.09</v>
       </c>
       <c r="O77" t="n">
-        <v>397.21</v>
+        <v>398.6</v>
       </c>
       <c r="P77" t="n">
-        <v>414.63</v>
+        <v>416.38</v>
       </c>
       <c r="Q77" t="n">
-        <v>427.21</v>
+        <v>429.22</v>
       </c>
       <c r="R77" t="n">
-        <v>404.47</v>
+        <v>406.33</v>
       </c>
       <c r="S77" t="n">
-        <v>402.86</v>
+        <v>405.05</v>
       </c>
       <c r="T77" t="n">
-        <v>395.73</v>
+        <v>398.66</v>
       </c>
       <c r="U77" t="n">
-        <v>404.62</v>
+        <v>407.81</v>
       </c>
       <c r="V77" t="n">
-        <v>391.8</v>
+        <v>395.09</v>
       </c>
       <c r="W77" t="n">
-        <v>389.94</v>
+        <v>393.23</v>
       </c>
       <c r="X77" t="n">
-        <v>412.01</v>
+        <v>415.49</v>
       </c>
       <c r="Y77" t="n">
-        <v>410.73</v>
+        <v>414.3</v>
       </c>
       <c r="Z77" t="n">
-        <v>399.64</v>
+        <v>403.59</v>
       </c>
       <c r="AA77" t="n">
-        <v>415.13</v>
+        <v>419.41</v>
       </c>
       <c r="AB77" t="n">
-        <v>426.13</v>
+        <v>430.52</v>
       </c>
       <c r="AC77" t="n">
-        <v>413.04</v>
+        <v>417.72</v>
       </c>
       <c r="AD77" t="n">
-        <v>414.49</v>
+        <v>419.24</v>
       </c>
       <c r="AE77" t="n">
-        <v>410.98</v>
+        <v>415.9</v>
       </c>
       <c r="AF77" t="n">
-        <v>415.4</v>
+        <v>420.48</v>
       </c>
       <c r="AG77" t="n">
-        <v>412.98</v>
+        <v>418.28</v>
       </c>
       <c r="AH77" t="n">
-        <v>408.95</v>
+        <v>414.4</v>
       </c>
       <c r="AI77" t="n">
-        <v>415.55</v>
+        <v>421.22</v>
       </c>
       <c r="AJ77" t="n">
-        <v>419.73</v>
+        <v>425.62</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="2" t="inlineStr">
+      <c r="A78" s="1" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="B78" t="n">
         <v>312</v>
       </c>
       <c r="C78" t="n">
         <v>272</v>
       </c>
       <c r="D78" t="n">
         <v>289</v>
       </c>
       <c r="E78" t="n">
         <v>374</v>
       </c>
       <c r="F78" t="n">
         <v>355.98</v>
       </c>
       <c r="G78" t="n">
         <v>390.53</v>
       </c>
       <c r="H78" t="n">
-        <v>377.42</v>
+        <v>377.53</v>
       </c>
       <c r="I78" t="n">
-        <v>371.66</v>
+        <v>372.81</v>
       </c>
       <c r="J78" t="n">
-        <v>385.15</v>
+        <v>386.61</v>
       </c>
       <c r="K78" t="n">
-        <v>383.95</v>
+        <v>384.72</v>
       </c>
       <c r="L78" t="n">
-        <v>392.6</v>
+        <v>393.98</v>
       </c>
       <c r="M78" t="n">
-        <v>418.74</v>
+        <v>420.81</v>
       </c>
       <c r="N78" t="n">
-        <v>392.32</v>
+        <v>394.28</v>
       </c>
       <c r="O78" t="n">
-        <v>412.11</v>
+        <v>413.7</v>
       </c>
       <c r="P78" t="n">
-        <v>406.86</v>
+        <v>408.66</v>
       </c>
       <c r="Q78" t="n">
-        <v>423.32</v>
+        <v>425.48</v>
       </c>
       <c r="R78" t="n">
-        <v>435.45</v>
+        <v>437.86</v>
       </c>
       <c r="S78" t="n">
-        <v>413.63</v>
+        <v>415.91</v>
       </c>
       <c r="T78" t="n">
-        <v>411.98</v>
+        <v>414.57</v>
       </c>
       <c r="U78" t="n">
-        <v>406.01</v>
+        <v>409.29</v>
       </c>
       <c r="V78" t="n">
-        <v>414.72</v>
+        <v>418.27</v>
       </c>
       <c r="W78" t="n">
-        <v>402</v>
+        <v>405.67</v>
       </c>
       <c r="X78" t="n">
-        <v>400.66</v>
+        <v>404.35</v>
       </c>
       <c r="Y78" t="n">
-        <v>421.79</v>
+        <v>425.66</v>
       </c>
       <c r="Z78" t="n">
-        <v>420.77</v>
+        <v>424.75</v>
       </c>
       <c r="AA78" t="n">
-        <v>411</v>
+        <v>415.33</v>
       </c>
       <c r="AB78" t="n">
-        <v>425.71</v>
+        <v>430.37</v>
       </c>
       <c r="AC78" t="n">
-        <v>436.11</v>
+        <v>440.89</v>
       </c>
       <c r="AD78" t="n">
-        <v>423.94</v>
+        <v>429</v>
       </c>
       <c r="AE78" t="n">
-        <v>425.5</v>
+        <v>430.65</v>
       </c>
       <c r="AF78" t="n">
-        <v>421.87</v>
+        <v>427.19</v>
       </c>
       <c r="AG78" t="n">
-        <v>426.33</v>
+        <v>431.82</v>
       </c>
       <c r="AH78" t="n">
-        <v>424.45</v>
+        <v>430.17</v>
       </c>
       <c r="AI78" t="n">
-        <v>420.7</v>
+        <v>426.57</v>
       </c>
       <c r="AJ78" t="n">
-        <v>427.32</v>
+        <v>433.4</v>
       </c>
     </row>
     <row r="79">
-      <c r="A79" s="2" t="inlineStr">
+      <c r="A79" s="1" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="B79" t="n">
         <v>261.96</v>
       </c>
       <c r="C79" t="n">
         <v>305</v>
       </c>
       <c r="D79" t="n">
         <v>266</v>
       </c>
       <c r="E79" t="n">
         <v>278</v>
       </c>
       <c r="F79" t="n">
         <v>359</v>
       </c>
       <c r="G79" t="n">
         <v>338.95</v>
       </c>
       <c r="H79" t="n">
-        <v>373.78</v>
+        <v>373.82</v>
       </c>
       <c r="I79" t="n">
-        <v>361.93</v>
+        <v>362.09</v>
       </c>
       <c r="J79" t="n">
-        <v>356.61</v>
+        <v>357.68</v>
       </c>
       <c r="K79" t="n">
-        <v>369.96</v>
+        <v>371.31</v>
       </c>
       <c r="L79" t="n">
-        <v>368.53</v>
+        <v>369.28</v>
       </c>
       <c r="M79" t="n">
-        <v>376.12</v>
+        <v>377.42</v>
       </c>
       <c r="N79" t="n">
-        <v>399.71</v>
+        <v>401.6</v>
       </c>
       <c r="O79" t="n">
-        <v>376.02</v>
+        <v>377.82</v>
       </c>
       <c r="P79" t="n">
-        <v>394.66</v>
+        <v>396.15</v>
       </c>
       <c r="Q79" t="n">
-        <v>389.42</v>
+        <v>391.1</v>
       </c>
       <c r="R79" t="n">
-        <v>405.7</v>
+        <v>407.72</v>
       </c>
       <c r="S79" t="n">
-        <v>416.64</v>
+        <v>418.89</v>
       </c>
       <c r="T79" t="n">
-        <v>396.41</v>
+        <v>398.52</v>
       </c>
       <c r="U79" t="n">
-        <v>394.71</v>
+        <v>397.1</v>
       </c>
       <c r="V79" t="n">
-        <v>389.39</v>
+        <v>392.41</v>
       </c>
       <c r="W79" t="n">
-        <v>397.95</v>
+        <v>401.22</v>
       </c>
       <c r="X79" t="n">
-        <v>385.11</v>
+        <v>388.48</v>
       </c>
       <c r="Y79" t="n">
-        <v>384.31</v>
+        <v>387.71</v>
       </c>
       <c r="Z79" t="n">
-        <v>404.17</v>
+        <v>407.74</v>
       </c>
       <c r="AA79" t="n">
-        <v>403.3</v>
+        <v>406.97</v>
       </c>
       <c r="AB79" t="n">
-        <v>394.59</v>
+        <v>398.57</v>
       </c>
       <c r="AC79" t="n">
-        <v>408.35</v>
+        <v>412.62</v>
       </c>
       <c r="AD79" t="n">
-        <v>418.18</v>
+        <v>422.56</v>
       </c>
       <c r="AE79" t="n">
-        <v>406.81</v>
+        <v>411.47</v>
       </c>
       <c r="AF79" t="n">
-        <v>408.35</v>
+        <v>413.09</v>
       </c>
       <c r="AG79" t="n">
-        <v>404.64</v>
+        <v>409.54</v>
       </c>
       <c r="AH79" t="n">
-        <v>408.88</v>
+        <v>413.93</v>
       </c>
       <c r="AI79" t="n">
-        <v>407.39</v>
+        <v>412.65</v>
       </c>
       <c r="AJ79" t="n">
-        <v>403.91</v>
+        <v>409.31</v>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="2" t="inlineStr">
+      <c r="A80" s="1" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="B80" t="n">
         <v>274.98</v>
       </c>
       <c r="C80" t="n">
         <v>252.94</v>
       </c>
       <c r="D80" t="n">
         <v>309</v>
       </c>
       <c r="E80" t="n">
         <v>251</v>
       </c>
       <c r="F80" t="n">
         <v>280</v>
       </c>
       <c r="G80" t="n">
         <v>357.65</v>
       </c>
       <c r="H80" t="n">
-        <v>338.05</v>
+        <v>338.17</v>
       </c>
       <c r="I80" t="n">
-        <v>373.29</v>
+        <v>373.66</v>
       </c>
       <c r="J80" t="n">
-        <v>363.55</v>
+        <v>364.09</v>
       </c>
       <c r="K80" t="n">
-        <v>358.11</v>
+        <v>359.27</v>
       </c>
       <c r="L80" t="n">
-        <v>369.32</v>
+        <v>370.52</v>
       </c>
       <c r="M80" t="n">
-        <v>370.2</v>
+        <v>371.05</v>
       </c>
       <c r="N80" t="n">
-        <v>374.66</v>
+        <v>376</v>
       </c>
       <c r="O80" t="n">
-        <v>396.71</v>
+        <v>398.57</v>
       </c>
       <c r="P80" t="n">
-        <v>375.25</v>
+        <v>377.06</v>
       </c>
       <c r="Q80" t="n">
-        <v>392.45</v>
+        <v>394.02</v>
       </c>
       <c r="R80" t="n">
-        <v>386.94</v>
+        <v>388.7</v>
       </c>
       <c r="S80" t="n">
-        <v>402.96</v>
+        <v>405.06</v>
       </c>
       <c r="T80" t="n">
-        <v>412.82</v>
+        <v>415.14</v>
       </c>
       <c r="U80" t="n">
-        <v>393.74</v>
+        <v>395.92</v>
       </c>
       <c r="V80" t="n">
-        <v>391.87</v>
+        <v>394.32</v>
       </c>
       <c r="W80" t="n">
-        <v>387.04</v>
+        <v>390.07</v>
       </c>
       <c r="X80" t="n">
-        <v>395.32</v>
+        <v>398.6</v>
       </c>
       <c r="Y80" t="n">
-        <v>382.41</v>
+        <v>385.79</v>
       </c>
       <c r="Z80" t="n">
-        <v>381.94</v>
+        <v>385.36</v>
       </c>
       <c r="AA80" t="n">
-        <v>400.62</v>
+        <v>404.22</v>
       </c>
       <c r="AB80" t="n">
-        <v>399.76</v>
+        <v>403.45</v>
       </c>
       <c r="AC80" t="n">
-        <v>391.82</v>
+        <v>395.81</v>
       </c>
       <c r="AD80" t="n">
-        <v>404.72</v>
+        <v>408.99</v>
       </c>
       <c r="AE80" t="n">
-        <v>413.93</v>
+        <v>418.31</v>
       </c>
       <c r="AF80" t="n">
-        <v>403.18</v>
+        <v>407.84</v>
       </c>
       <c r="AG80" t="n">
-        <v>404.6</v>
+        <v>409.34</v>
       </c>
       <c r="AH80" t="n">
-        <v>400.75</v>
+        <v>405.65</v>
       </c>
       <c r="AI80" t="n">
-        <v>404.78</v>
+        <v>409.83</v>
       </c>
       <c r="AJ80" t="n">
-        <v>403.51</v>
+        <v>408.78</v>
       </c>
     </row>
     <row r="81">
-      <c r="A81" s="2" t="inlineStr">
+      <c r="A81" s="1" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="B81" t="n">
         <v>245.87</v>
       </c>
       <c r="C81" t="n">
         <v>268.98</v>
       </c>
       <c r="D81" t="n">
         <v>251.94</v>
       </c>
       <c r="E81" t="n">
         <v>307</v>
       </c>
       <c r="F81" t="n">
         <v>248</v>
       </c>
       <c r="G81" t="n">
-        <v>278.33</v>
+        <v>278.32</v>
       </c>
       <c r="H81" t="n">
-        <v>353.15</v>
+        <v>353.23</v>
       </c>
       <c r="I81" t="n">
-        <v>334.64</v>
+        <v>335.51</v>
       </c>
       <c r="J81" t="n">
-        <v>368.46</v>
+        <v>369.72</v>
       </c>
       <c r="K81" t="n">
-        <v>360.52</v>
+        <v>361.33</v>
       </c>
       <c r="L81" t="n">
-        <v>355.33</v>
+        <v>356.64</v>
       </c>
       <c r="M81" t="n">
-        <v>367.69</v>
+        <v>369.06</v>
       </c>
       <c r="N81" t="n">
-        <v>365.85</v>
+        <v>366.93</v>
       </c>
       <c r="O81" t="n">
-        <v>370.25</v>
+        <v>371.76</v>
       </c>
       <c r="P81" t="n">
-        <v>391.12</v>
+        <v>393.11</v>
       </c>
       <c r="Q81" t="n">
-        <v>370.58</v>
+        <v>372.56</v>
       </c>
       <c r="R81" t="n">
-        <v>387.43</v>
+        <v>389.22</v>
       </c>
       <c r="S81" t="n">
-        <v>381.67</v>
+        <v>383.64</v>
       </c>
       <c r="T81" t="n">
-        <v>397.4</v>
+        <v>399.71</v>
       </c>
       <c r="U81" t="n">
-        <v>406.33</v>
+        <v>408.85</v>
       </c>
       <c r="V81" t="n">
-        <v>388.6</v>
+        <v>390.98</v>
       </c>
       <c r="W81" t="n">
-        <v>386.66</v>
+        <v>389.3</v>
       </c>
       <c r="X81" t="n">
-        <v>382.32</v>
+        <v>385.51</v>
       </c>
       <c r="Y81" t="n">
-        <v>390.4</v>
+        <v>393.81</v>
       </c>
       <c r="Z81" t="n">
-        <v>377.77</v>
+        <v>381.3</v>
       </c>
       <c r="AA81" t="n">
-        <v>377.43</v>
+        <v>381.01</v>
       </c>
       <c r="AB81" t="n">
-        <v>395.07</v>
+        <v>398.82</v>
       </c>
       <c r="AC81" t="n">
-        <v>394.29</v>
+        <v>398.14</v>
       </c>
       <c r="AD81" t="n">
-        <v>387.15</v>
+        <v>391.27</v>
       </c>
       <c r="AE81" t="n">
-        <v>399.37</v>
+        <v>403.77</v>
       </c>
       <c r="AF81" t="n">
-        <v>408.14</v>
+        <v>412.65</v>
       </c>
       <c r="AG81" t="n">
-        <v>398.01</v>
+        <v>402.79</v>
       </c>
       <c r="AH81" t="n">
-        <v>399.36</v>
+        <v>404.23</v>
       </c>
       <c r="AI81" t="n">
-        <v>395.54</v>
+        <v>400.57</v>
       </c>
       <c r="AJ81" t="n">
-        <v>399.56</v>
+        <v>404.74</v>
       </c>
     </row>
     <row r="82">
-      <c r="A82" s="2" t="inlineStr">
+      <c r="A82" s="1" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B82" t="n">
         <v>224.96</v>
       </c>
       <c r="C82" t="n">
         <v>237.9</v>
       </c>
       <c r="D82" t="n">
         <v>264.98</v>
       </c>
       <c r="E82" t="n">
         <v>244.96</v>
       </c>
       <c r="F82" t="n">
         <v>301</v>
       </c>
       <c r="G82" t="n">
         <v>239.29</v>
       </c>
       <c r="H82" t="n">
-        <v>268.03</v>
+        <v>268.06</v>
       </c>
       <c r="I82" t="n">
-        <v>339.13</v>
+        <v>339.24</v>
       </c>
       <c r="J82" t="n">
-        <v>321.39</v>
+        <v>322.21</v>
       </c>
       <c r="K82" t="n">
-        <v>352.22</v>
+        <v>353.38</v>
       </c>
       <c r="L82" t="n">
-        <v>345.52</v>
+        <v>346.29</v>
       </c>
       <c r="M82" t="n">
-        <v>340.92</v>
+        <v>342.12</v>
       </c>
       <c r="N82" t="n">
-        <v>352.6</v>
+        <v>353.85</v>
       </c>
       <c r="O82" t="n">
-        <v>350.97</v>
+        <v>351.99</v>
       </c>
       <c r="P82" t="n">
-        <v>354.77</v>
+        <v>356.18</v>
       </c>
       <c r="Q82" t="n">
-        <v>374.2</v>
+        <v>376.03</v>
       </c>
       <c r="R82" t="n">
-        <v>354.95</v>
+        <v>356.78</v>
       </c>
       <c r="S82" t="n">
-        <v>371.48</v>
+        <v>373.16</v>
       </c>
       <c r="T82" t="n">
-        <v>365.86</v>
+        <v>367.7</v>
       </c>
       <c r="U82" t="n">
-        <v>380.85</v>
+        <v>383</v>
       </c>
       <c r="V82" t="n">
-        <v>389.27</v>
+        <v>391.62</v>
       </c>
       <c r="W82" t="n">
-        <v>372.46</v>
+        <v>374.67</v>
       </c>
       <c r="X82" t="n">
-        <v>370.61</v>
+        <v>373.06</v>
       </c>
       <c r="Y82" t="n">
-        <v>366.68</v>
+        <v>369.63</v>
       </c>
       <c r="Z82" t="n">
-        <v>374.44</v>
+        <v>377.61</v>
       </c>
       <c r="AA82" t="n">
-        <v>362.37</v>
+        <v>365.65</v>
       </c>
       <c r="AB82" t="n">
-        <v>361.94</v>
+        <v>365.27</v>
       </c>
       <c r="AC82" t="n">
-        <v>378.49</v>
+        <v>381.98</v>
       </c>
       <c r="AD82" t="n">
-        <v>377.79</v>
+        <v>381.38</v>
       </c>
       <c r="AE82" t="n">
-        <v>371.16</v>
+        <v>375</v>
       </c>
       <c r="AF82" t="n">
-        <v>382.8</v>
+        <v>386.88</v>
       </c>
       <c r="AG82" t="n">
-        <v>391.08</v>
+        <v>395.27</v>
       </c>
       <c r="AH82" t="n">
-        <v>381.4</v>
+        <v>385.85</v>
       </c>
       <c r="AI82" t="n">
-        <v>382.65</v>
+        <v>387.19</v>
       </c>
       <c r="AJ82" t="n">
-        <v>378.93</v>
+        <v>383.62</v>
       </c>
     </row>
     <row r="83">
-      <c r="A83" s="2" t="inlineStr">
+      <c r="A83" s="1" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="B83" t="n">
         <v>218</v>
       </c>
       <c r="C83" t="n">
         <v>211.96</v>
       </c>
       <c r="D83" t="n">
         <v>223.94</v>
       </c>
       <c r="E83" t="n">
         <v>258.98</v>
       </c>
       <c r="F83" t="n">
         <v>234.96</v>
       </c>
       <c r="G83" t="n">
         <v>286.84</v>
       </c>
       <c r="H83" t="n">
-        <v>229.33</v>
+        <v>229.35</v>
       </c>
       <c r="I83" t="n">
-        <v>256.22</v>
+        <v>256.3</v>
       </c>
       <c r="J83" t="n">
-        <v>324.9</v>
+        <v>325.06</v>
       </c>
       <c r="K83" t="n">
-        <v>307.04</v>
+        <v>307.82</v>
       </c>
       <c r="L83" t="n">
-        <v>334.55</v>
+        <v>335.53</v>
       </c>
       <c r="M83" t="n">
-        <v>329.93</v>
+        <v>330.66</v>
       </c>
       <c r="N83" t="n">
-        <v>325.4</v>
+        <v>326.51</v>
       </c>
       <c r="O83" t="n">
-        <v>336.67</v>
+        <v>337.81</v>
       </c>
       <c r="P83" t="n">
-        <v>335.24</v>
+        <v>336.2</v>
       </c>
       <c r="Q83" t="n">
-        <v>338.19</v>
+        <v>339.5</v>
       </c>
       <c r="R83" t="n">
-        <v>356.63</v>
+        <v>358.3</v>
       </c>
       <c r="S83" t="n">
-        <v>338.42</v>
+        <v>340.11</v>
       </c>
       <c r="T83" t="n">
-        <v>354.34</v>
+        <v>355.91</v>
       </c>
       <c r="U83" t="n">
-        <v>348.97</v>
+        <v>350.69</v>
       </c>
       <c r="V83" t="n">
-        <v>363.28</v>
+        <v>365.29</v>
       </c>
       <c r="W83" t="n">
-        <v>371.23</v>
+        <v>373.43</v>
       </c>
       <c r="X83" t="n">
-        <v>355</v>
+        <v>357.06</v>
       </c>
       <c r="Y83" t="n">
-        <v>353.32</v>
+        <v>355.6</v>
       </c>
       <c r="Z83" t="n">
-        <v>349.67</v>
+        <v>352.41</v>
       </c>
       <c r="AA83" t="n">
-        <v>357.06</v>
+        <v>360.01</v>
       </c>
       <c r="AB83" t="n">
-        <v>345.6</v>
+        <v>348.66</v>
       </c>
       <c r="AC83" t="n">
-        <v>345.2</v>
+        <v>348.31</v>
       </c>
       <c r="AD83" t="n">
-        <v>360.66</v>
+        <v>363.91</v>
       </c>
       <c r="AE83" t="n">
-        <v>360.03</v>
+        <v>363.38</v>
       </c>
       <c r="AF83" t="n">
-        <v>353.59</v>
+        <v>357.16</v>
       </c>
       <c r="AG83" t="n">
-        <v>364.75</v>
+        <v>368.55</v>
       </c>
       <c r="AH83" t="n">
-        <v>372.49</v>
+        <v>376.4</v>
       </c>
       <c r="AI83" t="n">
-        <v>363.21</v>
+        <v>367.36</v>
       </c>
       <c r="AJ83" t="n">
-        <v>364.37</v>
+        <v>368.61</v>
       </c>
     </row>
     <row r="84">
-      <c r="A84" s="2" t="inlineStr">
+      <c r="A84" s="1" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="B84" t="n">
         <v>210.98</v>
       </c>
       <c r="C84" t="n">
         <v>207</v>
       </c>
       <c r="D84" t="n">
         <v>201.96</v>
       </c>
       <c r="E84" t="n">
         <v>216.96</v>
       </c>
       <c r="F84" t="n">
         <v>250.98</v>
       </c>
       <c r="G84" t="n">
         <v>219.39</v>
       </c>
       <c r="H84" t="n">
         <v>268.5</v>
       </c>
       <c r="I84" t="n">
-        <v>215.78</v>
+        <v>215.8</v>
       </c>
       <c r="J84" t="n">
-        <v>241.05</v>
+        <v>241.12</v>
       </c>
       <c r="K84" t="n">
-        <v>306.82</v>
+        <v>306.96</v>
       </c>
       <c r="L84" t="n">
-        <v>289.15</v>
+        <v>289.84</v>
       </c>
       <c r="M84" t="n">
-        <v>313.73</v>
+        <v>314.6</v>
       </c>
       <c r="N84" t="n">
-        <v>310.67</v>
+        <v>311.34</v>
       </c>
       <c r="O84" t="n">
-        <v>306.44</v>
+        <v>307.43</v>
       </c>
       <c r="P84" t="n">
-        <v>317.12</v>
+        <v>318.13</v>
       </c>
       <c r="Q84" t="n">
-        <v>315.69</v>
+        <v>316.56</v>
       </c>
       <c r="R84" t="n">
-        <v>317.88</v>
+        <v>319.06</v>
       </c>
       <c r="S84" t="n">
-        <v>335.51</v>
+        <v>337.01</v>
       </c>
       <c r="T84" t="n">
-        <v>318.13</v>
+        <v>319.65</v>
       </c>
       <c r="U84" t="n">
-        <v>333.71</v>
+        <v>335.14</v>
       </c>
       <c r="V84" t="n">
-        <v>328.33</v>
+        <v>329.9</v>
       </c>
       <c r="W84" t="n">
-        <v>342.14</v>
+        <v>343.98</v>
       </c>
       <c r="X84" t="n">
-        <v>349.56</v>
+        <v>351.58</v>
       </c>
       <c r="Y84" t="n">
-        <v>333.96</v>
+        <v>335.85</v>
       </c>
       <c r="Z84" t="n">
-        <v>332.43</v>
+        <v>334.52</v>
       </c>
       <c r="AA84" t="n">
-        <v>329.01</v>
+        <v>331.51</v>
       </c>
       <c r="AB84" t="n">
-        <v>336.06</v>
+        <v>338.75</v>
       </c>
       <c r="AC84" t="n">
-        <v>325.17</v>
+        <v>327.97</v>
       </c>
       <c r="AD84" t="n">
-        <v>324.78</v>
+        <v>327.63</v>
       </c>
       <c r="AE84" t="n">
-        <v>339.13</v>
+        <v>342.12</v>
       </c>
       <c r="AF84" t="n">
-        <v>338.54</v>
+        <v>341.62</v>
       </c>
       <c r="AG84" t="n">
-        <v>332.25</v>
+        <v>335.53</v>
       </c>
       <c r="AH84" t="n">
-        <v>342.98</v>
+        <v>346.47</v>
       </c>
       <c r="AI84" t="n">
-        <v>350.18</v>
+        <v>353.77</v>
       </c>
       <c r="AJ84" t="n">
-        <v>341.27</v>
+        <v>345.09</v>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="2" t="inlineStr">
+      <c r="A85" s="1" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="B85" t="n">
         <v>229</v>
       </c>
       <c r="C85" t="n">
         <v>200</v>
       </c>
       <c r="D85" t="n">
         <v>203</v>
       </c>
       <c r="E85" t="n">
         <v>190.96</v>
       </c>
       <c r="F85" t="n">
         <v>207.96</v>
       </c>
       <c r="G85" t="n">
         <v>238.36</v>
       </c>
       <c r="H85" t="n">
-        <v>210.44</v>
+        <v>210.48</v>
       </c>
       <c r="I85" t="n">
-        <v>257.61</v>
+        <v>257.81</v>
       </c>
       <c r="J85" t="n">
-        <v>210.58</v>
+        <v>210.84</v>
       </c>
       <c r="K85" t="n">
-        <v>233.35</v>
+        <v>233.49</v>
       </c>
       <c r="L85" t="n">
-        <v>296.55</v>
+        <v>296.73</v>
       </c>
       <c r="M85" t="n">
-        <v>280.34</v>
+        <v>281</v>
       </c>
       <c r="N85" t="n">
-        <v>299.96</v>
+        <v>300.76</v>
       </c>
       <c r="O85" t="n">
-        <v>298.84</v>
+        <v>299.51</v>
       </c>
       <c r="P85" t="n">
-        <v>294.91</v>
+        <v>295.86</v>
       </c>
       <c r="Q85" t="n">
-        <v>304.51</v>
+        <v>305.49</v>
       </c>
       <c r="R85" t="n">
-        <v>302.67</v>
+        <v>303.58</v>
       </c>
       <c r="S85" t="n">
-        <v>304.55</v>
+        <v>305.73</v>
       </c>
       <c r="T85" t="n">
-        <v>320.87</v>
+        <v>322.31</v>
       </c>
       <c r="U85" t="n">
-        <v>304.19</v>
+        <v>305.68</v>
       </c>
       <c r="V85" t="n">
-        <v>319.42</v>
+        <v>320.86</v>
       </c>
       <c r="W85" t="n">
-        <v>313.98</v>
+        <v>315.55</v>
       </c>
       <c r="X85" t="n">
-        <v>327.21</v>
+        <v>329.04</v>
       </c>
       <c r="Y85" t="n">
-        <v>333.7</v>
+        <v>335.7</v>
       </c>
       <c r="Z85" t="n">
-        <v>319.11</v>
+        <v>320.98</v>
       </c>
       <c r="AA85" t="n">
-        <v>317.56</v>
+        <v>319.62</v>
       </c>
       <c r="AB85" t="n">
-        <v>314.19</v>
+        <v>316.62</v>
       </c>
       <c r="AC85" t="n">
-        <v>320.8</v>
+        <v>323.41</v>
       </c>
       <c r="AD85" t="n">
-        <v>310.33</v>
+        <v>313.06</v>
       </c>
       <c r="AE85" t="n">
-        <v>309.79</v>
+        <v>312.58</v>
       </c>
       <c r="AF85" t="n">
-        <v>323</v>
+        <v>325.92</v>
       </c>
       <c r="AG85" t="n">
-        <v>322.32</v>
+        <v>325.33</v>
       </c>
       <c r="AH85" t="n">
-        <v>316.3</v>
+        <v>319.49</v>
       </c>
       <c r="AI85" t="n">
-        <v>326.35</v>
+        <v>329.74</v>
       </c>
       <c r="AJ85" t="n">
-        <v>333.07</v>
+        <v>336.56</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="2" t="inlineStr">
+      <c r="A86" s="1" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="B86" t="n">
         <v>211</v>
       </c>
       <c r="C86" t="n">
         <v>219</v>
       </c>
       <c r="D86" t="n">
         <v>192</v>
       </c>
       <c r="E86" t="n">
         <v>195</v>
       </c>
       <c r="F86" t="n">
         <v>187.96</v>
       </c>
       <c r="G86" t="n">
         <v>195.27</v>
       </c>
       <c r="H86" t="n">
-        <v>222.91</v>
+        <v>222.96</v>
       </c>
       <c r="I86" t="n">
-        <v>198.74</v>
+        <v>198.93</v>
       </c>
       <c r="J86" t="n">
-        <v>242.25</v>
+        <v>242.61</v>
       </c>
       <c r="K86" t="n">
-        <v>200.77</v>
+        <v>201.07</v>
       </c>
       <c r="L86" t="n">
-        <v>219.68</v>
+        <v>219.85</v>
       </c>
       <c r="M86" t="n">
-        <v>278.35</v>
+        <v>278.58</v>
       </c>
       <c r="N86" t="n">
-        <v>262.01</v>
+        <v>262.64</v>
       </c>
       <c r="O86" t="n">
-        <v>280.32</v>
+        <v>281.06</v>
       </c>
       <c r="P86" t="n">
-        <v>279.71</v>
+        <v>280.38</v>
       </c>
       <c r="Q86" t="n">
-        <v>275.97</v>
+        <v>276.87</v>
       </c>
       <c r="R86" t="n">
-        <v>284.31</v>
+        <v>285.23</v>
       </c>
       <c r="S86" t="n">
-        <v>282.98</v>
+        <v>283.88</v>
       </c>
       <c r="T86" t="n">
-        <v>284.5</v>
+        <v>285.63</v>
       </c>
       <c r="U86" t="n">
-        <v>298.47</v>
+        <v>299.81</v>
       </c>
       <c r="V86" t="n">
-        <v>283.45</v>
+        <v>284.85</v>
       </c>
       <c r="W86" t="n">
-        <v>297.54</v>
+        <v>298.9</v>
       </c>
       <c r="X86" t="n">
-        <v>292.58</v>
+        <v>294.06</v>
       </c>
       <c r="Y86" t="n">
-        <v>304.56</v>
+        <v>306.3</v>
       </c>
       <c r="Z86" t="n">
-        <v>310.3</v>
+        <v>312.18</v>
       </c>
       <c r="AA86" t="n">
-        <v>297.19</v>
+        <v>298.95</v>
       </c>
       <c r="AB86" t="n">
-        <v>295.74</v>
+        <v>297.66</v>
       </c>
       <c r="AC86" t="n">
-        <v>292.73</v>
+        <v>294.98</v>
       </c>
       <c r="AD86" t="n">
-        <v>298.72</v>
+        <v>301.15</v>
       </c>
       <c r="AE86" t="n">
-        <v>289.01</v>
+        <v>291.54</v>
       </c>
       <c r="AF86" t="n">
-        <v>288.26</v>
+        <v>290.84</v>
       </c>
       <c r="AG86" t="n">
-        <v>300.16</v>
+        <v>302.87</v>
       </c>
       <c r="AH86" t="n">
-        <v>299.49</v>
+        <v>302.28</v>
       </c>
       <c r="AI86" t="n">
-        <v>294.39</v>
+        <v>297.34</v>
       </c>
       <c r="AJ86" t="n">
-        <v>303.38</v>
+        <v>306.5</v>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="2" t="inlineStr">
+      <c r="A87" s="1" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="B87" t="n">
         <v>1310.9</v>
       </c>
       <c r="C87" t="n">
         <v>1307.94</v>
       </c>
       <c r="D87" t="n">
         <v>1351.94</v>
       </c>
       <c r="E87" t="n">
         <v>1348.98</v>
       </c>
       <c r="F87" t="n">
         <v>1373.98</v>
       </c>
       <c r="G87" t="n">
         <v>1430.57</v>
       </c>
       <c r="H87" t="n">
-        <v>1488.29</v>
+        <v>1488.58</v>
       </c>
       <c r="I87" t="n">
-        <v>1565.83</v>
+        <v>1568.6</v>
       </c>
       <c r="J87" t="n">
-        <v>1616.58</v>
+        <v>1621.91</v>
       </c>
       <c r="K87" t="n">
-        <v>1700.79</v>
+        <v>1706.42</v>
       </c>
       <c r="L87" t="n">
-        <v>1739.73</v>
+        <v>1745.5</v>
       </c>
       <c r="M87" t="n">
-        <v>1793.35</v>
+        <v>1799.19</v>
       </c>
       <c r="N87" t="n">
-        <v>1890.02</v>
+        <v>1895.97</v>
       </c>
       <c r="O87" t="n">
-        <v>1961.93</v>
+        <v>1968.32</v>
       </c>
       <c r="P87" t="n">
-        <v>2043.72</v>
+        <v>2050.61</v>
       </c>
       <c r="Q87" t="n">
-        <v>2116.48</v>
+        <v>2123.8</v>
       </c>
       <c r="R87" t="n">
-        <v>2178.78</v>
+        <v>2186.68</v>
       </c>
       <c r="S87" t="n">
-        <v>2242.64</v>
+        <v>2251.08</v>
       </c>
       <c r="T87" t="n">
-        <v>2299.34</v>
+        <v>2308.26</v>
       </c>
       <c r="U87" t="n">
-        <v>2351.79</v>
+        <v>2361.33</v>
       </c>
       <c r="V87" t="n">
-        <v>2411.3</v>
+        <v>2421.57</v>
       </c>
       <c r="W87" t="n">
-        <v>2451.86</v>
+        <v>2462.83</v>
       </c>
       <c r="X87" t="n">
-        <v>2501.27</v>
+        <v>2512.85</v>
       </c>
       <c r="Y87" t="n">
-        <v>2541.5</v>
+        <v>2553.72</v>
       </c>
       <c r="Z87" t="n">
-        <v>2588.81</v>
+        <v>2601.83</v>
       </c>
       <c r="AA87" t="n">
-        <v>2636.49</v>
+        <v>2650.35</v>
       </c>
       <c r="AB87" t="n">
-        <v>2668.17</v>
+        <v>2682.67</v>
       </c>
       <c r="AC87" t="n">
-        <v>2695.82</v>
+        <v>2711.02</v>
       </c>
       <c r="AD87" t="n">
-        <v>2718.85</v>
+        <v>2734.95</v>
       </c>
       <c r="AE87" t="n">
-        <v>2745.7</v>
+        <v>2762.74</v>
       </c>
       <c r="AF87" t="n">
-        <v>2761.79</v>
+        <v>2779.76</v>
       </c>
       <c r="AG87" t="n">
-        <v>2776.37</v>
+        <v>2795.2</v>
       </c>
       <c r="AH87" t="n">
-        <v>2800.64</v>
+        <v>2820.35</v>
       </c>
       <c r="AI87" t="n">
-        <v>2822.4</v>
+        <v>2842.96</v>
       </c>
       <c r="AJ87" t="n">
-        <v>2838.41</v>
+        <v>2859.85</v>
       </c>
     </row>
     <row r="88">
-      <c r="A88" s="2" t="inlineStr">
+      <c r="A88" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B88" t="n">
         <v>48449.36</v>
       </c>
       <c r="C88" t="n">
         <v>46953.72</v>
       </c>
       <c r="D88" t="n">
         <v>46950.68</v>
       </c>
       <c r="E88" t="n">
         <v>47953.59</v>
       </c>
       <c r="F88" t="n">
         <v>48960.61</v>
       </c>
       <c r="G88" t="n">
-        <v>49484.3</v>
+        <v>49484.01</v>
       </c>
       <c r="H88" t="n">
-        <v>49975.11</v>
+        <v>50002.63</v>
       </c>
       <c r="I88" t="n">
-        <v>50601.01</v>
+        <v>50950.57</v>
       </c>
       <c r="J88" t="n">
-        <v>51562.52</v>
+        <v>52231.94</v>
       </c>
       <c r="K88" t="n">
-        <v>52350.14</v>
+        <v>53041.65</v>
       </c>
       <c r="L88" t="n">
-        <v>52653.04</v>
+        <v>53321.57</v>
       </c>
       <c r="M88" t="n">
-        <v>53550.78</v>
+        <v>54238.86</v>
       </c>
       <c r="N88" t="n">
-        <v>53883.19</v>
+        <v>54590.17</v>
       </c>
       <c r="O88" t="n">
-        <v>54319.44</v>
+        <v>55045.69</v>
       </c>
       <c r="P88" t="n">
-        <v>54791.22</v>
+        <v>55542.24</v>
       </c>
       <c r="Q88" t="n">
-        <v>55140.17</v>
+        <v>55919.38</v>
       </c>
       <c r="R88" t="n">
-        <v>55492.23</v>
+        <v>56299.22</v>
       </c>
       <c r="S88" t="n">
-        <v>55846.37</v>
+        <v>56681.08</v>
       </c>
       <c r="T88" t="n">
-        <v>56198.05</v>
+        <v>57060.79</v>
       </c>
       <c r="U88" t="n">
-        <v>56546.58</v>
+        <v>57437.48</v>
       </c>
       <c r="V88" t="n">
-        <v>56896.36</v>
+        <v>57815.3</v>
       </c>
       <c r="W88" t="n">
-        <v>57246.24</v>
+        <v>58193.15</v>
       </c>
       <c r="X88" t="n">
-        <v>57593.7</v>
+        <v>58568.68</v>
       </c>
       <c r="Y88" t="n">
-        <v>57939.91</v>
+        <v>58943.19</v>
       </c>
       <c r="Z88" t="n">
-        <v>58284.08</v>
+        <v>59315.82</v>
       </c>
       <c r="AA88" t="n">
-        <v>58628.06</v>
+        <v>59688.32</v>
       </c>
       <c r="AB88" t="n">
-        <v>58972.85</v>
+        <v>60061.65</v>
       </c>
       <c r="AC88" t="n">
-        <v>59317.41</v>
+        <v>60434.81</v>
       </c>
       <c r="AD88" t="n">
-        <v>59661.56</v>
+        <v>60807.66</v>
       </c>
       <c r="AE88" t="n">
-        <v>60005.28</v>
+        <v>61180.17</v>
       </c>
       <c r="AF88" t="n">
-        <v>60348.08</v>
+        <v>61551.78</v>
       </c>
       <c r="AG88" t="n">
-        <v>60690.46</v>
+        <v>61923</v>
       </c>
       <c r="AH88" t="n">
-        <v>61033.18</v>
+        <v>62294.57</v>
       </c>
       <c r="AI88" t="n">
-        <v>61375.71</v>
+        <v>62665.98</v>
       </c>
       <c r="AJ88" t="n">
-        <v>61718.17</v>
+        <v>63037.35</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
     <ignoredError sqref="A2:A88" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>