--- v0 (2026-01-22)
+++ v1 (2026-03-26)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,587 +420,587 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AI5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Component</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Census dwellings</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="C2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="D2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="E2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="F2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="G2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="H2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="I2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="J2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="K2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="L2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="M2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="N2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="O2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="P2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="Q2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="R2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="S2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="T2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="U2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="V2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="W2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="X2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="Y2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="Z2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="AA2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="AB2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="AC2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="AD2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="AE2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="AF2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="AG2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="AH2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="AI2" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Building completions</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="n">
-        <v>912.58</v>
+        <v>912.5777586727635</v>
       </c>
       <c r="D3" t="n">
-        <v>1192.1</v>
+        <v>1192.104139323335</v>
       </c>
       <c r="E3" t="n">
-        <v>2256.07</v>
+        <v>2256.044525179328</v>
       </c>
       <c r="F3" t="n">
-        <v>2768.89</v>
+        <v>2768.564671245214</v>
       </c>
       <c r="G3" t="n">
-        <v>3054.11</v>
+        <v>3082.182560130405</v>
       </c>
       <c r="H3" t="n">
-        <v>3387.33</v>
+        <v>3758.765579358362</v>
       </c>
       <c r="I3" t="n">
-        <v>4023.27</v>
+        <v>4737.436059478354</v>
       </c>
       <c r="J3" t="n">
-        <v>4610.89</v>
+        <v>5363.851746985363</v>
       </c>
       <c r="K3" t="n">
-        <v>5198.51</v>
+        <v>5990.267434492374</v>
       </c>
       <c r="L3" t="n">
-        <v>5786.12</v>
+        <v>6616.683121999385</v>
       </c>
       <c r="M3" t="n">
-        <v>6373.74</v>
+        <v>7243.098809506394</v>
       </c>
       <c r="N3" t="n">
-        <v>6961.35</v>
+        <v>7869.514497013404</v>
       </c>
       <c r="O3" t="n">
-        <v>7548.97</v>
+        <v>8495.930184520414</v>
       </c>
       <c r="P3" t="n">
-        <v>8136.59</v>
+        <v>9122.345872027425</v>
       </c>
       <c r="Q3" t="n">
-        <v>8724.200000000001</v>
+        <v>9748.761559534436</v>
       </c>
       <c r="R3" t="n">
-        <v>9311.82</v>
+        <v>10375.17724704144</v>
       </c>
       <c r="S3" t="n">
-        <v>9899.43</v>
+        <v>11001.59293454845</v>
       </c>
       <c r="T3" t="n">
-        <v>10487.05</v>
+        <v>11628.00862205546</v>
       </c>
       <c r="U3" t="n">
-        <v>11074.67</v>
+        <v>12254.42430956247</v>
       </c>
       <c r="V3" t="n">
-        <v>11662.28</v>
+        <v>12880.83999706948</v>
       </c>
       <c r="W3" t="n">
-        <v>12249.9</v>
+        <v>13507.25568457649</v>
       </c>
       <c r="X3" t="n">
-        <v>12837.51</v>
+        <v>14133.6713720835</v>
       </c>
       <c r="Y3" t="n">
-        <v>13425.13</v>
+        <v>14760.08705959051</v>
       </c>
       <c r="Z3" t="n">
-        <v>14012.74</v>
+        <v>15386.50274709752</v>
       </c>
       <c r="AA3" t="n">
-        <v>14600.36</v>
+        <v>16012.91843460453</v>
       </c>
       <c r="AB3" t="n">
-        <v>15187.98</v>
+        <v>16639.33412211154</v>
       </c>
       <c r="AC3" t="n">
-        <v>15775.59</v>
+        <v>17265.74980961855</v>
       </c>
       <c r="AD3" t="n">
-        <v>16363.21</v>
+        <v>17892.16549712556</v>
       </c>
       <c r="AE3" t="n">
-        <v>16950.82</v>
+        <v>18518.58118463257</v>
       </c>
       <c r="AF3" t="n">
-        <v>17538.44</v>
+        <v>19144.99687213958</v>
       </c>
       <c r="AG3" t="n">
-        <v>18126.06</v>
+        <v>19771.41255964659</v>
       </c>
       <c r="AH3" t="n">
-        <v>18713.67</v>
+        <v>20397.8282471536</v>
       </c>
       <c r="AI3" t="n">
-        <v>19301.29</v>
+        <v>21024.24393466061</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Dwelling assumption adjustments</t>
         </is>
       </c>
       <c r="B4" t="inlineStr"/>
       <c r="C4" t="n">
-        <v>-109.13</v>
+        <v>-109.1328700615347</v>
       </c>
       <c r="D4" t="n">
-        <v>-180.09</v>
+        <v>-180.092753007834</v>
       </c>
       <c r="E4" t="n">
-        <v>-257.81</v>
+        <v>-257.8124522604522</v>
       </c>
       <c r="F4" t="n">
-        <v>-333.66</v>
+        <v>-333.6601344492711</v>
       </c>
       <c r="G4" t="n">
-        <v>-214.6</v>
+        <v>-221.4133963169776</v>
       </c>
       <c r="H4" t="n">
-        <v>4.45</v>
+        <v>-9.166658184684074</v>
       </c>
       <c r="I4" t="n">
-        <v>273.5</v>
+        <v>253.0800799476095</v>
       </c>
       <c r="J4" t="n">
-        <v>442.56</v>
+        <v>406.1185621795817</v>
       </c>
       <c r="K4" t="n">
-        <v>228.26</v>
+        <v>138.1423441130889</v>
       </c>
       <c r="L4" t="n">
-        <v>288.89</v>
+        <v>180.561166717501</v>
       </c>
       <c r="M4" t="n">
-        <v>147.52</v>
+        <v>20.97998932191325</v>
       </c>
       <c r="N4" t="n">
-        <v>7.15</v>
+        <v>-137.6011880736748</v>
       </c>
       <c r="O4" t="n">
-        <v>-96.2</v>
+        <v>-253.9789631684228</v>
       </c>
       <c r="P4" t="n">
-        <v>-312.32</v>
+        <v>-479.7608302850839</v>
       </c>
       <c r="Q4" t="n">
-        <v>-528.4299999999999</v>
+        <v>-705.542697401745</v>
       </c>
       <c r="R4" t="n">
-        <v>-744.55</v>
+        <v>-931.3245645184061</v>
       </c>
       <c r="S4" t="n">
-        <v>-960.67</v>
+        <v>-1157.106431635067</v>
       </c>
       <c r="T4" t="n">
-        <v>-1176.79</v>
+        <v>-1382.888298751728</v>
       </c>
       <c r="U4" t="n">
-        <v>-1392.91</v>
+        <v>-1608.67016586839</v>
       </c>
       <c r="V4" t="n">
-        <v>-1609.03</v>
+        <v>-1834.452032985051</v>
       </c>
       <c r="W4" t="n">
-        <v>-1825.15</v>
+        <v>-2060.233900101712</v>
       </c>
       <c r="X4" t="n">
-        <v>-2041.27</v>
+        <v>-2286.015767218373</v>
       </c>
       <c r="Y4" t="n">
-        <v>-2257.39</v>
+        <v>-2511.797634335034</v>
       </c>
       <c r="Z4" t="n">
-        <v>-2473.5</v>
+        <v>-2737.579501451695</v>
       </c>
       <c r="AA4" t="n">
-        <v>-2689.62</v>
+        <v>-2963.361368568356</v>
       </c>
       <c r="AB4" t="n">
-        <v>-2905.74</v>
+        <v>-3189.143235685017</v>
       </c>
       <c r="AC4" t="n">
-        <v>-3121.86</v>
+        <v>-3414.925102801678</v>
       </c>
       <c r="AD4" t="n">
-        <v>-3337.98</v>
+        <v>-3640.706969918339</v>
       </c>
       <c r="AE4" t="n">
-        <v>-3554.1</v>
+        <v>-3866.488837035</v>
       </c>
       <c r="AF4" t="n">
-        <v>-3770.22</v>
+        <v>-4092.270704151662</v>
       </c>
       <c r="AG4" t="n">
-        <v>-3986.34</v>
+        <v>-4318.052571268323</v>
       </c>
       <c r="AH4" t="n">
-        <v>-4202.46</v>
+        <v>-4543.834438384984</v>
       </c>
       <c r="AI4" t="n">
-        <v>-4418.57</v>
+        <v>-4769.616305501645</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Combined dwellings</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>39348.33</v>
+        <v>39348.33157755641</v>
       </c>
       <c r="C5" t="n">
-        <v>40151.78</v>
+        <v>40151.77646616764</v>
       </c>
       <c r="D5" t="n">
-        <v>40360.34</v>
+        <v>40360.34296387191</v>
       </c>
       <c r="E5" t="n">
-        <v>41346.59</v>
+        <v>41346.56365047528</v>
       </c>
       <c r="F5" t="n">
-        <v>41783.56</v>
+        <v>41783.23611435235</v>
       </c>
       <c r="G5" t="n">
-        <v>42187.84</v>
+        <v>42209.10074136984</v>
       </c>
       <c r="H5" t="n">
-        <v>42740.12</v>
+        <v>43097.93049873009</v>
       </c>
       <c r="I5" t="n">
-        <v>43645.11</v>
+        <v>44338.84771698238</v>
       </c>
       <c r="J5" t="n">
-        <v>44401.78</v>
+        <v>45118.30188672136</v>
       </c>
       <c r="K5" t="n">
-        <v>44775.09</v>
+        <v>45476.74135616188</v>
       </c>
       <c r="L5" t="n">
-        <v>45423.34</v>
+        <v>46145.5758662733</v>
       </c>
       <c r="M5" t="n">
-        <v>45869.59</v>
+        <v>46612.41037638472</v>
       </c>
       <c r="N5" t="n">
-        <v>46316.83</v>
+        <v>47080.24488649616</v>
       </c>
       <c r="O5" t="n">
-        <v>46801.1</v>
+        <v>47590.28279890841</v>
       </c>
       <c r="P5" t="n">
-        <v>47172.6</v>
+        <v>47990.91661929876</v>
       </c>
       <c r="Q5" t="n">
-        <v>47544.1</v>
+        <v>48391.5504396891</v>
       </c>
       <c r="R5" t="n">
-        <v>47915.6</v>
+        <v>48792.18426007946</v>
       </c>
       <c r="S5" t="n">
-        <v>48287.09</v>
+        <v>49192.81808046982</v>
       </c>
       <c r="T5" t="n">
-        <v>48658.59</v>
+        <v>49593.45190086016</v>
       </c>
       <c r="U5" t="n">
-        <v>49030.09</v>
+        <v>49994.0857212505</v>
       </c>
       <c r="V5" t="n">
-        <v>49401.58</v>
+        <v>50394.71954164086</v>
       </c>
       <c r="W5" t="n">
-        <v>49773.08</v>
+        <v>50795.35336203122</v>
       </c>
       <c r="X5" t="n">
-        <v>50144.58</v>
+        <v>51195.98718242157</v>
       </c>
       <c r="Y5" t="n">
-        <v>50516.07</v>
+        <v>51596.62100281191</v>
       </c>
       <c r="Z5" t="n">
-        <v>50887.57</v>
+        <v>51997.25482320226</v>
       </c>
       <c r="AA5" t="n">
-        <v>51259.07</v>
+        <v>52397.88864359261</v>
       </c>
       <c r="AB5" t="n">
-        <v>51630.57</v>
+        <v>52798.52246398295</v>
       </c>
       <c r="AC5" t="n">
-        <v>52002.06</v>
+        <v>53199.1562843733</v>
       </c>
       <c r="AD5" t="n">
-        <v>52373.56</v>
+        <v>53599.79010476367</v>
       </c>
       <c r="AE5" t="n">
-        <v>52745.06</v>
+        <v>54000.42392515401</v>
       </c>
       <c r="AF5" t="n">
-        <v>53116.55</v>
+        <v>54401.05774554436</v>
       </c>
       <c r="AG5" t="n">
-        <v>53488.05</v>
+        <v>54801.69156593471</v>
       </c>
       <c r="AH5" t="n">
-        <v>53859.55</v>
+        <v>55202.32538632506</v>
       </c>
       <c r="AI5" t="n">
-        <v>54231.04</v>
+        <v>55602.95920671541</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
     <ignoredError sqref="A2:A5" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>