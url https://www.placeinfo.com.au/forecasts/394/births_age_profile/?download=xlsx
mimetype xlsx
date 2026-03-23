--- v0 (2026-01-24)
+++ v1 (2026-03-23)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,160 +420,160 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AI10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Age Group</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>0-14</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>0</v>
       </c>
       <c r="C2" t="n">
         <v>0</v>
       </c>
       <c r="D2" t="n">
         <v>0</v>
       </c>
       <c r="E2" t="n">
         <v>0</v>
       </c>
       <c r="F2" t="n">
         <v>0</v>
       </c>
       <c r="G2" t="n">
         <v>0</v>
       </c>
       <c r="H2" t="n">
         <v>0</v>
       </c>
@@ -652,814 +638,814 @@
         <v>0</v>
       </c>
       <c r="AC2" t="n">
         <v>0</v>
       </c>
       <c r="AD2" t="n">
         <v>0</v>
       </c>
       <c r="AE2" t="n">
         <v>0</v>
       </c>
       <c r="AF2" t="n">
         <v>0</v>
       </c>
       <c r="AG2" t="n">
         <v>0</v>
       </c>
       <c r="AH2" t="n">
         <v>0</v>
       </c>
       <c r="AI2" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>15-19</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>0.17</v>
       </c>
       <c r="C3" t="n">
         <v>0.6</v>
       </c>
       <c r="D3" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" t="n">
         <v>1.28</v>
       </c>
       <c r="F3" t="n">
         <v>1.28</v>
       </c>
       <c r="G3" t="n">
         <v>1.26</v>
       </c>
       <c r="H3" t="n">
-        <v>1.24</v>
+        <v>1.23</v>
       </c>
       <c r="I3" t="n">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="J3" t="n">
-        <v>1.18</v>
+        <v>1.15</v>
       </c>
       <c r="K3" t="n">
-        <v>1.15</v>
+        <v>1.13</v>
       </c>
       <c r="L3" t="n">
-        <v>1.15</v>
+        <v>1.13</v>
       </c>
       <c r="M3" t="n">
-        <v>1.12</v>
+        <v>1.1</v>
       </c>
       <c r="N3" t="n">
+        <v>1.09</v>
+      </c>
+      <c r="O3" t="n">
         <v>1.1</v>
       </c>
-      <c r="O3" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P3" t="n">
-        <v>1.11</v>
+        <v>1.09</v>
       </c>
       <c r="Q3" t="n">
-        <v>1.09</v>
+        <v>1.07</v>
       </c>
       <c r="R3" t="n">
-        <v>1.09</v>
+        <v>1.07</v>
       </c>
       <c r="S3" t="n">
-        <v>1.09</v>
+        <v>1.07</v>
       </c>
       <c r="T3" t="n">
-        <v>1.08</v>
+        <v>1.06</v>
       </c>
       <c r="U3" t="n">
-        <v>1.08</v>
+        <v>1.07</v>
       </c>
       <c r="V3" t="n">
-        <v>1.09</v>
+        <v>1.07</v>
       </c>
       <c r="W3" t="n">
-        <v>1.08</v>
+        <v>1.07</v>
       </c>
       <c r="X3" t="n">
-        <v>1.08</v>
+        <v>1.07</v>
       </c>
       <c r="Y3" t="n">
-        <v>1.08</v>
+        <v>1.06</v>
       </c>
       <c r="Z3" t="n">
-        <v>1.07</v>
+        <v>1.05</v>
       </c>
       <c r="AA3" t="n">
-        <v>1.06</v>
+        <v>1.05</v>
       </c>
       <c r="AB3" t="n">
-        <v>1.06</v>
+        <v>1.04</v>
       </c>
       <c r="AC3" t="n">
-        <v>1.05</v>
+        <v>1.03</v>
       </c>
       <c r="AD3" t="n">
-        <v>1.04</v>
+        <v>1.03</v>
       </c>
       <c r="AE3" t="n">
-        <v>1.03</v>
+        <v>1.02</v>
       </c>
       <c r="AF3" t="n">
-        <v>1.03</v>
+        <v>1.01</v>
       </c>
       <c r="AG3" t="n">
-        <v>1.02</v>
+        <v>1</v>
       </c>
       <c r="AH3" t="n">
-        <v>1.01</v>
+        <v>0.99</v>
       </c>
       <c r="AI3" t="n">
-        <v>1</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>20-24</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>5.77</v>
       </c>
       <c r="C4" t="n">
         <v>4.82</v>
       </c>
       <c r="D4" t="n">
         <v>5.42</v>
       </c>
       <c r="E4" t="n">
         <v>4.6</v>
       </c>
       <c r="F4" t="n">
         <v>4.67</v>
       </c>
       <c r="G4" t="n">
         <v>4.78</v>
       </c>
       <c r="H4" t="n">
         <v>4.73</v>
       </c>
       <c r="I4" t="n">
-        <v>4.71</v>
+        <v>4.69</v>
       </c>
       <c r="J4" t="n">
-        <v>4.65</v>
+        <v>4.6</v>
       </c>
       <c r="K4" t="n">
-        <v>4.61</v>
+        <v>4.56</v>
       </c>
       <c r="L4" t="n">
-        <v>4.64</v>
+        <v>4.59</v>
       </c>
       <c r="M4" t="n">
-        <v>4.6</v>
+        <v>4.56</v>
       </c>
       <c r="N4" t="n">
-        <v>4.55</v>
+        <v>4.52</v>
       </c>
       <c r="O4" t="n">
-        <v>4.51</v>
+        <v>4.48</v>
       </c>
       <c r="P4" t="n">
-        <v>4.48</v>
+        <v>4.46</v>
       </c>
       <c r="Q4" t="n">
-        <v>4.47</v>
+        <v>4.45</v>
       </c>
       <c r="R4" t="n">
-        <v>4.46</v>
+        <v>4.44</v>
       </c>
       <c r="S4" t="n">
+        <v>4.43</v>
+      </c>
+      <c r="T4" t="n">
         <v>4.44</v>
       </c>
-      <c r="T4" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="U4" t="n">
-        <v>4.44</v>
+        <v>4.43</v>
       </c>
       <c r="V4" t="n">
-        <v>4.42</v>
+        <v>4.41</v>
       </c>
       <c r="W4" t="n">
         <v>4.41</v>
       </c>
       <c r="X4" t="n">
         <v>4.4</v>
       </c>
       <c r="Y4" t="n">
         <v>4.39</v>
       </c>
       <c r="Z4" t="n">
         <v>4.39</v>
       </c>
       <c r="AA4" t="n">
         <v>4.4</v>
       </c>
       <c r="AB4" t="n">
         <v>4.39</v>
       </c>
       <c r="AC4" t="n">
         <v>4.38</v>
       </c>
       <c r="AD4" t="n">
         <v>4.37</v>
       </c>
       <c r="AE4" t="n">
         <v>4.36</v>
       </c>
       <c r="AF4" t="n">
         <v>4.35</v>
       </c>
       <c r="AG4" t="n">
         <v>4.34</v>
       </c>
       <c r="AH4" t="n">
         <v>4.33</v>
       </c>
       <c r="AI4" t="n">
-        <v>4.31</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>25-29</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>15.43</v>
       </c>
       <c r="C5" t="n">
         <v>15.54</v>
       </c>
       <c r="D5" t="n">
         <v>14.86</v>
       </c>
       <c r="E5" t="n">
         <v>14.96</v>
       </c>
       <c r="F5" t="n">
         <v>15.31</v>
       </c>
       <c r="G5" t="n">
         <v>15.61</v>
       </c>
       <c r="H5" t="n">
-        <v>15.79</v>
+        <v>15.8</v>
       </c>
       <c r="I5" t="n">
-        <v>16.09</v>
+        <v>16.12</v>
       </c>
       <c r="J5" t="n">
-        <v>16.19</v>
+        <v>16.21</v>
       </c>
       <c r="K5" t="n">
-        <v>16.19</v>
+        <v>16.16</v>
       </c>
       <c r="L5" t="n">
-        <v>16.06</v>
+        <v>15.98</v>
       </c>
       <c r="M5" t="n">
-        <v>16.22</v>
+        <v>16.15</v>
       </c>
       <c r="N5" t="n">
-        <v>15.88</v>
+        <v>15.81</v>
       </c>
       <c r="O5" t="n">
-        <v>15.76</v>
+        <v>15.7</v>
       </c>
       <c r="P5" t="n">
-        <v>15.73</v>
+        <v>15.68</v>
       </c>
       <c r="Q5" t="n">
-        <v>15.6</v>
+        <v>15.57</v>
       </c>
       <c r="R5" t="n">
-        <v>15.51</v>
+        <v>15.49</v>
       </c>
       <c r="S5" t="n">
-        <v>15.47</v>
+        <v>15.45</v>
       </c>
       <c r="T5" t="n">
-        <v>15.42</v>
+        <v>15.41</v>
       </c>
       <c r="U5" t="n">
         <v>15.36</v>
       </c>
       <c r="V5" t="n">
         <v>15.33</v>
       </c>
       <c r="W5" t="n">
-        <v>15.29</v>
+        <v>15.3</v>
       </c>
       <c r="X5" t="n">
-        <v>15.25</v>
+        <v>15.26</v>
       </c>
       <c r="Y5" t="n">
-        <v>15.21</v>
+        <v>15.23</v>
       </c>
       <c r="Z5" t="n">
-        <v>15.17</v>
+        <v>15.19</v>
       </c>
       <c r="AA5" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="AB5" t="n">
         <v>15.12</v>
       </c>
-      <c r="AB5" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AC5" t="n">
+        <v>15.08</v>
+      </c>
+      <c r="AD5" t="n">
         <v>15.04</v>
       </c>
-      <c r="AD5" t="n">
+      <c r="AE5" t="n">
         <v>15.01</v>
       </c>
-      <c r="AE5" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AF5" t="n">
-        <v>14.94</v>
+        <v>14.98</v>
       </c>
       <c r="AG5" t="n">
-        <v>14.9</v>
+        <v>14.95</v>
       </c>
       <c r="AH5" t="n">
-        <v>14.87</v>
+        <v>14.92</v>
       </c>
       <c r="AI5" t="n">
-        <v>14.83</v>
+        <v>14.89</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>30-34</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>40.75</v>
       </c>
       <c r="C6" t="n">
         <v>38.16</v>
       </c>
       <c r="D6" t="n">
         <v>39.93</v>
       </c>
       <c r="E6" t="n">
         <v>38.51</v>
       </c>
       <c r="F6" t="n">
         <v>38.47</v>
       </c>
       <c r="G6" t="n">
         <v>38.08</v>
       </c>
       <c r="H6" t="n">
         <v>38.18</v>
       </c>
       <c r="I6" t="n">
-        <v>37.99</v>
+        <v>38.06</v>
       </c>
       <c r="J6" t="n">
-        <v>38.05</v>
+        <v>38.16</v>
       </c>
       <c r="K6" t="n">
-        <v>38.15</v>
+        <v>38.23</v>
       </c>
       <c r="L6" t="n">
-        <v>38.11</v>
+        <v>38.18</v>
       </c>
       <c r="M6" t="n">
-        <v>38.23</v>
+        <v>38.27</v>
       </c>
       <c r="N6" t="n">
-        <v>38.25</v>
+        <v>38.27</v>
       </c>
       <c r="O6" t="n">
         <v>38.21</v>
       </c>
       <c r="P6" t="n">
-        <v>38.17</v>
+        <v>38.16</v>
       </c>
       <c r="Q6" t="n">
-        <v>38.11</v>
+        <v>38.1</v>
       </c>
       <c r="R6" t="n">
-        <v>38.07</v>
+        <v>38.05</v>
       </c>
       <c r="S6" t="n">
-        <v>38.03</v>
+        <v>38.02</v>
       </c>
       <c r="T6" t="n">
-        <v>38</v>
+        <v>37.99</v>
       </c>
       <c r="U6" t="n">
-        <v>38</v>
+        <v>37.99</v>
       </c>
       <c r="V6" t="n">
-        <v>37.99</v>
+        <v>37.98</v>
       </c>
       <c r="W6" t="n">
-        <v>37.99</v>
+        <v>37.98</v>
       </c>
       <c r="X6" t="n">
-        <v>37.99</v>
+        <v>37.98</v>
       </c>
       <c r="Y6" t="n">
-        <v>37.99</v>
+        <v>37.98</v>
       </c>
       <c r="Z6" t="n">
-        <v>37.98</v>
+        <v>37.97</v>
       </c>
       <c r="AA6" t="n">
-        <v>37.98</v>
+        <v>37.97</v>
       </c>
       <c r="AB6" t="n">
-        <v>37.98</v>
+        <v>37.97</v>
       </c>
       <c r="AC6" t="n">
-        <v>37.98</v>
+        <v>37.97</v>
       </c>
       <c r="AD6" t="n">
-        <v>37.98</v>
+        <v>37.96</v>
       </c>
       <c r="AE6" t="n">
-        <v>37.98</v>
+        <v>37.96</v>
       </c>
       <c r="AF6" t="n">
-        <v>37.97</v>
+        <v>37.96</v>
       </c>
       <c r="AG6" t="n">
-        <v>37.97</v>
+        <v>37.96</v>
       </c>
       <c r="AH6" t="n">
-        <v>37.97</v>
+        <v>37.95</v>
       </c>
       <c r="AI6" t="n">
-        <v>37.97</v>
+        <v>37.95</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>35-39</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>31.34</v>
       </c>
       <c r="C7" t="n">
         <v>32.5</v>
       </c>
       <c r="D7" t="n">
         <v>31.22</v>
       </c>
       <c r="E7" t="n">
         <v>31.57</v>
       </c>
       <c r="F7" t="n">
         <v>31</v>
       </c>
       <c r="G7" t="n">
         <v>31</v>
       </c>
       <c r="H7" t="n">
-        <v>30.85</v>
+        <v>30.84</v>
       </c>
       <c r="I7" t="n">
         <v>30.81</v>
       </c>
       <c r="J7" t="n">
-        <v>30.82</v>
+        <v>30.86</v>
       </c>
       <c r="K7" t="n">
-        <v>30.86</v>
+        <v>30.95</v>
       </c>
       <c r="L7" t="n">
-        <v>30.97</v>
+        <v>31.1</v>
       </c>
       <c r="M7" t="n">
-        <v>30.83</v>
+        <v>30.95</v>
       </c>
       <c r="N7" t="n">
-        <v>31.13</v>
+        <v>31.24</v>
       </c>
       <c r="O7" t="n">
-        <v>31.27</v>
+        <v>31.38</v>
       </c>
       <c r="P7" t="n">
-        <v>31.36</v>
+        <v>31.46</v>
       </c>
       <c r="Q7" t="n">
-        <v>31.53</v>
+        <v>31.61</v>
       </c>
       <c r="R7" t="n">
-        <v>31.61</v>
+        <v>31.69</v>
       </c>
       <c r="S7" t="n">
-        <v>31.69</v>
+        <v>31.76</v>
       </c>
       <c r="T7" t="n">
-        <v>31.75</v>
+        <v>31.81</v>
       </c>
       <c r="U7" t="n">
-        <v>31.81</v>
+        <v>31.86</v>
       </c>
       <c r="V7" t="n">
-        <v>31.86</v>
+        <v>31.91</v>
       </c>
       <c r="W7" t="n">
-        <v>31.91</v>
+        <v>31.95</v>
       </c>
       <c r="X7" t="n">
-        <v>31.96</v>
+        <v>32</v>
       </c>
       <c r="Y7" t="n">
-        <v>32.01</v>
+        <v>32.05</v>
       </c>
       <c r="Z7" t="n">
-        <v>32.06</v>
+        <v>32.1</v>
       </c>
       <c r="AA7" t="n">
-        <v>32.11</v>
+        <v>32.15</v>
       </c>
       <c r="AB7" t="n">
-        <v>32.16</v>
+        <v>32.2</v>
       </c>
       <c r="AC7" t="n">
-        <v>32.22</v>
+        <v>32.25</v>
       </c>
       <c r="AD7" t="n">
-        <v>32.27</v>
+        <v>32.3</v>
       </c>
       <c r="AE7" t="n">
-        <v>32.32</v>
+        <v>32.35</v>
       </c>
       <c r="AF7" t="n">
-        <v>32.37</v>
+        <v>32.4</v>
       </c>
       <c r="AG7" t="n">
-        <v>32.43</v>
+        <v>32.44</v>
       </c>
       <c r="AH7" t="n">
-        <v>32.48</v>
+        <v>32.49</v>
       </c>
       <c r="AI7" t="n">
-        <v>32.53</v>
+        <v>32.54</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>40-44</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>5.4</v>
       </c>
       <c r="C8" t="n">
         <v>7.46</v>
       </c>
       <c r="D8" t="n">
         <v>6.94</v>
       </c>
       <c r="E8" t="n">
         <v>7.84</v>
       </c>
       <c r="F8" t="n">
         <v>8.039999999999999</v>
       </c>
       <c r="G8" t="n">
         <v>8</v>
       </c>
       <c r="H8" t="n">
         <v>7.94</v>
       </c>
       <c r="I8" t="n">
-        <v>7.89</v>
+        <v>7.84</v>
       </c>
       <c r="J8" t="n">
-        <v>7.84</v>
+        <v>7.76</v>
       </c>
       <c r="K8" t="n">
+        <v>7.71</v>
+      </c>
+      <c r="L8" t="n">
         <v>7.77</v>
       </c>
-      <c r="L8" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M8" t="n">
-        <v>7.75</v>
+        <v>7.73</v>
       </c>
       <c r="N8" t="n">
-        <v>7.84</v>
+        <v>7.83</v>
       </c>
       <c r="O8" t="n">
         <v>7.89</v>
       </c>
       <c r="P8" t="n">
-        <v>7.9</v>
+        <v>7.91</v>
       </c>
       <c r="Q8" t="n">
-        <v>7.95</v>
+        <v>7.96</v>
       </c>
       <c r="R8" t="n">
         <v>8.01</v>
       </c>
       <c r="S8" t="n">
+        <v>8.039999999999999</v>
+      </c>
+      <c r="T8" t="n">
         <v>8.050000000000001</v>
       </c>
-      <c r="T8" t="n">
+      <c r="U8" t="n">
         <v>8.06</v>
       </c>
-      <c r="U8" t="n">
+      <c r="V8" t="n">
+        <v>8.07</v>
+      </c>
+      <c r="W8" t="n">
         <v>8.08</v>
       </c>
-      <c r="V8" t="n">
+      <c r="X8" t="n">
+        <v>8.08</v>
+      </c>
+      <c r="Y8" t="n">
+        <v>8.08</v>
+      </c>
+      <c r="Z8" t="n">
         <v>8.09</v>
       </c>
-      <c r="W8" t="n">
+      <c r="AA8" t="n">
+        <v>8.09</v>
+      </c>
+      <c r="AB8" t="n">
         <v>8.1</v>
       </c>
-      <c r="X8" t="n">
-[...2 lines deleted...]
-      <c r="Y8" t="n">
+      <c r="AC8" t="n">
         <v>8.109999999999999</v>
       </c>
-      <c r="Z8" t="n">
+      <c r="AD8" t="n">
+        <v>8.109999999999999</v>
+      </c>
+      <c r="AE8" t="n">
         <v>8.119999999999999</v>
       </c>
-      <c r="AA8" t="n">
-[...2 lines deleted...]
-      <c r="AB8" t="n">
+      <c r="AF8" t="n">
         <v>8.130000000000001</v>
       </c>
-      <c r="AC8" t="n">
+      <c r="AG8" t="n">
+        <v>8.130000000000001</v>
+      </c>
+      <c r="AH8" t="n">
         <v>8.140000000000001</v>
       </c>
-      <c r="AD8" t="n">
-[...2 lines deleted...]
-      <c r="AE8" t="n">
+      <c r="AI8" t="n">
         <v>8.15</v>
-      </c>
-[...10 lines deleted...]
-        <v>8.19</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>45-49+</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>1.14</v>
       </c>
       <c r="C9" t="n">
         <v>0.91</v>
       </c>
       <c r="D9" t="n">
         <v>1.41</v>
       </c>
       <c r="E9" t="n">
         <v>1.24</v>
       </c>
       <c r="F9" t="n">
         <v>1.23</v>
       </c>
       <c r="G9" t="n">
         <v>1.25</v>
       </c>
       <c r="H9" t="n">
         <v>1.28</v>
       </c>
       <c r="I9" t="n">
-        <v>1.29</v>
+        <v>1.28</v>
       </c>
       <c r="J9" t="n">
-        <v>1.28</v>
+        <v>1.25</v>
       </c>
       <c r="K9" t="n">
-        <v>1.27</v>
+        <v>1.25</v>
       </c>
       <c r="L9" t="n">
-        <v>1.27</v>
+        <v>1.25</v>
       </c>
       <c r="M9" t="n">
-        <v>1.25</v>
+        <v>1.23</v>
       </c>
       <c r="N9" t="n">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="O9" t="n">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="P9" t="n">
+        <v>1.23</v>
+      </c>
+      <c r="Q9" t="n">
         <v>1.24</v>
       </c>
-      <c r="Q9" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="R9" t="n">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="S9" t="n">
-        <v>1.24</v>
+        <v>1.23</v>
       </c>
       <c r="T9" t="n">
-        <v>1.24</v>
+        <v>1.23</v>
       </c>
       <c r="U9" t="n">
-        <v>1.24</v>
+        <v>1.23</v>
       </c>
       <c r="V9" t="n">
-        <v>1.23</v>
+        <v>1.22</v>
       </c>
       <c r="W9" t="n">
-        <v>1.23</v>
+        <v>1.22</v>
       </c>
       <c r="X9" t="n">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="Y9" t="n">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="Z9" t="n">
-        <v>1.21</v>
+        <v>1.2</v>
       </c>
       <c r="AA9" t="n">
         <v>1.2</v>
       </c>
       <c r="AB9" t="n">
-        <v>1.2</v>
+        <v>1.19</v>
       </c>
       <c r="AC9" t="n">
         <v>1.19</v>
       </c>
       <c r="AD9" t="n">
-        <v>1.19</v>
+        <v>1.18</v>
       </c>
       <c r="AE9" t="n">
         <v>1.18</v>
       </c>
       <c r="AF9" t="n">
-        <v>1.18</v>
+        <v>1.17</v>
       </c>
       <c r="AG9" t="n">
         <v>1.17</v>
       </c>
       <c r="AH9" t="n">
-        <v>1.17</v>
+        <v>1.16</v>
       </c>
       <c r="AI9" t="n">
         <v>1.16</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>100</v>
       </c>
       <c r="C10" t="n">
         <v>100</v>
       </c>
       <c r="D10" t="n">
         <v>100</v>
       </c>
       <c r="E10" t="n">
         <v>100</v>
       </c>
       <c r="F10" t="n">
         <v>100</v>
       </c>
       <c r="G10" t="n">
         <v>100</v>
       </c>
       <c r="H10" t="n">
         <v>100</v>
       </c>