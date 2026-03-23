--- v0 (2026-01-23)
+++ v1 (2026-03-23)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -425,5995 +411,5979 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:PG4"/>
+  <dimension ref="A1:PF4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="B1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Structure</t>
         </is>
       </c>
-      <c r="C1" s="1" t="inlineStr">
+      <c r="B1" t="inlineStr">
         <is>
           <t>Construction_status</t>
         </is>
       </c>
-      <c r="D1" s="1" t="inlineStr">
+      <c r="C1" t="inlineStr">
         <is>
           <t>Jul 2019</t>
         </is>
       </c>
-      <c r="E1" s="1" t="inlineStr">
+      <c r="D1" t="inlineStr">
         <is>
           <t>Aug 2019</t>
         </is>
       </c>
-      <c r="F1" s="1" t="inlineStr">
+      <c r="E1" t="inlineStr">
         <is>
           <t>Sep 2019</t>
         </is>
       </c>
-      <c r="G1" s="1" t="inlineStr">
+      <c r="F1" t="inlineStr">
         <is>
           <t>Oct 2019</t>
         </is>
       </c>
-      <c r="H1" s="1" t="inlineStr">
+      <c r="G1" t="inlineStr">
         <is>
           <t>Nov 2019</t>
         </is>
       </c>
-      <c r="I1" s="1" t="inlineStr">
+      <c r="H1" t="inlineStr">
         <is>
           <t>Dec 2019</t>
         </is>
       </c>
-      <c r="J1" s="1" t="inlineStr">
+      <c r="I1" t="inlineStr">
         <is>
           <t>Jan 2020</t>
         </is>
       </c>
-      <c r="K1" s="1" t="inlineStr">
+      <c r="J1" t="inlineStr">
         <is>
           <t>Feb 2020</t>
         </is>
       </c>
-      <c r="L1" s="1" t="inlineStr">
+      <c r="K1" t="inlineStr">
         <is>
           <t>Mar 2020</t>
         </is>
       </c>
-      <c r="M1" s="1" t="inlineStr">
+      <c r="L1" t="inlineStr">
         <is>
           <t>Apr 2020</t>
         </is>
       </c>
-      <c r="N1" s="1" t="inlineStr">
+      <c r="M1" t="inlineStr">
         <is>
           <t>May 2020</t>
         </is>
       </c>
-      <c r="O1" s="1" t="inlineStr">
+      <c r="N1" t="inlineStr">
         <is>
           <t>Jun 2020</t>
         </is>
       </c>
-      <c r="P1" s="1" t="inlineStr">
+      <c r="O1" t="inlineStr">
         <is>
           <t>Jul 2020</t>
         </is>
       </c>
-      <c r="Q1" s="1" t="inlineStr">
+      <c r="P1" t="inlineStr">
         <is>
           <t>Aug 2020</t>
         </is>
       </c>
-      <c r="R1" s="1" t="inlineStr">
+      <c r="Q1" t="inlineStr">
         <is>
           <t>Sep 2020</t>
         </is>
       </c>
-      <c r="S1" s="1" t="inlineStr">
+      <c r="R1" t="inlineStr">
         <is>
           <t>Oct 2020</t>
         </is>
       </c>
-      <c r="T1" s="1" t="inlineStr">
+      <c r="S1" t="inlineStr">
         <is>
           <t>Nov 2020</t>
         </is>
       </c>
-      <c r="U1" s="1" t="inlineStr">
+      <c r="T1" t="inlineStr">
         <is>
           <t>Dec 2020</t>
         </is>
       </c>
-      <c r="V1" s="1" t="inlineStr">
+      <c r="U1" t="inlineStr">
         <is>
           <t>Jan 2021</t>
         </is>
       </c>
-      <c r="W1" s="1" t="inlineStr">
+      <c r="V1" t="inlineStr">
         <is>
           <t>Feb 2021</t>
         </is>
       </c>
-      <c r="X1" s="1" t="inlineStr">
+      <c r="W1" t="inlineStr">
         <is>
           <t>Mar 2021</t>
         </is>
       </c>
-      <c r="Y1" s="1" t="inlineStr">
+      <c r="X1" t="inlineStr">
         <is>
           <t>Apr 2021</t>
         </is>
       </c>
-      <c r="Z1" s="1" t="inlineStr">
+      <c r="Y1" t="inlineStr">
         <is>
           <t>May 2021</t>
         </is>
       </c>
-      <c r="AA1" s="1" t="inlineStr">
+      <c r="Z1" t="inlineStr">
         <is>
           <t>Jun 2021</t>
         </is>
       </c>
-      <c r="AB1" s="1" t="inlineStr">
+      <c r="AA1" t="inlineStr">
         <is>
           <t>Jul 2021</t>
         </is>
       </c>
-      <c r="AC1" s="1" t="inlineStr">
+      <c r="AB1" t="inlineStr">
         <is>
           <t>Aug 2021</t>
         </is>
       </c>
-      <c r="AD1" s="1" t="inlineStr">
+      <c r="AC1" t="inlineStr">
         <is>
           <t>Sep 2021</t>
         </is>
       </c>
-      <c r="AE1" s="1" t="inlineStr">
+      <c r="AD1" t="inlineStr">
         <is>
           <t>Oct 2021</t>
         </is>
       </c>
-      <c r="AF1" s="1" t="inlineStr">
+      <c r="AE1" t="inlineStr">
         <is>
           <t>Nov 2021</t>
         </is>
       </c>
-      <c r="AG1" s="1" t="inlineStr">
+      <c r="AF1" t="inlineStr">
         <is>
           <t>Dec 2021</t>
         </is>
       </c>
-      <c r="AH1" s="1" t="inlineStr">
+      <c r="AG1" t="inlineStr">
         <is>
           <t>Jan 2022</t>
         </is>
       </c>
-      <c r="AI1" s="1" t="inlineStr">
+      <c r="AH1" t="inlineStr">
         <is>
           <t>Feb 2022</t>
         </is>
       </c>
-      <c r="AJ1" s="1" t="inlineStr">
+      <c r="AI1" t="inlineStr">
         <is>
           <t>Mar 2022</t>
         </is>
       </c>
-      <c r="AK1" s="1" t="inlineStr">
+      <c r="AJ1" t="inlineStr">
         <is>
           <t>Apr 2022</t>
         </is>
       </c>
-      <c r="AL1" s="1" t="inlineStr">
+      <c r="AK1" t="inlineStr">
         <is>
           <t>May 2022</t>
         </is>
       </c>
-      <c r="AM1" s="1" t="inlineStr">
+      <c r="AL1" t="inlineStr">
         <is>
           <t>Jun 2022</t>
         </is>
       </c>
-      <c r="AN1" s="1" t="inlineStr">
+      <c r="AM1" t="inlineStr">
         <is>
           <t>Jul 2022</t>
         </is>
       </c>
-      <c r="AO1" s="1" t="inlineStr">
+      <c r="AN1" t="inlineStr">
         <is>
           <t>Aug 2022</t>
         </is>
       </c>
-      <c r="AP1" s="1" t="inlineStr">
+      <c r="AO1" t="inlineStr">
         <is>
           <t>Sep 2022</t>
         </is>
       </c>
-      <c r="AQ1" s="1" t="inlineStr">
+      <c r="AP1" t="inlineStr">
         <is>
           <t>Oct 2022</t>
         </is>
       </c>
-      <c r="AR1" s="1" t="inlineStr">
+      <c r="AQ1" t="inlineStr">
         <is>
           <t>Nov 2022</t>
         </is>
       </c>
-      <c r="AS1" s="1" t="inlineStr">
+      <c r="AR1" t="inlineStr">
         <is>
           <t>Dec 2022</t>
         </is>
       </c>
-      <c r="AT1" s="1" t="inlineStr">
+      <c r="AS1" t="inlineStr">
         <is>
           <t>Jan 2023</t>
         </is>
       </c>
-      <c r="AU1" s="1" t="inlineStr">
+      <c r="AT1" t="inlineStr">
         <is>
           <t>Feb 2023</t>
         </is>
       </c>
-      <c r="AV1" s="1" t="inlineStr">
+      <c r="AU1" t="inlineStr">
         <is>
           <t>Mar 2023</t>
         </is>
       </c>
-      <c r="AW1" s="1" t="inlineStr">
+      <c r="AV1" t="inlineStr">
         <is>
           <t>Apr 2023</t>
         </is>
       </c>
-      <c r="AX1" s="1" t="inlineStr">
+      <c r="AW1" t="inlineStr">
         <is>
           <t>May 2023</t>
         </is>
       </c>
-      <c r="AY1" s="1" t="inlineStr">
+      <c r="AX1" t="inlineStr">
         <is>
           <t>Jun 2023</t>
         </is>
       </c>
-      <c r="AZ1" s="1" t="inlineStr">
+      <c r="AY1" t="inlineStr">
         <is>
           <t>Jul 2023</t>
         </is>
       </c>
-      <c r="BA1" s="1" t="inlineStr">
+      <c r="AZ1" t="inlineStr">
         <is>
           <t>Aug 2023</t>
         </is>
       </c>
-      <c r="BB1" s="1" t="inlineStr">
+      <c r="BA1" t="inlineStr">
         <is>
           <t>Sep 2023</t>
         </is>
       </c>
-      <c r="BC1" s="1" t="inlineStr">
+      <c r="BB1" t="inlineStr">
         <is>
           <t>Oct 2023</t>
         </is>
       </c>
-      <c r="BD1" s="1" t="inlineStr">
+      <c r="BC1" t="inlineStr">
         <is>
           <t>Nov 2023</t>
         </is>
       </c>
-      <c r="BE1" s="1" t="inlineStr">
+      <c r="BD1" t="inlineStr">
         <is>
           <t>Dec 2023</t>
         </is>
       </c>
-      <c r="BF1" s="1" t="inlineStr">
+      <c r="BE1" t="inlineStr">
         <is>
           <t>Jan 2024</t>
         </is>
       </c>
-      <c r="BG1" s="1" t="inlineStr">
+      <c r="BF1" t="inlineStr">
         <is>
           <t>Feb 2024</t>
         </is>
       </c>
-      <c r="BH1" s="1" t="inlineStr">
+      <c r="BG1" t="inlineStr">
         <is>
           <t>Mar 2024</t>
         </is>
       </c>
-      <c r="BI1" s="1" t="inlineStr">
+      <c r="BH1" t="inlineStr">
         <is>
           <t>Apr 2024</t>
         </is>
       </c>
-      <c r="BJ1" s="1" t="inlineStr">
+      <c r="BI1" t="inlineStr">
         <is>
           <t>May 2024</t>
         </is>
       </c>
-      <c r="BK1" s="1" t="inlineStr">
+      <c r="BJ1" t="inlineStr">
         <is>
           <t>Jun 2024</t>
         </is>
       </c>
-      <c r="BL1" s="1" t="inlineStr">
+      <c r="BK1" t="inlineStr">
         <is>
           <t>Jul 2024</t>
         </is>
       </c>
-      <c r="BM1" s="1" t="inlineStr">
+      <c r="BL1" t="inlineStr">
         <is>
           <t>Aug 2024</t>
         </is>
       </c>
-      <c r="BN1" s="1" t="inlineStr">
+      <c r="BM1" t="inlineStr">
         <is>
           <t>Sep 2024</t>
         </is>
       </c>
-      <c r="BO1" s="1" t="inlineStr">
+      <c r="BN1" t="inlineStr">
         <is>
           <t>Oct 2024</t>
         </is>
       </c>
-      <c r="BP1" s="1" t="inlineStr">
+      <c r="BO1" t="inlineStr">
         <is>
           <t>Nov 2024</t>
         </is>
       </c>
-      <c r="BQ1" s="1" t="inlineStr">
+      <c r="BP1" t="inlineStr">
         <is>
           <t>Dec 2024</t>
         </is>
       </c>
-      <c r="BR1" s="1" t="inlineStr">
+      <c r="BQ1" t="inlineStr">
         <is>
           <t>Jan 2025</t>
         </is>
       </c>
-      <c r="BS1" s="1" t="inlineStr">
+      <c r="BR1" t="inlineStr">
         <is>
           <t>Feb 2025</t>
         </is>
       </c>
-      <c r="BT1" s="1" t="inlineStr">
+      <c r="BS1" t="inlineStr">
         <is>
           <t>Mar 2025</t>
         </is>
       </c>
-      <c r="BU1" s="1" t="inlineStr">
+      <c r="BT1" t="inlineStr">
         <is>
           <t>Apr 2025</t>
         </is>
       </c>
-      <c r="BV1" s="1" t="inlineStr">
+      <c r="BU1" t="inlineStr">
         <is>
           <t>May 2025</t>
         </is>
       </c>
-      <c r="BW1" s="1" t="inlineStr">
+      <c r="BV1" t="inlineStr">
         <is>
           <t>Jun 2025</t>
         </is>
       </c>
-      <c r="BX1" s="1" t="inlineStr">
+      <c r="BW1" t="inlineStr">
         <is>
           <t>Jul 2025</t>
         </is>
       </c>
-      <c r="BY1" s="1" t="inlineStr">
+      <c r="BX1" t="inlineStr">
         <is>
           <t>Aug 2025</t>
         </is>
       </c>
-      <c r="BZ1" s="1" t="inlineStr">
+      <c r="BY1" t="inlineStr">
         <is>
           <t>Sep 2025</t>
         </is>
       </c>
-      <c r="CA1" s="1" t="inlineStr">
+      <c r="BZ1" t="inlineStr">
         <is>
           <t>Oct 2025</t>
         </is>
       </c>
-      <c r="CB1" s="1" t="inlineStr">
+      <c r="CA1" t="inlineStr">
         <is>
           <t>Nov 2025</t>
         </is>
       </c>
-      <c r="CC1" s="1" t="inlineStr">
+      <c r="CB1" t="inlineStr">
         <is>
           <t>Dec 2025</t>
         </is>
       </c>
-      <c r="CD1" s="1" t="inlineStr">
+      <c r="CC1" t="inlineStr">
         <is>
           <t>Jan 2026</t>
         </is>
       </c>
-      <c r="CE1" s="1" t="inlineStr">
+      <c r="CD1" t="inlineStr">
         <is>
           <t>Feb 2026</t>
         </is>
       </c>
-      <c r="CF1" s="1" t="inlineStr">
+      <c r="CE1" t="inlineStr">
         <is>
           <t>Mar 2026</t>
         </is>
       </c>
-      <c r="CG1" s="1" t="inlineStr">
+      <c r="CF1" t="inlineStr">
         <is>
           <t>Apr 2026</t>
         </is>
       </c>
-      <c r="CH1" s="1" t="inlineStr">
+      <c r="CG1" t="inlineStr">
         <is>
           <t>May 2026</t>
         </is>
       </c>
-      <c r="CI1" s="1" t="inlineStr">
+      <c r="CH1" t="inlineStr">
         <is>
           <t>Jun 2026</t>
         </is>
       </c>
-      <c r="CJ1" s="1" t="inlineStr">
+      <c r="CI1" t="inlineStr">
         <is>
           <t>Jul 2026</t>
         </is>
       </c>
-      <c r="CK1" s="1" t="inlineStr">
+      <c r="CJ1" t="inlineStr">
         <is>
           <t>Aug 2026</t>
         </is>
       </c>
-      <c r="CL1" s="1" t="inlineStr">
+      <c r="CK1" t="inlineStr">
         <is>
           <t>Sep 2026</t>
         </is>
       </c>
-      <c r="CM1" s="1" t="inlineStr">
+      <c r="CL1" t="inlineStr">
         <is>
           <t>Oct 2026</t>
         </is>
       </c>
-      <c r="CN1" s="1" t="inlineStr">
+      <c r="CM1" t="inlineStr">
         <is>
           <t>Nov 2026</t>
         </is>
       </c>
-      <c r="CO1" s="1" t="inlineStr">
+      <c r="CN1" t="inlineStr">
         <is>
           <t>Dec 2026</t>
         </is>
       </c>
-      <c r="CP1" s="1" t="inlineStr">
+      <c r="CO1" t="inlineStr">
         <is>
           <t>Jan 2027</t>
         </is>
       </c>
-      <c r="CQ1" s="1" t="inlineStr">
+      <c r="CP1" t="inlineStr">
         <is>
           <t>Feb 2027</t>
         </is>
       </c>
-      <c r="CR1" s="1" t="inlineStr">
+      <c r="CQ1" t="inlineStr">
         <is>
           <t>Mar 2027</t>
         </is>
       </c>
-      <c r="CS1" s="1" t="inlineStr">
+      <c r="CR1" t="inlineStr">
         <is>
           <t>Apr 2027</t>
         </is>
       </c>
-      <c r="CT1" s="1" t="inlineStr">
+      <c r="CS1" t="inlineStr">
         <is>
           <t>May 2027</t>
         </is>
       </c>
-      <c r="CU1" s="1" t="inlineStr">
+      <c r="CT1" t="inlineStr">
         <is>
           <t>Jun 2027</t>
         </is>
       </c>
-      <c r="CV1" s="1" t="inlineStr">
+      <c r="CU1" t="inlineStr">
         <is>
           <t>Jul 2027</t>
         </is>
       </c>
-      <c r="CW1" s="1" t="inlineStr">
+      <c r="CV1" t="inlineStr">
         <is>
           <t>Aug 2027</t>
         </is>
       </c>
-      <c r="CX1" s="1" t="inlineStr">
+      <c r="CW1" t="inlineStr">
         <is>
           <t>Sep 2027</t>
         </is>
       </c>
-      <c r="CY1" s="1" t="inlineStr">
+      <c r="CX1" t="inlineStr">
         <is>
           <t>Oct 2027</t>
         </is>
       </c>
-      <c r="CZ1" s="1" t="inlineStr">
+      <c r="CY1" t="inlineStr">
         <is>
           <t>Nov 2027</t>
         </is>
       </c>
-      <c r="DA1" s="1" t="inlineStr">
+      <c r="CZ1" t="inlineStr">
         <is>
           <t>Dec 2027</t>
         </is>
       </c>
-      <c r="DB1" s="1" t="inlineStr">
+      <c r="DA1" t="inlineStr">
         <is>
           <t>Jan 2028</t>
         </is>
       </c>
-      <c r="DC1" s="1" t="inlineStr">
+      <c r="DB1" t="inlineStr">
         <is>
           <t>Feb 2028</t>
         </is>
       </c>
-      <c r="DD1" s="1" t="inlineStr">
+      <c r="DC1" t="inlineStr">
         <is>
           <t>Mar 2028</t>
         </is>
       </c>
-      <c r="DE1" s="1" t="inlineStr">
+      <c r="DD1" t="inlineStr">
         <is>
           <t>Apr 2028</t>
         </is>
       </c>
-      <c r="DF1" s="1" t="inlineStr">
+      <c r="DE1" t="inlineStr">
         <is>
           <t>May 2028</t>
         </is>
       </c>
-      <c r="DG1" s="1" t="inlineStr">
+      <c r="DF1" t="inlineStr">
         <is>
           <t>Jun 2028</t>
         </is>
       </c>
-      <c r="DH1" s="1" t="inlineStr">
+      <c r="DG1" t="inlineStr">
         <is>
           <t>Jul 2028</t>
         </is>
       </c>
-      <c r="DI1" s="1" t="inlineStr">
+      <c r="DH1" t="inlineStr">
         <is>
           <t>Aug 2028</t>
         </is>
       </c>
-      <c r="DJ1" s="1" t="inlineStr">
+      <c r="DI1" t="inlineStr">
         <is>
           <t>Sep 2028</t>
         </is>
       </c>
-      <c r="DK1" s="1" t="inlineStr">
+      <c r="DJ1" t="inlineStr">
         <is>
           <t>Oct 2028</t>
         </is>
       </c>
-      <c r="DL1" s="1" t="inlineStr">
+      <c r="DK1" t="inlineStr">
         <is>
           <t>Nov 2028</t>
         </is>
       </c>
-      <c r="DM1" s="1" t="inlineStr">
+      <c r="DL1" t="inlineStr">
         <is>
           <t>Dec 2028</t>
         </is>
       </c>
-      <c r="DN1" s="1" t="inlineStr">
+      <c r="DM1" t="inlineStr">
         <is>
           <t>Jan 2029</t>
         </is>
       </c>
-      <c r="DO1" s="1" t="inlineStr">
+      <c r="DN1" t="inlineStr">
         <is>
           <t>Feb 2029</t>
         </is>
       </c>
-      <c r="DP1" s="1" t="inlineStr">
+      <c r="DO1" t="inlineStr">
         <is>
           <t>Mar 2029</t>
         </is>
       </c>
-      <c r="DQ1" s="1" t="inlineStr">
+      <c r="DP1" t="inlineStr">
         <is>
           <t>Apr 2029</t>
         </is>
       </c>
-      <c r="DR1" s="1" t="inlineStr">
+      <c r="DQ1" t="inlineStr">
         <is>
           <t>May 2029</t>
         </is>
       </c>
-      <c r="DS1" s="1" t="inlineStr">
+      <c r="DR1" t="inlineStr">
         <is>
           <t>Jun 2029</t>
         </is>
       </c>
-      <c r="DT1" s="1" t="inlineStr">
+      <c r="DS1" t="inlineStr">
         <is>
           <t>Jul 2029</t>
         </is>
       </c>
-      <c r="DU1" s="1" t="inlineStr">
+      <c r="DT1" t="inlineStr">
         <is>
           <t>Aug 2029</t>
         </is>
       </c>
-      <c r="DV1" s="1" t="inlineStr">
+      <c r="DU1" t="inlineStr">
         <is>
           <t>Sep 2029</t>
         </is>
       </c>
-      <c r="DW1" s="1" t="inlineStr">
+      <c r="DV1" t="inlineStr">
         <is>
           <t>Oct 2029</t>
         </is>
       </c>
-      <c r="DX1" s="1" t="inlineStr">
+      <c r="DW1" t="inlineStr">
         <is>
           <t>Nov 2029</t>
         </is>
       </c>
-      <c r="DY1" s="1" t="inlineStr">
+      <c r="DX1" t="inlineStr">
         <is>
           <t>Dec 2029</t>
         </is>
       </c>
-      <c r="DZ1" s="1" t="inlineStr">
+      <c r="DY1" t="inlineStr">
         <is>
           <t>Jan 2030</t>
         </is>
       </c>
-      <c r="EA1" s="1" t="inlineStr">
+      <c r="DZ1" t="inlineStr">
         <is>
           <t>Feb 2030</t>
         </is>
       </c>
-      <c r="EB1" s="1" t="inlineStr">
+      <c r="EA1" t="inlineStr">
         <is>
           <t>Mar 2030</t>
         </is>
       </c>
-      <c r="EC1" s="1" t="inlineStr">
+      <c r="EB1" t="inlineStr">
         <is>
           <t>Apr 2030</t>
         </is>
       </c>
-      <c r="ED1" s="1" t="inlineStr">
+      <c r="EC1" t="inlineStr">
         <is>
           <t>May 2030</t>
         </is>
       </c>
-      <c r="EE1" s="1" t="inlineStr">
+      <c r="ED1" t="inlineStr">
         <is>
           <t>Jun 2030</t>
         </is>
       </c>
-      <c r="EF1" s="1" t="inlineStr">
+      <c r="EE1" t="inlineStr">
         <is>
           <t>Jul 2030</t>
         </is>
       </c>
-      <c r="EG1" s="1" t="inlineStr">
+      <c r="EF1" t="inlineStr">
         <is>
           <t>Aug 2030</t>
         </is>
       </c>
-      <c r="EH1" s="1" t="inlineStr">
+      <c r="EG1" t="inlineStr">
         <is>
           <t>Sep 2030</t>
         </is>
       </c>
-      <c r="EI1" s="1" t="inlineStr">
+      <c r="EH1" t="inlineStr">
         <is>
           <t>Oct 2030</t>
         </is>
       </c>
-      <c r="EJ1" s="1" t="inlineStr">
+      <c r="EI1" t="inlineStr">
         <is>
           <t>Nov 2030</t>
         </is>
       </c>
-      <c r="EK1" s="1" t="inlineStr">
+      <c r="EJ1" t="inlineStr">
         <is>
           <t>Dec 2030</t>
         </is>
       </c>
-      <c r="EL1" s="1" t="inlineStr">
+      <c r="EK1" t="inlineStr">
         <is>
           <t>Jan 2031</t>
         </is>
       </c>
-      <c r="EM1" s="1" t="inlineStr">
+      <c r="EL1" t="inlineStr">
         <is>
           <t>Feb 2031</t>
         </is>
       </c>
-      <c r="EN1" s="1" t="inlineStr">
+      <c r="EM1" t="inlineStr">
         <is>
           <t>Mar 2031</t>
         </is>
       </c>
-      <c r="EO1" s="1" t="inlineStr">
+      <c r="EN1" t="inlineStr">
         <is>
           <t>Apr 2031</t>
         </is>
       </c>
-      <c r="EP1" s="1" t="inlineStr">
+      <c r="EO1" t="inlineStr">
         <is>
           <t>May 2031</t>
         </is>
       </c>
-      <c r="EQ1" s="1" t="inlineStr">
+      <c r="EP1" t="inlineStr">
         <is>
           <t>Jun 2031</t>
         </is>
       </c>
-      <c r="ER1" s="1" t="inlineStr">
+      <c r="EQ1" t="inlineStr">
         <is>
           <t>Jul 2031</t>
         </is>
       </c>
-      <c r="ES1" s="1" t="inlineStr">
+      <c r="ER1" t="inlineStr">
         <is>
           <t>Aug 2031</t>
         </is>
       </c>
-      <c r="ET1" s="1" t="inlineStr">
+      <c r="ES1" t="inlineStr">
         <is>
           <t>Sep 2031</t>
         </is>
       </c>
-      <c r="EU1" s="1" t="inlineStr">
+      <c r="ET1" t="inlineStr">
         <is>
           <t>Oct 2031</t>
         </is>
       </c>
-      <c r="EV1" s="1" t="inlineStr">
+      <c r="EU1" t="inlineStr">
         <is>
           <t>Nov 2031</t>
         </is>
       </c>
-      <c r="EW1" s="1" t="inlineStr">
+      <c r="EV1" t="inlineStr">
         <is>
           <t>Dec 2031</t>
         </is>
       </c>
-      <c r="EX1" s="1" t="inlineStr">
+      <c r="EW1" t="inlineStr">
         <is>
           <t>Jan 2032</t>
         </is>
       </c>
-      <c r="EY1" s="1" t="inlineStr">
+      <c r="EX1" t="inlineStr">
         <is>
           <t>Feb 2032</t>
         </is>
       </c>
-      <c r="EZ1" s="1" t="inlineStr">
+      <c r="EY1" t="inlineStr">
         <is>
           <t>Mar 2032</t>
         </is>
       </c>
-      <c r="FA1" s="1" t="inlineStr">
+      <c r="EZ1" t="inlineStr">
         <is>
           <t>Apr 2032</t>
         </is>
       </c>
-      <c r="FB1" s="1" t="inlineStr">
+      <c r="FA1" t="inlineStr">
         <is>
           <t>May 2032</t>
         </is>
       </c>
-      <c r="FC1" s="1" t="inlineStr">
+      <c r="FB1" t="inlineStr">
         <is>
           <t>Jun 2032</t>
         </is>
       </c>
-      <c r="FD1" s="1" t="inlineStr">
+      <c r="FC1" t="inlineStr">
         <is>
           <t>Jul 2032</t>
         </is>
       </c>
-      <c r="FE1" s="1" t="inlineStr">
+      <c r="FD1" t="inlineStr">
         <is>
           <t>Aug 2032</t>
         </is>
       </c>
-      <c r="FF1" s="1" t="inlineStr">
+      <c r="FE1" t="inlineStr">
         <is>
           <t>Sep 2032</t>
         </is>
       </c>
-      <c r="FG1" s="1" t="inlineStr">
+      <c r="FF1" t="inlineStr">
         <is>
           <t>Oct 2032</t>
         </is>
       </c>
-      <c r="FH1" s="1" t="inlineStr">
+      <c r="FG1" t="inlineStr">
         <is>
           <t>Nov 2032</t>
         </is>
       </c>
-      <c r="FI1" s="1" t="inlineStr">
+      <c r="FH1" t="inlineStr">
         <is>
           <t>Dec 2032</t>
         </is>
       </c>
-      <c r="FJ1" s="1" t="inlineStr">
+      <c r="FI1" t="inlineStr">
         <is>
           <t>Jan 2033</t>
         </is>
       </c>
-      <c r="FK1" s="1" t="inlineStr">
+      <c r="FJ1" t="inlineStr">
         <is>
           <t>Feb 2033</t>
         </is>
       </c>
-      <c r="FL1" s="1" t="inlineStr">
+      <c r="FK1" t="inlineStr">
         <is>
           <t>Mar 2033</t>
         </is>
       </c>
-      <c r="FM1" s="1" t="inlineStr">
+      <c r="FL1" t="inlineStr">
         <is>
           <t>Apr 2033</t>
         </is>
       </c>
-      <c r="FN1" s="1" t="inlineStr">
+      <c r="FM1" t="inlineStr">
         <is>
           <t>May 2033</t>
         </is>
       </c>
-      <c r="FO1" s="1" t="inlineStr">
+      <c r="FN1" t="inlineStr">
         <is>
           <t>Jun 2033</t>
         </is>
       </c>
-      <c r="FP1" s="1" t="inlineStr">
+      <c r="FO1" t="inlineStr">
         <is>
           <t>Jul 2033</t>
         </is>
       </c>
-      <c r="FQ1" s="1" t="inlineStr">
+      <c r="FP1" t="inlineStr">
         <is>
           <t>Aug 2033</t>
         </is>
       </c>
-      <c r="FR1" s="1" t="inlineStr">
+      <c r="FQ1" t="inlineStr">
         <is>
           <t>Sep 2033</t>
         </is>
       </c>
-      <c r="FS1" s="1" t="inlineStr">
+      <c r="FR1" t="inlineStr">
         <is>
           <t>Oct 2033</t>
         </is>
       </c>
-      <c r="FT1" s="1" t="inlineStr">
+      <c r="FS1" t="inlineStr">
         <is>
           <t>Nov 2033</t>
         </is>
       </c>
-      <c r="FU1" s="1" t="inlineStr">
+      <c r="FT1" t="inlineStr">
         <is>
           <t>Dec 2033</t>
         </is>
       </c>
-      <c r="FV1" s="1" t="inlineStr">
+      <c r="FU1" t="inlineStr">
         <is>
           <t>Jan 2034</t>
         </is>
       </c>
-      <c r="FW1" s="1" t="inlineStr">
+      <c r="FV1" t="inlineStr">
         <is>
           <t>Feb 2034</t>
         </is>
       </c>
-      <c r="FX1" s="1" t="inlineStr">
+      <c r="FW1" t="inlineStr">
         <is>
           <t>Mar 2034</t>
         </is>
       </c>
-      <c r="FY1" s="1" t="inlineStr">
+      <c r="FX1" t="inlineStr">
         <is>
           <t>Apr 2034</t>
         </is>
       </c>
-      <c r="FZ1" s="1" t="inlineStr">
+      <c r="FY1" t="inlineStr">
         <is>
           <t>May 2034</t>
         </is>
       </c>
-      <c r="GA1" s="1" t="inlineStr">
+      <c r="FZ1" t="inlineStr">
         <is>
           <t>Jun 2034</t>
         </is>
       </c>
-      <c r="GB1" s="1" t="inlineStr">
+      <c r="GA1" t="inlineStr">
         <is>
           <t>Jul 2034</t>
         </is>
       </c>
-      <c r="GC1" s="1" t="inlineStr">
+      <c r="GB1" t="inlineStr">
         <is>
           <t>Aug 2034</t>
         </is>
       </c>
-      <c r="GD1" s="1" t="inlineStr">
+      <c r="GC1" t="inlineStr">
         <is>
           <t>Sep 2034</t>
         </is>
       </c>
-      <c r="GE1" s="1" t="inlineStr">
+      <c r="GD1" t="inlineStr">
         <is>
           <t>Oct 2034</t>
         </is>
       </c>
-      <c r="GF1" s="1" t="inlineStr">
+      <c r="GE1" t="inlineStr">
         <is>
           <t>Nov 2034</t>
         </is>
       </c>
-      <c r="GG1" s="1" t="inlineStr">
+      <c r="GF1" t="inlineStr">
         <is>
           <t>Dec 2034</t>
         </is>
       </c>
-      <c r="GH1" s="1" t="inlineStr">
+      <c r="GG1" t="inlineStr">
         <is>
           <t>Jan 2035</t>
         </is>
       </c>
-      <c r="GI1" s="1" t="inlineStr">
+      <c r="GH1" t="inlineStr">
         <is>
           <t>Feb 2035</t>
         </is>
       </c>
-      <c r="GJ1" s="1" t="inlineStr">
+      <c r="GI1" t="inlineStr">
         <is>
           <t>Mar 2035</t>
         </is>
       </c>
-      <c r="GK1" s="1" t="inlineStr">
+      <c r="GJ1" t="inlineStr">
         <is>
           <t>Apr 2035</t>
         </is>
       </c>
-      <c r="GL1" s="1" t="inlineStr">
+      <c r="GK1" t="inlineStr">
         <is>
           <t>May 2035</t>
         </is>
       </c>
-      <c r="GM1" s="1" t="inlineStr">
+      <c r="GL1" t="inlineStr">
         <is>
           <t>Jun 2035</t>
         </is>
       </c>
-      <c r="GN1" s="1" t="inlineStr">
+      <c r="GM1" t="inlineStr">
         <is>
           <t>Jul 2035</t>
         </is>
       </c>
-      <c r="GO1" s="1" t="inlineStr">
+      <c r="GN1" t="inlineStr">
         <is>
           <t>Aug 2035</t>
         </is>
       </c>
-      <c r="GP1" s="1" t="inlineStr">
+      <c r="GO1" t="inlineStr">
         <is>
           <t>Sep 2035</t>
         </is>
       </c>
-      <c r="GQ1" s="1" t="inlineStr">
+      <c r="GP1" t="inlineStr">
         <is>
           <t>Oct 2035</t>
         </is>
       </c>
-      <c r="GR1" s="1" t="inlineStr">
+      <c r="GQ1" t="inlineStr">
         <is>
           <t>Nov 2035</t>
         </is>
       </c>
-      <c r="GS1" s="1" t="inlineStr">
+      <c r="GR1" t="inlineStr">
         <is>
           <t>Dec 2035</t>
         </is>
       </c>
-      <c r="GT1" s="1" t="inlineStr">
+      <c r="GS1" t="inlineStr">
         <is>
           <t>Jan 2036</t>
         </is>
       </c>
-      <c r="GU1" s="1" t="inlineStr">
+      <c r="GT1" t="inlineStr">
         <is>
           <t>Feb 2036</t>
         </is>
       </c>
-      <c r="GV1" s="1" t="inlineStr">
+      <c r="GU1" t="inlineStr">
         <is>
           <t>Mar 2036</t>
         </is>
       </c>
-      <c r="GW1" s="1" t="inlineStr">
+      <c r="GV1" t="inlineStr">
         <is>
           <t>Apr 2036</t>
         </is>
       </c>
-      <c r="GX1" s="1" t="inlineStr">
+      <c r="GW1" t="inlineStr">
         <is>
           <t>May 2036</t>
         </is>
       </c>
-      <c r="GY1" s="1" t="inlineStr">
+      <c r="GX1" t="inlineStr">
         <is>
           <t>Jun 2036</t>
         </is>
       </c>
-      <c r="GZ1" s="1" t="inlineStr">
+      <c r="GY1" t="inlineStr">
         <is>
           <t>Jul 2036</t>
         </is>
       </c>
-      <c r="HA1" s="1" t="inlineStr">
+      <c r="GZ1" t="inlineStr">
         <is>
           <t>Aug 2036</t>
         </is>
       </c>
-      <c r="HB1" s="1" t="inlineStr">
+      <c r="HA1" t="inlineStr">
         <is>
           <t>Sep 2036</t>
         </is>
       </c>
-      <c r="HC1" s="1" t="inlineStr">
+      <c r="HB1" t="inlineStr">
         <is>
           <t>Oct 2036</t>
         </is>
       </c>
-      <c r="HD1" s="1" t="inlineStr">
+      <c r="HC1" t="inlineStr">
         <is>
           <t>Nov 2036</t>
         </is>
       </c>
-      <c r="HE1" s="1" t="inlineStr">
+      <c r="HD1" t="inlineStr">
         <is>
           <t>Dec 2036</t>
         </is>
       </c>
-      <c r="HF1" s="1" t="inlineStr">
+      <c r="HE1" t="inlineStr">
         <is>
           <t>Jan 2037</t>
         </is>
       </c>
-      <c r="HG1" s="1" t="inlineStr">
+      <c r="HF1" t="inlineStr">
         <is>
           <t>Feb 2037</t>
         </is>
       </c>
-      <c r="HH1" s="1" t="inlineStr">
+      <c r="HG1" t="inlineStr">
         <is>
           <t>Mar 2037</t>
         </is>
       </c>
-      <c r="HI1" s="1" t="inlineStr">
+      <c r="HH1" t="inlineStr">
         <is>
           <t>Apr 2037</t>
         </is>
       </c>
-      <c r="HJ1" s="1" t="inlineStr">
+      <c r="HI1" t="inlineStr">
         <is>
           <t>May 2037</t>
         </is>
       </c>
-      <c r="HK1" s="1" t="inlineStr">
+      <c r="HJ1" t="inlineStr">
         <is>
           <t>Jun 2037</t>
         </is>
       </c>
-      <c r="HL1" s="1" t="inlineStr">
+      <c r="HK1" t="inlineStr">
         <is>
           <t>Jul 2037</t>
         </is>
       </c>
-      <c r="HM1" s="1" t="inlineStr">
+      <c r="HL1" t="inlineStr">
         <is>
           <t>Aug 2037</t>
         </is>
       </c>
-      <c r="HN1" s="1" t="inlineStr">
+      <c r="HM1" t="inlineStr">
         <is>
           <t>Sep 2037</t>
         </is>
       </c>
-      <c r="HO1" s="1" t="inlineStr">
+      <c r="HN1" t="inlineStr">
         <is>
           <t>Oct 2037</t>
         </is>
       </c>
-      <c r="HP1" s="1" t="inlineStr">
+      <c r="HO1" t="inlineStr">
         <is>
           <t>Nov 2037</t>
         </is>
       </c>
-      <c r="HQ1" s="1" t="inlineStr">
+      <c r="HP1" t="inlineStr">
         <is>
           <t>Dec 2037</t>
         </is>
       </c>
-      <c r="HR1" s="1" t="inlineStr">
+      <c r="HQ1" t="inlineStr">
         <is>
           <t>Jan 2038</t>
         </is>
       </c>
-      <c r="HS1" s="1" t="inlineStr">
+      <c r="HR1" t="inlineStr">
         <is>
           <t>Feb 2038</t>
         </is>
       </c>
-      <c r="HT1" s="1" t="inlineStr">
+      <c r="HS1" t="inlineStr">
         <is>
           <t>Mar 2038</t>
         </is>
       </c>
-      <c r="HU1" s="1" t="inlineStr">
+      <c r="HT1" t="inlineStr">
         <is>
           <t>Apr 2038</t>
         </is>
       </c>
-      <c r="HV1" s="1" t="inlineStr">
+      <c r="HU1" t="inlineStr">
         <is>
           <t>May 2038</t>
         </is>
       </c>
-      <c r="HW1" s="1" t="inlineStr">
+      <c r="HV1" t="inlineStr">
         <is>
           <t>Jun 2038</t>
         </is>
       </c>
-      <c r="HX1" s="1" t="inlineStr">
+      <c r="HW1" t="inlineStr">
         <is>
           <t>Jul 2038</t>
         </is>
       </c>
-      <c r="HY1" s="1" t="inlineStr">
+      <c r="HX1" t="inlineStr">
         <is>
           <t>Aug 2038</t>
         </is>
       </c>
-      <c r="HZ1" s="1" t="inlineStr">
+      <c r="HY1" t="inlineStr">
         <is>
           <t>Sep 2038</t>
         </is>
       </c>
-      <c r="IA1" s="1" t="inlineStr">
+      <c r="HZ1" t="inlineStr">
         <is>
           <t>Oct 2038</t>
         </is>
       </c>
-      <c r="IB1" s="1" t="inlineStr">
+      <c r="IA1" t="inlineStr">
         <is>
           <t>Nov 2038</t>
         </is>
       </c>
-      <c r="IC1" s="1" t="inlineStr">
+      <c r="IB1" t="inlineStr">
         <is>
           <t>Dec 2038</t>
         </is>
       </c>
-      <c r="ID1" s="1" t="inlineStr">
+      <c r="IC1" t="inlineStr">
         <is>
           <t>Jan 2039</t>
         </is>
       </c>
-      <c r="IE1" s="1" t="inlineStr">
+      <c r="ID1" t="inlineStr">
         <is>
           <t>Feb 2039</t>
         </is>
       </c>
-      <c r="IF1" s="1" t="inlineStr">
+      <c r="IE1" t="inlineStr">
         <is>
           <t>Mar 2039</t>
         </is>
       </c>
-      <c r="IG1" s="1" t="inlineStr">
+      <c r="IF1" t="inlineStr">
         <is>
           <t>Apr 2039</t>
         </is>
       </c>
-      <c r="IH1" s="1" t="inlineStr">
+      <c r="IG1" t="inlineStr">
         <is>
           <t>May 2039</t>
         </is>
       </c>
-      <c r="II1" s="1" t="inlineStr">
+      <c r="IH1" t="inlineStr">
         <is>
           <t>Jun 2039</t>
         </is>
       </c>
-      <c r="IJ1" s="1" t="inlineStr">
+      <c r="II1" t="inlineStr">
         <is>
           <t>Jul 2039</t>
         </is>
       </c>
-      <c r="IK1" s="1" t="inlineStr">
+      <c r="IJ1" t="inlineStr">
         <is>
           <t>Aug 2039</t>
         </is>
       </c>
-      <c r="IL1" s="1" t="inlineStr">
+      <c r="IK1" t="inlineStr">
         <is>
           <t>Sep 2039</t>
         </is>
       </c>
-      <c r="IM1" s="1" t="inlineStr">
+      <c r="IL1" t="inlineStr">
         <is>
           <t>Oct 2039</t>
         </is>
       </c>
-      <c r="IN1" s="1" t="inlineStr">
+      <c r="IM1" t="inlineStr">
         <is>
           <t>Nov 2039</t>
         </is>
       </c>
-      <c r="IO1" s="1" t="inlineStr">
+      <c r="IN1" t="inlineStr">
         <is>
           <t>Dec 2039</t>
         </is>
       </c>
-      <c r="IP1" s="1" t="inlineStr">
+      <c r="IO1" t="inlineStr">
         <is>
           <t>Jan 2040</t>
         </is>
       </c>
-      <c r="IQ1" s="1" t="inlineStr">
+      <c r="IP1" t="inlineStr">
         <is>
           <t>Feb 2040</t>
         </is>
       </c>
-      <c r="IR1" s="1" t="inlineStr">
+      <c r="IQ1" t="inlineStr">
         <is>
           <t>Mar 2040</t>
         </is>
       </c>
-      <c r="IS1" s="1" t="inlineStr">
+      <c r="IR1" t="inlineStr">
         <is>
           <t>Apr 2040</t>
         </is>
       </c>
-      <c r="IT1" s="1" t="inlineStr">
+      <c r="IS1" t="inlineStr">
         <is>
           <t>May 2040</t>
         </is>
       </c>
-      <c r="IU1" s="1" t="inlineStr">
+      <c r="IT1" t="inlineStr">
         <is>
           <t>Jun 2040</t>
         </is>
       </c>
-      <c r="IV1" s="1" t="inlineStr">
+      <c r="IU1" t="inlineStr">
         <is>
           <t>Jul 2040</t>
         </is>
       </c>
-      <c r="IW1" s="1" t="inlineStr">
+      <c r="IV1" t="inlineStr">
         <is>
           <t>Aug 2040</t>
         </is>
       </c>
-      <c r="IX1" s="1" t="inlineStr">
+      <c r="IW1" t="inlineStr">
         <is>
           <t>Sep 2040</t>
         </is>
       </c>
-      <c r="IY1" s="1" t="inlineStr">
+      <c r="IX1" t="inlineStr">
         <is>
           <t>Oct 2040</t>
         </is>
       </c>
-      <c r="IZ1" s="1" t="inlineStr">
+      <c r="IY1" t="inlineStr">
         <is>
           <t>Nov 2040</t>
         </is>
       </c>
-      <c r="JA1" s="1" t="inlineStr">
+      <c r="IZ1" t="inlineStr">
         <is>
           <t>Dec 2040</t>
         </is>
       </c>
-      <c r="JB1" s="1" t="inlineStr">
+      <c r="JA1" t="inlineStr">
         <is>
           <t>Jan 2041</t>
         </is>
       </c>
-      <c r="JC1" s="1" t="inlineStr">
+      <c r="JB1" t="inlineStr">
         <is>
           <t>Feb 2041</t>
         </is>
       </c>
-      <c r="JD1" s="1" t="inlineStr">
+      <c r="JC1" t="inlineStr">
         <is>
           <t>Mar 2041</t>
         </is>
       </c>
-      <c r="JE1" s="1" t="inlineStr">
+      <c r="JD1" t="inlineStr">
         <is>
           <t>Apr 2041</t>
         </is>
       </c>
-      <c r="JF1" s="1" t="inlineStr">
+      <c r="JE1" t="inlineStr">
         <is>
           <t>May 2041</t>
         </is>
       </c>
-      <c r="JG1" s="1" t="inlineStr">
+      <c r="JF1" t="inlineStr">
         <is>
           <t>Jun 2041</t>
         </is>
       </c>
-      <c r="JH1" s="1" t="inlineStr">
+      <c r="JG1" t="inlineStr">
         <is>
           <t>Jul 2041</t>
         </is>
       </c>
-      <c r="JI1" s="1" t="inlineStr">
+      <c r="JH1" t="inlineStr">
         <is>
           <t>Aug 2041</t>
         </is>
       </c>
-      <c r="JJ1" s="1" t="inlineStr">
+      <c r="JI1" t="inlineStr">
         <is>
           <t>Sep 2041</t>
         </is>
       </c>
-      <c r="JK1" s="1" t="inlineStr">
+      <c r="JJ1" t="inlineStr">
         <is>
           <t>Oct 2041</t>
         </is>
       </c>
-      <c r="JL1" s="1" t="inlineStr">
+      <c r="JK1" t="inlineStr">
         <is>
           <t>Nov 2041</t>
         </is>
       </c>
-      <c r="JM1" s="1" t="inlineStr">
+      <c r="JL1" t="inlineStr">
         <is>
           <t>Dec 2041</t>
         </is>
       </c>
-      <c r="JN1" s="1" t="inlineStr">
+      <c r="JM1" t="inlineStr">
         <is>
           <t>Jan 2042</t>
         </is>
       </c>
-      <c r="JO1" s="1" t="inlineStr">
+      <c r="JN1" t="inlineStr">
         <is>
           <t>Feb 2042</t>
         </is>
       </c>
-      <c r="JP1" s="1" t="inlineStr">
+      <c r="JO1" t="inlineStr">
         <is>
           <t>Mar 2042</t>
         </is>
       </c>
-      <c r="JQ1" s="1" t="inlineStr">
+      <c r="JP1" t="inlineStr">
         <is>
           <t>Apr 2042</t>
         </is>
       </c>
-      <c r="JR1" s="1" t="inlineStr">
+      <c r="JQ1" t="inlineStr">
         <is>
           <t>May 2042</t>
         </is>
       </c>
-      <c r="JS1" s="1" t="inlineStr">
+      <c r="JR1" t="inlineStr">
         <is>
           <t>Jun 2042</t>
         </is>
       </c>
-      <c r="JT1" s="1" t="inlineStr">
+      <c r="JS1" t="inlineStr">
         <is>
           <t>Jul 2042</t>
         </is>
       </c>
-      <c r="JU1" s="1" t="inlineStr">
+      <c r="JT1" t="inlineStr">
         <is>
           <t>Aug 2042</t>
         </is>
       </c>
-      <c r="JV1" s="1" t="inlineStr">
+      <c r="JU1" t="inlineStr">
         <is>
           <t>Sep 2042</t>
         </is>
       </c>
-      <c r="JW1" s="1" t="inlineStr">
+      <c r="JV1" t="inlineStr">
         <is>
           <t>Oct 2042</t>
         </is>
       </c>
-      <c r="JX1" s="1" t="inlineStr">
+      <c r="JW1" t="inlineStr">
         <is>
           <t>Nov 2042</t>
         </is>
       </c>
-      <c r="JY1" s="1" t="inlineStr">
+      <c r="JX1" t="inlineStr">
         <is>
           <t>Dec 2042</t>
         </is>
       </c>
-      <c r="JZ1" s="1" t="inlineStr">
+      <c r="JY1" t="inlineStr">
         <is>
           <t>Jan 2043</t>
         </is>
       </c>
-      <c r="KA1" s="1" t="inlineStr">
+      <c r="JZ1" t="inlineStr">
         <is>
           <t>Feb 2043</t>
         </is>
       </c>
-      <c r="KB1" s="1" t="inlineStr">
+      <c r="KA1" t="inlineStr">
         <is>
           <t>Mar 2043</t>
         </is>
       </c>
-      <c r="KC1" s="1" t="inlineStr">
+      <c r="KB1" t="inlineStr">
         <is>
           <t>Apr 2043</t>
         </is>
       </c>
-      <c r="KD1" s="1" t="inlineStr">
+      <c r="KC1" t="inlineStr">
         <is>
           <t>May 2043</t>
         </is>
       </c>
-      <c r="KE1" s="1" t="inlineStr">
+      <c r="KD1" t="inlineStr">
         <is>
           <t>Jun 2043</t>
         </is>
       </c>
-      <c r="KF1" s="1" t="inlineStr">
+      <c r="KE1" t="inlineStr">
         <is>
           <t>Jul 2043</t>
         </is>
       </c>
-      <c r="KG1" s="1" t="inlineStr">
+      <c r="KF1" t="inlineStr">
         <is>
           <t>Aug 2043</t>
         </is>
       </c>
-      <c r="KH1" s="1" t="inlineStr">
+      <c r="KG1" t="inlineStr">
         <is>
           <t>Sep 2043</t>
         </is>
       </c>
-      <c r="KI1" s="1" t="inlineStr">
+      <c r="KH1" t="inlineStr">
         <is>
           <t>Oct 2043</t>
         </is>
       </c>
-      <c r="KJ1" s="1" t="inlineStr">
+      <c r="KI1" t="inlineStr">
         <is>
           <t>Nov 2043</t>
         </is>
       </c>
-      <c r="KK1" s="1" t="inlineStr">
+      <c r="KJ1" t="inlineStr">
         <is>
           <t>Dec 2043</t>
         </is>
       </c>
-      <c r="KL1" s="1" t="inlineStr">
+      <c r="KK1" t="inlineStr">
         <is>
           <t>Jan 2044</t>
         </is>
       </c>
-      <c r="KM1" s="1" t="inlineStr">
+      <c r="KL1" t="inlineStr">
         <is>
           <t>Feb 2044</t>
         </is>
       </c>
-      <c r="KN1" s="1" t="inlineStr">
+      <c r="KM1" t="inlineStr">
         <is>
           <t>Mar 2044</t>
         </is>
       </c>
-      <c r="KO1" s="1" t="inlineStr">
+      <c r="KN1" t="inlineStr">
         <is>
           <t>Apr 2044</t>
         </is>
       </c>
-      <c r="KP1" s="1" t="inlineStr">
+      <c r="KO1" t="inlineStr">
         <is>
           <t>May 2044</t>
         </is>
       </c>
-      <c r="KQ1" s="1" t="inlineStr">
+      <c r="KP1" t="inlineStr">
         <is>
           <t>Jun 2044</t>
         </is>
       </c>
-      <c r="KR1" s="1" t="inlineStr">
+      <c r="KQ1" t="inlineStr">
         <is>
           <t>Jul 2044</t>
         </is>
       </c>
-      <c r="KS1" s="1" t="inlineStr">
+      <c r="KR1" t="inlineStr">
         <is>
           <t>Aug 2044</t>
         </is>
       </c>
-      <c r="KT1" s="1" t="inlineStr">
+      <c r="KS1" t="inlineStr">
         <is>
           <t>Sep 2044</t>
         </is>
       </c>
-      <c r="KU1" s="1" t="inlineStr">
+      <c r="KT1" t="inlineStr">
         <is>
           <t>Oct 2044</t>
         </is>
       </c>
-      <c r="KV1" s="1" t="inlineStr">
+      <c r="KU1" t="inlineStr">
         <is>
           <t>Nov 2044</t>
         </is>
       </c>
-      <c r="KW1" s="1" t="inlineStr">
+      <c r="KV1" t="inlineStr">
         <is>
           <t>Dec 2044</t>
         </is>
       </c>
-      <c r="KX1" s="1" t="inlineStr">
+      <c r="KW1" t="inlineStr">
         <is>
           <t>Jan 2045</t>
         </is>
       </c>
-      <c r="KY1" s="1" t="inlineStr">
+      <c r="KX1" t="inlineStr">
         <is>
           <t>Feb 2045</t>
         </is>
       </c>
-      <c r="KZ1" s="1" t="inlineStr">
+      <c r="KY1" t="inlineStr">
         <is>
           <t>Mar 2045</t>
         </is>
       </c>
-      <c r="LA1" s="1" t="inlineStr">
+      <c r="KZ1" t="inlineStr">
         <is>
           <t>Apr 2045</t>
         </is>
       </c>
-      <c r="LB1" s="1" t="inlineStr">
+      <c r="LA1" t="inlineStr">
         <is>
           <t>May 2045</t>
         </is>
       </c>
-      <c r="LC1" s="1" t="inlineStr">
+      <c r="LB1" t="inlineStr">
         <is>
           <t>Jun 2045</t>
         </is>
       </c>
-      <c r="LD1" s="1" t="inlineStr">
+      <c r="LC1" t="inlineStr">
         <is>
           <t>Jul 2045</t>
         </is>
       </c>
-      <c r="LE1" s="1" t="inlineStr">
+      <c r="LD1" t="inlineStr">
         <is>
           <t>Aug 2045</t>
         </is>
       </c>
-      <c r="LF1" s="1" t="inlineStr">
+      <c r="LE1" t="inlineStr">
         <is>
           <t>Sep 2045</t>
         </is>
       </c>
-      <c r="LG1" s="1" t="inlineStr">
+      <c r="LF1" t="inlineStr">
         <is>
           <t>Oct 2045</t>
         </is>
       </c>
-      <c r="LH1" s="1" t="inlineStr">
+      <c r="LG1" t="inlineStr">
         <is>
           <t>Nov 2045</t>
         </is>
       </c>
-      <c r="LI1" s="1" t="inlineStr">
+      <c r="LH1" t="inlineStr">
         <is>
           <t>Dec 2045</t>
         </is>
       </c>
-      <c r="LJ1" s="1" t="inlineStr">
+      <c r="LI1" t="inlineStr">
         <is>
           <t>Jan 2046</t>
         </is>
       </c>
-      <c r="LK1" s="1" t="inlineStr">
+      <c r="LJ1" t="inlineStr">
         <is>
           <t>Feb 2046</t>
         </is>
       </c>
-      <c r="LL1" s="1" t="inlineStr">
+      <c r="LK1" t="inlineStr">
         <is>
           <t>Mar 2046</t>
         </is>
       </c>
-      <c r="LM1" s="1" t="inlineStr">
+      <c r="LL1" t="inlineStr">
         <is>
           <t>Apr 2046</t>
         </is>
       </c>
-      <c r="LN1" s="1" t="inlineStr">
+      <c r="LM1" t="inlineStr">
         <is>
           <t>May 2046</t>
         </is>
       </c>
-      <c r="LO1" s="1" t="inlineStr">
+      <c r="LN1" t="inlineStr">
         <is>
           <t>Jun 2046</t>
         </is>
       </c>
-      <c r="LP1" s="1" t="inlineStr">
+      <c r="LO1" t="inlineStr">
         <is>
           <t>Jul 2046</t>
         </is>
       </c>
-      <c r="LQ1" s="1" t="inlineStr">
+      <c r="LP1" t="inlineStr">
         <is>
           <t>Aug 2046</t>
         </is>
       </c>
-      <c r="LR1" s="1" t="inlineStr">
+      <c r="LQ1" t="inlineStr">
         <is>
           <t>Sep 2046</t>
         </is>
       </c>
-      <c r="LS1" s="1" t="inlineStr">
+      <c r="LR1" t="inlineStr">
         <is>
           <t>Oct 2046</t>
         </is>
       </c>
-      <c r="LT1" s="1" t="inlineStr">
+      <c r="LS1" t="inlineStr">
         <is>
           <t>Nov 2046</t>
         </is>
       </c>
-      <c r="LU1" s="1" t="inlineStr">
+      <c r="LT1" t="inlineStr">
         <is>
           <t>Dec 2046</t>
         </is>
       </c>
-      <c r="LV1" s="1" t="inlineStr">
+      <c r="LU1" t="inlineStr">
         <is>
           <t>Jan 2047</t>
         </is>
       </c>
-      <c r="LW1" s="1" t="inlineStr">
+      <c r="LV1" t="inlineStr">
         <is>
           <t>Feb 2047</t>
         </is>
       </c>
-      <c r="LX1" s="1" t="inlineStr">
+      <c r="LW1" t="inlineStr">
         <is>
           <t>Mar 2047</t>
         </is>
       </c>
-      <c r="LY1" s="1" t="inlineStr">
+      <c r="LX1" t="inlineStr">
         <is>
           <t>Apr 2047</t>
         </is>
       </c>
-      <c r="LZ1" s="1" t="inlineStr">
+      <c r="LY1" t="inlineStr">
         <is>
           <t>May 2047</t>
         </is>
       </c>
-      <c r="MA1" s="1" t="inlineStr">
+      <c r="LZ1" t="inlineStr">
         <is>
           <t>Jun 2047</t>
         </is>
       </c>
-      <c r="MB1" s="1" t="inlineStr">
+      <c r="MA1" t="inlineStr">
         <is>
           <t>Jul 2047</t>
         </is>
       </c>
-      <c r="MC1" s="1" t="inlineStr">
+      <c r="MB1" t="inlineStr">
         <is>
           <t>Aug 2047</t>
         </is>
       </c>
-      <c r="MD1" s="1" t="inlineStr">
+      <c r="MC1" t="inlineStr">
         <is>
           <t>Sep 2047</t>
         </is>
       </c>
-      <c r="ME1" s="1" t="inlineStr">
+      <c r="MD1" t="inlineStr">
         <is>
           <t>Oct 2047</t>
         </is>
       </c>
-      <c r="MF1" s="1" t="inlineStr">
+      <c r="ME1" t="inlineStr">
         <is>
           <t>Nov 2047</t>
         </is>
       </c>
-      <c r="MG1" s="1" t="inlineStr">
+      <c r="MF1" t="inlineStr">
         <is>
           <t>Dec 2047</t>
         </is>
       </c>
-      <c r="MH1" s="1" t="inlineStr">
+      <c r="MG1" t="inlineStr">
         <is>
           <t>Jan 2048</t>
         </is>
       </c>
-      <c r="MI1" s="1" t="inlineStr">
+      <c r="MH1" t="inlineStr">
         <is>
           <t>Feb 2048</t>
         </is>
       </c>
-      <c r="MJ1" s="1" t="inlineStr">
+      <c r="MI1" t="inlineStr">
         <is>
           <t>Mar 2048</t>
         </is>
       </c>
-      <c r="MK1" s="1" t="inlineStr">
+      <c r="MJ1" t="inlineStr">
         <is>
           <t>Apr 2048</t>
         </is>
       </c>
-      <c r="ML1" s="1" t="inlineStr">
+      <c r="MK1" t="inlineStr">
         <is>
           <t>May 2048</t>
         </is>
       </c>
-      <c r="MM1" s="1" t="inlineStr">
+      <c r="ML1" t="inlineStr">
         <is>
           <t>Jun 2048</t>
         </is>
       </c>
-      <c r="MN1" s="1" t="inlineStr">
+      <c r="MM1" t="inlineStr">
         <is>
           <t>Jul 2048</t>
         </is>
       </c>
-      <c r="MO1" s="1" t="inlineStr">
+      <c r="MN1" t="inlineStr">
         <is>
           <t>Aug 2048</t>
         </is>
       </c>
-      <c r="MP1" s="1" t="inlineStr">
+      <c r="MO1" t="inlineStr">
         <is>
           <t>Sep 2048</t>
         </is>
       </c>
-      <c r="MQ1" s="1" t="inlineStr">
+      <c r="MP1" t="inlineStr">
         <is>
           <t>Oct 2048</t>
         </is>
       </c>
-      <c r="MR1" s="1" t="inlineStr">
+      <c r="MQ1" t="inlineStr">
         <is>
           <t>Nov 2048</t>
         </is>
       </c>
-      <c r="MS1" s="1" t="inlineStr">
+      <c r="MR1" t="inlineStr">
         <is>
           <t>Dec 2048</t>
         </is>
       </c>
-      <c r="MT1" s="1" t="inlineStr">
+      <c r="MS1" t="inlineStr">
         <is>
           <t>Jan 2049</t>
         </is>
       </c>
-      <c r="MU1" s="1" t="inlineStr">
+      <c r="MT1" t="inlineStr">
         <is>
           <t>Feb 2049</t>
         </is>
       </c>
-      <c r="MV1" s="1" t="inlineStr">
+      <c r="MU1" t="inlineStr">
         <is>
           <t>Mar 2049</t>
         </is>
       </c>
-      <c r="MW1" s="1" t="inlineStr">
+      <c r="MV1" t="inlineStr">
         <is>
           <t>Apr 2049</t>
         </is>
       </c>
-      <c r="MX1" s="1" t="inlineStr">
+      <c r="MW1" t="inlineStr">
         <is>
           <t>May 2049</t>
         </is>
       </c>
-      <c r="MY1" s="1" t="inlineStr">
+      <c r="MX1" t="inlineStr">
         <is>
           <t>Jun 2049</t>
         </is>
       </c>
-      <c r="MZ1" s="1" t="inlineStr">
+      <c r="MY1" t="inlineStr">
         <is>
           <t>Jul 2049</t>
         </is>
       </c>
-      <c r="NA1" s="1" t="inlineStr">
+      <c r="MZ1" t="inlineStr">
         <is>
           <t>Aug 2049</t>
         </is>
       </c>
-      <c r="NB1" s="1" t="inlineStr">
+      <c r="NA1" t="inlineStr">
         <is>
           <t>Sep 2049</t>
         </is>
       </c>
-      <c r="NC1" s="1" t="inlineStr">
+      <c r="NB1" t="inlineStr">
         <is>
           <t>Oct 2049</t>
         </is>
       </c>
-      <c r="ND1" s="1" t="inlineStr">
+      <c r="NC1" t="inlineStr">
         <is>
           <t>Nov 2049</t>
         </is>
       </c>
-      <c r="NE1" s="1" t="inlineStr">
+      <c r="ND1" t="inlineStr">
         <is>
           <t>Dec 2049</t>
         </is>
       </c>
-      <c r="NF1" s="1" t="inlineStr">
+      <c r="NE1" t="inlineStr">
         <is>
           <t>Jan 2050</t>
         </is>
       </c>
-      <c r="NG1" s="1" t="inlineStr">
+      <c r="NF1" t="inlineStr">
         <is>
           <t>Feb 2050</t>
         </is>
       </c>
-      <c r="NH1" s="1" t="inlineStr">
+      <c r="NG1" t="inlineStr">
         <is>
           <t>Mar 2050</t>
         </is>
       </c>
-      <c r="NI1" s="1" t="inlineStr">
+      <c r="NH1" t="inlineStr">
         <is>
           <t>Apr 2050</t>
         </is>
       </c>
-      <c r="NJ1" s="1" t="inlineStr">
+      <c r="NI1" t="inlineStr">
         <is>
           <t>May 2050</t>
         </is>
       </c>
-      <c r="NK1" s="1" t="inlineStr">
+      <c r="NJ1" t="inlineStr">
         <is>
           <t>Jun 2050</t>
         </is>
       </c>
-      <c r="NL1" s="1" t="inlineStr">
+      <c r="NK1" t="inlineStr">
         <is>
           <t>Jul 2050</t>
         </is>
       </c>
-      <c r="NM1" s="1" t="inlineStr">
+      <c r="NL1" t="inlineStr">
         <is>
           <t>Aug 2050</t>
         </is>
       </c>
-      <c r="NN1" s="1" t="inlineStr">
+      <c r="NM1" t="inlineStr">
         <is>
           <t>Sep 2050</t>
         </is>
       </c>
-      <c r="NO1" s="1" t="inlineStr">
+      <c r="NN1" t="inlineStr">
         <is>
           <t>Oct 2050</t>
         </is>
       </c>
-      <c r="NP1" s="1" t="inlineStr">
+      <c r="NO1" t="inlineStr">
         <is>
           <t>Nov 2050</t>
         </is>
       </c>
-      <c r="NQ1" s="1" t="inlineStr">
+      <c r="NP1" t="inlineStr">
         <is>
           <t>Dec 2050</t>
         </is>
       </c>
-      <c r="NR1" s="1" t="inlineStr">
+      <c r="NQ1" t="inlineStr">
         <is>
           <t>Jan 2051</t>
         </is>
       </c>
-      <c r="NS1" s="1" t="inlineStr">
+      <c r="NR1" t="inlineStr">
         <is>
           <t>Feb 2051</t>
         </is>
       </c>
-      <c r="NT1" s="1" t="inlineStr">
+      <c r="NS1" t="inlineStr">
         <is>
           <t>Mar 2051</t>
         </is>
       </c>
-      <c r="NU1" s="1" t="inlineStr">
+      <c r="NT1" t="inlineStr">
         <is>
           <t>Apr 2051</t>
         </is>
       </c>
-      <c r="NV1" s="1" t="inlineStr">
+      <c r="NU1" t="inlineStr">
         <is>
           <t>May 2051</t>
         </is>
       </c>
-      <c r="NW1" s="1" t="inlineStr">
+      <c r="NV1" t="inlineStr">
         <is>
           <t>Jun 2051</t>
         </is>
       </c>
-      <c r="NX1" s="1" t="inlineStr">
+      <c r="NW1" t="inlineStr">
         <is>
           <t>Jul 2051</t>
         </is>
       </c>
-      <c r="NY1" s="1" t="inlineStr">
+      <c r="NX1" t="inlineStr">
         <is>
           <t>Aug 2051</t>
         </is>
       </c>
-      <c r="NZ1" s="1" t="inlineStr">
+      <c r="NY1" t="inlineStr">
         <is>
           <t>Sep 2051</t>
         </is>
       </c>
-      <c r="OA1" s="1" t="inlineStr">
+      <c r="NZ1" t="inlineStr">
         <is>
           <t>Oct 2051</t>
         </is>
       </c>
-      <c r="OB1" s="1" t="inlineStr">
+      <c r="OA1" t="inlineStr">
         <is>
           <t>Nov 2051</t>
         </is>
       </c>
-      <c r="OC1" s="1" t="inlineStr">
+      <c r="OB1" t="inlineStr">
         <is>
           <t>Dec 2051</t>
         </is>
       </c>
-      <c r="OD1" s="1" t="inlineStr">
+      <c r="OC1" t="inlineStr">
         <is>
           <t>Jan 2052</t>
         </is>
       </c>
-      <c r="OE1" s="1" t="inlineStr">
+      <c r="OD1" t="inlineStr">
         <is>
           <t>Feb 2052</t>
         </is>
       </c>
-      <c r="OF1" s="1" t="inlineStr">
+      <c r="OE1" t="inlineStr">
         <is>
           <t>Mar 2052</t>
         </is>
       </c>
-      <c r="OG1" s="1" t="inlineStr">
+      <c r="OF1" t="inlineStr">
         <is>
           <t>Apr 2052</t>
         </is>
       </c>
-      <c r="OH1" s="1" t="inlineStr">
+      <c r="OG1" t="inlineStr">
         <is>
           <t>May 2052</t>
         </is>
       </c>
-      <c r="OI1" s="1" t="inlineStr">
+      <c r="OH1" t="inlineStr">
         <is>
           <t>Jun 2052</t>
         </is>
       </c>
-      <c r="OJ1" s="1" t="inlineStr">
+      <c r="OI1" t="inlineStr">
         <is>
           <t>Jul 2052</t>
         </is>
       </c>
-      <c r="OK1" s="1" t="inlineStr">
+      <c r="OJ1" t="inlineStr">
         <is>
           <t>Aug 2052</t>
         </is>
       </c>
-      <c r="OL1" s="1" t="inlineStr">
+      <c r="OK1" t="inlineStr">
         <is>
           <t>Sep 2052</t>
         </is>
       </c>
-      <c r="OM1" s="1" t="inlineStr">
+      <c r="OL1" t="inlineStr">
         <is>
           <t>Oct 2052</t>
         </is>
       </c>
-      <c r="ON1" s="1" t="inlineStr">
+      <c r="OM1" t="inlineStr">
         <is>
           <t>Nov 2052</t>
         </is>
       </c>
-      <c r="OO1" s="1" t="inlineStr">
+      <c r="ON1" t="inlineStr">
         <is>
           <t>Dec 2052</t>
         </is>
       </c>
-      <c r="OP1" s="1" t="inlineStr">
+      <c r="OO1" t="inlineStr">
         <is>
           <t>Jan 2053</t>
         </is>
       </c>
-      <c r="OQ1" s="1" t="inlineStr">
+      <c r="OP1" t="inlineStr">
         <is>
           <t>Feb 2053</t>
         </is>
       </c>
-      <c r="OR1" s="1" t="inlineStr">
+      <c r="OQ1" t="inlineStr">
         <is>
           <t>Mar 2053</t>
         </is>
       </c>
-      <c r="OS1" s="1" t="inlineStr">
+      <c r="OR1" t="inlineStr">
         <is>
           <t>Apr 2053</t>
         </is>
       </c>
-      <c r="OT1" s="1" t="inlineStr">
+      <c r="OS1" t="inlineStr">
         <is>
           <t>May 2053</t>
         </is>
       </c>
-      <c r="OU1" s="1" t="inlineStr">
+      <c r="OT1" t="inlineStr">
         <is>
           <t>Jun 2053</t>
         </is>
       </c>
-      <c r="OV1" s="1" t="inlineStr">
+      <c r="OU1" t="inlineStr">
         <is>
           <t>Jul 2053</t>
         </is>
       </c>
-      <c r="OW1" s="1" t="inlineStr">
+      <c r="OV1" t="inlineStr">
         <is>
           <t>Aug 2053</t>
         </is>
       </c>
-      <c r="OX1" s="1" t="inlineStr">
+      <c r="OW1" t="inlineStr">
         <is>
           <t>Sep 2053</t>
         </is>
       </c>
-      <c r="OY1" s="1" t="inlineStr">
+      <c r="OX1" t="inlineStr">
         <is>
           <t>Oct 2053</t>
         </is>
       </c>
-      <c r="OZ1" s="1" t="inlineStr">
+      <c r="OY1" t="inlineStr">
         <is>
           <t>Nov 2053</t>
         </is>
       </c>
-      <c r="PA1" s="1" t="inlineStr">
+      <c r="OZ1" t="inlineStr">
         <is>
           <t>Dec 2053</t>
         </is>
       </c>
-      <c r="PB1" s="1" t="inlineStr">
+      <c r="PA1" t="inlineStr">
         <is>
           <t>Jan 2054</t>
         </is>
       </c>
-      <c r="PC1" s="1" t="inlineStr">
+      <c r="PB1" t="inlineStr">
         <is>
           <t>Feb 2054</t>
         </is>
       </c>
-      <c r="PD1" s="1" t="inlineStr">
+      <c r="PC1" t="inlineStr">
         <is>
           <t>Mar 2054</t>
         </is>
       </c>
-      <c r="PE1" s="1" t="inlineStr">
+      <c r="PD1" t="inlineStr">
         <is>
           <t>Apr 2054</t>
         </is>
       </c>
-      <c r="PF1" s="1" t="inlineStr">
+      <c r="PE1" t="inlineStr">
         <is>
           <t>May 2054</t>
         </is>
       </c>
-      <c r="PG1" s="1" t="inlineStr">
+      <c r="PF1" t="inlineStr">
         <is>
           <t>Jun 2054</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="B2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Detached</t>
         </is>
       </c>
-      <c r="C2" s="2" t="inlineStr">
+      <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Approved</t>
         </is>
       </c>
+      <c r="C2" t="n">
+        <v>2</v>
+      </c>
       <c r="D2" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E2" t="n">
+        <v>1</v>
+      </c>
+      <c r="F2" t="n">
         <v>4</v>
       </c>
-      <c r="F2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G2" t="n">
+        <v>1</v>
+      </c>
+      <c r="H2" t="n">
+        <v>0</v>
+      </c>
+      <c r="I2" t="n">
+        <v>0</v>
+      </c>
+      <c r="J2" t="n">
+        <v>1</v>
+      </c>
+      <c r="K2" t="n">
+        <v>1</v>
+      </c>
+      <c r="L2" t="n">
+        <v>0</v>
+      </c>
+      <c r="M2" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="N2" t="n">
+        <v>1</v>
+      </c>
+      <c r="O2" t="n">
+        <v>3</v>
+      </c>
+      <c r="P2" t="n">
         <v>4</v>
-      </c>
-[...25 lines deleted...]
-        <v>3</v>
       </c>
       <c r="Q2" t="n">
         <v>4</v>
       </c>
       <c r="R2" t="n">
+        <v>7</v>
+      </c>
+      <c r="S2" t="n">
+        <v>1</v>
+      </c>
+      <c r="T2" t="n">
+        <v>1</v>
+      </c>
+      <c r="U2" t="n">
+        <v>3</v>
+      </c>
+      <c r="V2" t="n">
+        <v>6</v>
+      </c>
+      <c r="W2" t="n">
+        <v>3</v>
+      </c>
+      <c r="X2" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y2" t="n">
+        <v>2</v>
+      </c>
+      <c r="Z2" t="n">
         <v>4</v>
       </c>
-      <c r="S2" t="n">
+      <c r="AA2" t="n">
+        <v>5</v>
+      </c>
+      <c r="AB2" t="n">
+        <v>2</v>
+      </c>
+      <c r="AC2" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD2" t="n">
+        <v>3</v>
+      </c>
+      <c r="AE2" t="n">
+        <v>1</v>
+      </c>
+      <c r="AF2" t="n">
+        <v>3</v>
+      </c>
+      <c r="AG2" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH2" t="n">
+        <v>2</v>
+      </c>
+      <c r="AI2" t="n">
+        <v>2</v>
+      </c>
+      <c r="AJ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="AK2" t="n">
+        <v>4</v>
+      </c>
+      <c r="AL2" t="n">
+        <v>1</v>
+      </c>
+      <c r="AM2" t="n">
+        <v>1</v>
+      </c>
+      <c r="AN2" t="n">
         <v>7</v>
       </c>
-      <c r="T2" t="n">
-[...23 lines deleted...]
-      <c r="AB2" t="n">
+      <c r="AO2" t="n">
+        <v>3</v>
+      </c>
+      <c r="AP2" t="n">
+        <v>2</v>
+      </c>
+      <c r="AQ2" t="n">
+        <v>1</v>
+      </c>
+      <c r="AR2" t="n">
+        <v>1</v>
+      </c>
+      <c r="AS2" t="n">
+        <v>2</v>
+      </c>
+      <c r="AT2" t="n">
+        <v>1</v>
+      </c>
+      <c r="AU2" t="n">
+        <v>3</v>
+      </c>
+      <c r="AV2" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW2" t="n">
+        <v>2</v>
+      </c>
+      <c r="AX2" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY2" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AZ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="BA2" t="n">
+        <v>1</v>
+      </c>
+      <c r="BB2" t="n">
         <v>5</v>
       </c>
-      <c r="AC2" t="n">
-[...76 lines deleted...]
-      </c>
       <c r="BC2" t="n">
+        <v>3</v>
+      </c>
+      <c r="BD2" t="n">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="BE2" t="n">
         <v>5</v>
       </c>
       <c r="BF2" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="BG2" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BH2" t="n">
         <v>0</v>
       </c>
       <c r="BI2" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BJ2" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BK2" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="BL2" t="n">
+        <v>2</v>
+      </c>
+      <c r="BM2" t="n">
+        <v>2</v>
+      </c>
+      <c r="BN2" t="n">
+        <v>2</v>
+      </c>
+      <c r="BO2" t="n">
+        <v>3</v>
+      </c>
+      <c r="BP2" t="n">
+        <v>2</v>
+      </c>
+      <c r="BQ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="BR2" t="n">
+        <v>3</v>
+      </c>
+      <c r="BS2" t="n">
+        <v>1</v>
+      </c>
+      <c r="BT2" t="n">
+        <v>3</v>
+      </c>
+      <c r="BU2" t="n">
+        <v>0</v>
+      </c>
+      <c r="BV2" t="n">
+        <v>1</v>
+      </c>
+      <c r="BW2" t="n">
         <v>8</v>
       </c>
-      <c r="BM2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="BX2" t="n">
+        <v>2</v>
+      </c>
+      <c r="BY2" t="n">
+        <v>2</v>
+      </c>
+      <c r="BZ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CA2" t="n">
+        <v>3</v>
+      </c>
+      <c r="CB2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CC2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CD2" t="n">
+        <v>3</v>
+      </c>
+      <c r="CE2" t="n">
+        <v>1</v>
+      </c>
+      <c r="CF2" t="n">
+        <v>3</v>
+      </c>
+      <c r="CG2" t="n">
+        <v>0</v>
+      </c>
+      <c r="CH2" t="n">
+        <v>1</v>
+      </c>
+      <c r="CI2" t="n">
         <v>8</v>
       </c>
-      <c r="BY2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="CJ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CK2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CL2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CM2" t="n">
+        <v>3</v>
+      </c>
+      <c r="CN2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CO2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CP2" t="n">
+        <v>3</v>
+      </c>
+      <c r="CQ2" t="n">
+        <v>1</v>
+      </c>
+      <c r="CR2" t="n">
+        <v>3</v>
+      </c>
+      <c r="CS2" t="n">
+        <v>0</v>
+      </c>
+      <c r="CT2" t="n">
+        <v>1</v>
+      </c>
+      <c r="CU2" t="n">
         <v>8</v>
       </c>
-      <c r="CK2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="CV2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CW2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CX2" t="n">
+        <v>2</v>
+      </c>
+      <c r="CY2" t="n">
+        <v>3</v>
+      </c>
+      <c r="CZ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DA2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DB2" t="n">
+        <v>3</v>
+      </c>
+      <c r="DC2" t="n">
+        <v>1</v>
+      </c>
+      <c r="DD2" t="n">
+        <v>3</v>
+      </c>
+      <c r="DE2" t="n">
+        <v>0</v>
+      </c>
+      <c r="DF2" t="n">
+        <v>1</v>
+      </c>
+      <c r="DG2" t="n">
         <v>8</v>
       </c>
-      <c r="CW2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="DH2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DI2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DJ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DK2" t="n">
+        <v>3</v>
+      </c>
+      <c r="DL2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DM2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DN2" t="n">
+        <v>3</v>
+      </c>
+      <c r="DO2" t="n">
+        <v>1</v>
+      </c>
+      <c r="DP2" t="n">
+        <v>3</v>
+      </c>
+      <c r="DQ2" t="n">
+        <v>0</v>
+      </c>
+      <c r="DR2" t="n">
+        <v>1</v>
+      </c>
+      <c r="DS2" t="n">
         <v>8</v>
       </c>
-      <c r="DI2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="DT2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DU2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DV2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DW2" t="n">
+        <v>3</v>
+      </c>
+      <c r="DX2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DY2" t="n">
+        <v>2</v>
+      </c>
+      <c r="DZ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="EA2" t="n">
+        <v>1</v>
+      </c>
+      <c r="EB2" t="n">
+        <v>3</v>
+      </c>
+      <c r="EC2" t="n">
+        <v>0</v>
+      </c>
+      <c r="ED2" t="n">
+        <v>1</v>
+      </c>
+      <c r="EE2" t="n">
         <v>8</v>
       </c>
-      <c r="DU2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="EF2" t="n">
+        <v>2</v>
+      </c>
+      <c r="EG2" t="n">
+        <v>2</v>
+      </c>
+      <c r="EH2" t="n">
+        <v>2</v>
+      </c>
+      <c r="EI2" t="n">
+        <v>3</v>
+      </c>
+      <c r="EJ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="EK2" t="n">
+        <v>2</v>
+      </c>
+      <c r="EL2" t="n">
+        <v>3</v>
+      </c>
+      <c r="EM2" t="n">
+        <v>1</v>
+      </c>
+      <c r="EN2" t="n">
+        <v>3</v>
+      </c>
+      <c r="EO2" t="n">
+        <v>0</v>
+      </c>
+      <c r="EP2" t="n">
+        <v>1</v>
+      </c>
+      <c r="EQ2" t="n">
         <v>8</v>
       </c>
-      <c r="EG2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="ER2" t="n">
+        <v>2</v>
+      </c>
+      <c r="ES2" t="n">
+        <v>2</v>
+      </c>
+      <c r="ET2" t="n">
+        <v>2</v>
+      </c>
+      <c r="EU2" t="n">
+        <v>3</v>
+      </c>
+      <c r="EV2" t="n">
+        <v>2</v>
+      </c>
+      <c r="EW2" t="n">
+        <v>2</v>
+      </c>
+      <c r="EX2" t="n">
+        <v>3</v>
+      </c>
+      <c r="EY2" t="n">
+        <v>1</v>
+      </c>
+      <c r="EZ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="FA2" t="n">
+        <v>0</v>
+      </c>
+      <c r="FB2" t="n">
+        <v>1</v>
+      </c>
+      <c r="FC2" t="n">
         <v>8</v>
       </c>
-      <c r="ES2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="FD2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FE2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FF2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FG2" t="n">
+        <v>3</v>
+      </c>
+      <c r="FH2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FI2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FJ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="FK2" t="n">
+        <v>1</v>
+      </c>
+      <c r="FL2" t="n">
+        <v>3</v>
+      </c>
+      <c r="FM2" t="n">
+        <v>0</v>
+      </c>
+      <c r="FN2" t="n">
+        <v>1</v>
+      </c>
+      <c r="FO2" t="n">
         <v>8</v>
       </c>
-      <c r="FE2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="FP2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FQ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FR2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FS2" t="n">
+        <v>3</v>
+      </c>
+      <c r="FT2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FU2" t="n">
+        <v>2</v>
+      </c>
+      <c r="FV2" t="n">
+        <v>3</v>
+      </c>
+      <c r="FW2" t="n">
+        <v>1</v>
+      </c>
+      <c r="FX2" t="n">
+        <v>3</v>
+      </c>
+      <c r="FY2" t="n">
+        <v>0</v>
+      </c>
+      <c r="FZ2" t="n">
+        <v>1</v>
+      </c>
+      <c r="GA2" t="n">
         <v>8</v>
       </c>
-      <c r="FQ2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="GB2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GC2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GD2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GE2" t="n">
+        <v>3</v>
+      </c>
+      <c r="GF2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GG2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GH2" t="n">
+        <v>3</v>
+      </c>
+      <c r="GI2" t="n">
+        <v>1</v>
+      </c>
+      <c r="GJ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="GK2" t="n">
+        <v>0</v>
+      </c>
+      <c r="GL2" t="n">
+        <v>1</v>
+      </c>
+      <c r="GM2" t="n">
         <v>8</v>
       </c>
-      <c r="GC2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="GN2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GO2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GP2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GQ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="GR2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GS2" t="n">
+        <v>2</v>
+      </c>
+      <c r="GT2" t="n">
+        <v>3</v>
+      </c>
+      <c r="GU2" t="n">
+        <v>1</v>
+      </c>
+      <c r="GV2" t="n">
+        <v>3</v>
+      </c>
+      <c r="GW2" t="n">
+        <v>0</v>
+      </c>
+      <c r="GX2" t="n">
+        <v>1</v>
+      </c>
+      <c r="GY2" t="n">
         <v>8</v>
       </c>
-      <c r="GO2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="GZ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HA2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HB2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HC2" t="n">
+        <v>3</v>
+      </c>
+      <c r="HD2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HE2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HF2" t="n">
+        <v>3</v>
+      </c>
+      <c r="HG2" t="n">
+        <v>1</v>
+      </c>
+      <c r="HH2" t="n">
+        <v>3</v>
+      </c>
+      <c r="HI2" t="n">
+        <v>0</v>
+      </c>
+      <c r="HJ2" t="n">
+        <v>1</v>
+      </c>
+      <c r="HK2" t="n">
         <v>8</v>
       </c>
-      <c r="HA2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="HL2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HM2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HN2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HO2" t="n">
+        <v>3</v>
+      </c>
+      <c r="HP2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HQ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HR2" t="n">
+        <v>3</v>
+      </c>
+      <c r="HS2" t="n">
+        <v>1</v>
+      </c>
+      <c r="HT2" t="n">
+        <v>3</v>
+      </c>
+      <c r="HU2" t="n">
+        <v>0</v>
+      </c>
+      <c r="HV2" t="n">
+        <v>1</v>
+      </c>
+      <c r="HW2" t="n">
         <v>8</v>
       </c>
-      <c r="HM2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="HX2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HY2" t="n">
+        <v>2</v>
+      </c>
+      <c r="HZ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IA2" t="n">
+        <v>3</v>
+      </c>
+      <c r="IB2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IC2" t="n">
+        <v>2</v>
+      </c>
+      <c r="ID2" t="n">
+        <v>3</v>
+      </c>
+      <c r="IE2" t="n">
+        <v>1</v>
+      </c>
+      <c r="IF2" t="n">
+        <v>3</v>
+      </c>
+      <c r="IG2" t="n">
+        <v>0</v>
+      </c>
+      <c r="IH2" t="n">
+        <v>1</v>
+      </c>
+      <c r="II2" t="n">
         <v>8</v>
       </c>
-      <c r="HY2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="IJ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IK2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IL2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IM2" t="n">
+        <v>3</v>
+      </c>
+      <c r="IN2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IO2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IP2" t="n">
+        <v>3</v>
+      </c>
+      <c r="IQ2" t="n">
+        <v>1</v>
+      </c>
+      <c r="IR2" t="n">
+        <v>3</v>
+      </c>
+      <c r="IS2" t="n">
+        <v>0</v>
+      </c>
+      <c r="IT2" t="n">
+        <v>1</v>
+      </c>
+      <c r="IU2" t="n">
         <v>8</v>
       </c>
-      <c r="IK2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="IV2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IW2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IX2" t="n">
+        <v>2</v>
+      </c>
+      <c r="IY2" t="n">
+        <v>3</v>
+      </c>
+      <c r="IZ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JA2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JB2" t="n">
+        <v>3</v>
+      </c>
+      <c r="JC2" t="n">
+        <v>1</v>
+      </c>
+      <c r="JD2" t="n">
+        <v>3</v>
+      </c>
+      <c r="JE2" t="n">
+        <v>0</v>
+      </c>
+      <c r="JF2" t="n">
+        <v>1</v>
+      </c>
+      <c r="JG2" t="n">
         <v>8</v>
       </c>
-      <c r="IW2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="JH2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JI2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JJ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JK2" t="n">
+        <v>3</v>
+      </c>
+      <c r="JL2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JM2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JN2" t="n">
+        <v>3</v>
+      </c>
+      <c r="JO2" t="n">
+        <v>1</v>
+      </c>
+      <c r="JP2" t="n">
+        <v>3</v>
+      </c>
+      <c r="JQ2" t="n">
+        <v>0</v>
+      </c>
+      <c r="JR2" t="n">
+        <v>1</v>
+      </c>
+      <c r="JS2" t="n">
         <v>8</v>
       </c>
-      <c r="JI2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="JT2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JU2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JV2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JW2" t="n">
+        <v>3</v>
+      </c>
+      <c r="JX2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JY2" t="n">
+        <v>2</v>
+      </c>
+      <c r="JZ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="KA2" t="n">
+        <v>1</v>
+      </c>
+      <c r="KB2" t="n">
+        <v>3</v>
+      </c>
+      <c r="KC2" t="n">
+        <v>0</v>
+      </c>
+      <c r="KD2" t="n">
+        <v>1</v>
+      </c>
+      <c r="KE2" t="n">
         <v>8</v>
       </c>
-      <c r="JU2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="KF2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KG2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KH2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KI2" t="n">
+        <v>3</v>
+      </c>
+      <c r="KJ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KK2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KL2" t="n">
+        <v>3</v>
+      </c>
+      <c r="KM2" t="n">
+        <v>1</v>
+      </c>
+      <c r="KN2" t="n">
+        <v>3</v>
+      </c>
+      <c r="KO2" t="n">
+        <v>0</v>
+      </c>
+      <c r="KP2" t="n">
+        <v>1</v>
+      </c>
+      <c r="KQ2" t="n">
         <v>8</v>
       </c>
-      <c r="KG2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="KR2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KS2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KT2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KU2" t="n">
+        <v>3</v>
+      </c>
+      <c r="KV2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KW2" t="n">
+        <v>2</v>
+      </c>
+      <c r="KX2" t="n">
+        <v>3</v>
+      </c>
+      <c r="KY2" t="n">
+        <v>1</v>
+      </c>
+      <c r="KZ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="LA2" t="n">
+        <v>0</v>
+      </c>
+      <c r="LB2" t="n">
+        <v>1</v>
+      </c>
+      <c r="LC2" t="n">
         <v>8</v>
       </c>
-      <c r="KS2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="LD2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LE2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LF2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LG2" t="n">
+        <v>3</v>
+      </c>
+      <c r="LH2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LI2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LJ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="LK2" t="n">
+        <v>1</v>
+      </c>
+      <c r="LL2" t="n">
+        <v>3</v>
+      </c>
+      <c r="LM2" t="n">
+        <v>0</v>
+      </c>
+      <c r="LN2" t="n">
+        <v>1</v>
+      </c>
+      <c r="LO2" t="n">
         <v>8</v>
       </c>
-      <c r="LE2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="LP2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LQ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LR2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LS2" t="n">
+        <v>3</v>
+      </c>
+      <c r="LT2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LU2" t="n">
+        <v>2</v>
+      </c>
+      <c r="LV2" t="n">
+        <v>3</v>
+      </c>
+      <c r="LW2" t="n">
+        <v>1</v>
+      </c>
+      <c r="LX2" t="n">
+        <v>3</v>
+      </c>
+      <c r="LY2" t="n">
+        <v>0</v>
+      </c>
+      <c r="LZ2" t="n">
+        <v>1</v>
+      </c>
+      <c r="MA2" t="n">
         <v>8</v>
       </c>
-      <c r="LQ2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="MB2" t="n">
+        <v>2</v>
+      </c>
+      <c r="MC2" t="n">
+        <v>2</v>
+      </c>
+      <c r="MD2" t="n">
+        <v>2</v>
+      </c>
+      <c r="ME2" t="n">
+        <v>3</v>
+      </c>
+      <c r="MF2" t="n">
+        <v>2</v>
+      </c>
+      <c r="MG2" t="n">
+        <v>2</v>
+      </c>
+      <c r="MH2" t="n">
+        <v>3</v>
+      </c>
+      <c r="MI2" t="n">
+        <v>1</v>
+      </c>
+      <c r="MJ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="MK2" t="n">
+        <v>0</v>
+      </c>
+      <c r="ML2" t="n">
+        <v>1</v>
+      </c>
+      <c r="MM2" t="n">
         <v>8</v>
       </c>
-      <c r="MC2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="MN2" t="n">
+        <v>2</v>
+      </c>
+      <c r="MO2" t="n">
+        <v>2</v>
+      </c>
+      <c r="MP2" t="n">
+        <v>2</v>
+      </c>
+      <c r="MQ2" t="n">
+        <v>3</v>
+      </c>
+      <c r="MR2" t="n">
+        <v>2</v>
+      </c>
+      <c r="MS2" t="n">
+        <v>2</v>
+      </c>
+      <c r="MT2" t="n">
+        <v>3</v>
+      </c>
+      <c r="MU2" t="n">
+        <v>1</v>
+      </c>
+      <c r="MV2" t="n">
+        <v>3</v>
+      </c>
+      <c r="MW2" t="n">
+        <v>0</v>
+      </c>
+      <c r="MX2" t="n">
+        <v>1</v>
+      </c>
+      <c r="MY2" t="n">
         <v>8</v>
       </c>
-      <c r="MO2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="MZ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NA2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NB2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NC2" t="n">
+        <v>3</v>
+      </c>
+      <c r="ND2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NE2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NF2" t="n">
+        <v>3</v>
+      </c>
+      <c r="NG2" t="n">
+        <v>1</v>
+      </c>
+      <c r="NH2" t="n">
+        <v>3</v>
+      </c>
+      <c r="NI2" t="n">
+        <v>0</v>
+      </c>
+      <c r="NJ2" t="n">
+        <v>1</v>
+      </c>
+      <c r="NK2" t="n">
         <v>8</v>
       </c>
-      <c r="NA2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="NL2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NM2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NN2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NO2" t="n">
+        <v>3</v>
+      </c>
+      <c r="NP2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NQ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NR2" t="n">
+        <v>3</v>
+      </c>
+      <c r="NS2" t="n">
+        <v>1</v>
+      </c>
+      <c r="NT2" t="n">
+        <v>3</v>
+      </c>
+      <c r="NU2" t="n">
+        <v>0</v>
+      </c>
+      <c r="NV2" t="n">
+        <v>1</v>
+      </c>
+      <c r="NW2" t="n">
         <v>8</v>
       </c>
-      <c r="NM2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="NX2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NY2" t="n">
+        <v>2</v>
+      </c>
+      <c r="NZ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="OA2" t="n">
+        <v>3</v>
+      </c>
+      <c r="OB2" t="n">
+        <v>2</v>
+      </c>
+      <c r="OC2" t="n">
+        <v>2</v>
+      </c>
+      <c r="OD2" t="n">
+        <v>3</v>
+      </c>
+      <c r="OE2" t="n">
+        <v>1</v>
+      </c>
+      <c r="OF2" t="n">
+        <v>3</v>
+      </c>
+      <c r="OG2" t="n">
+        <v>0</v>
+      </c>
+      <c r="OH2" t="n">
+        <v>1</v>
+      </c>
+      <c r="OI2" t="n">
         <v>8</v>
       </c>
-      <c r="NY2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="OJ2" t="n">
+        <v>2</v>
+      </c>
+      <c r="OK2" t="n">
+        <v>2</v>
+      </c>
+      <c r="OL2" t="n">
+        <v>2</v>
+      </c>
+      <c r="OM2" t="n">
+        <v>3</v>
+      </c>
+      <c r="ON2" t="n">
+        <v>2</v>
+      </c>
+      <c r="OO2" t="n">
+        <v>2</v>
+      </c>
+      <c r="OP2" t="n">
+        <v>3</v>
+      </c>
+      <c r="OQ2" t="n">
+        <v>1</v>
+      </c>
+      <c r="OR2" t="n">
+        <v>3</v>
+      </c>
+      <c r="OS2" t="n">
+        <v>0</v>
+      </c>
+      <c r="OT2" t="n">
+        <v>1</v>
+      </c>
+      <c r="OU2" t="n">
         <v>8</v>
       </c>
-      <c r="OK2" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="OV2" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="OW2" t="n">
         <v>2</v>
       </c>
       <c r="OX2" t="n">
         <v>2</v>
       </c>
       <c r="OY2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="OZ2" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="PA2" t="n">
         <v>2</v>
       </c>
       <c r="PB2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="PC2" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="PD2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="PE2" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="PF2" t="n">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="PG2" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="B3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Medium or high density</t>
         </is>
       </c>
-      <c r="C3" s="2" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Approved</t>
         </is>
       </c>
+      <c r="C3" t="n">
+        <v>0</v>
+      </c>
       <c r="D3" t="n">
         <v>0</v>
       </c>
       <c r="E3" t="n">
         <v>0</v>
       </c>
       <c r="F3" t="n">
         <v>0</v>
       </c>
       <c r="G3" t="n">
         <v>0</v>
       </c>
       <c r="H3" t="n">
         <v>0</v>
       </c>
       <c r="I3" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J3" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K3" t="n">
         <v>0</v>
       </c>
       <c r="L3" t="n">
         <v>0</v>
       </c>
       <c r="M3" t="n">
         <v>0</v>
       </c>
       <c r="N3" t="n">
         <v>0</v>
       </c>
       <c r="O3" t="n">
         <v>0</v>
       </c>
       <c r="P3" t="n">
         <v>0</v>
       </c>
       <c r="Q3" t="n">
         <v>0</v>
       </c>
       <c r="R3" t="n">
         <v>0</v>
       </c>
       <c r="S3" t="n">
         <v>0</v>
       </c>
       <c r="T3" t="n">
         <v>0</v>
       </c>
       <c r="U3" t="n">
         <v>0</v>
       </c>
       <c r="V3" t="n">
         <v>0</v>
       </c>
       <c r="W3" t="n">
         <v>0</v>
       </c>
       <c r="X3" t="n">
         <v>0</v>
       </c>
       <c r="Y3" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Z3" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AA3" t="n">
         <v>0</v>
       </c>
       <c r="AB3" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="AC3" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="AD3" t="n">
         <v>0</v>
       </c>
       <c r="AE3" t="n">
         <v>0</v>
       </c>
       <c r="AF3" t="n">
         <v>0</v>
       </c>
       <c r="AG3" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="AH3" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AI3" t="n">
         <v>0</v>
       </c>
       <c r="AJ3" t="n">
         <v>0</v>
       </c>
       <c r="AK3" t="n">
         <v>0</v>
       </c>
       <c r="AL3" t="n">
         <v>0</v>
       </c>
       <c r="AM3" t="n">
         <v>0</v>
       </c>
       <c r="AN3" t="n">
         <v>0</v>
       </c>
       <c r="AO3" t="n">
         <v>0</v>
       </c>
       <c r="AP3" t="n">
         <v>0</v>
       </c>
       <c r="AQ3" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="AR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="AS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU3" t="n">
         <v>4</v>
       </c>
-      <c r="AS3" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ3" t="n">
+        <v>2</v>
+      </c>
+      <c r="BA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BD3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BN3" t="n">
         <v>4</v>
       </c>
-      <c r="AW3" t="n">
-[...52 lines deleted...]
-      </c>
       <c r="BO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="BZ3" t="n">
         <v>4</v>
       </c>
-      <c r="BP3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="CA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CD3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CL3" t="n">
         <v>4</v>
       </c>
-      <c r="CB3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="CM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CX3" t="n">
         <v>4</v>
       </c>
-      <c r="CN3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="CY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="CZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DD3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DJ3" t="n">
         <v>4</v>
       </c>
-      <c r="CZ3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="DK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DV3" t="n">
         <v>4</v>
       </c>
-      <c r="DL3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="DW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="DZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="ED3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EH3" t="n">
         <v>4</v>
       </c>
-      <c r="DX3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="EI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="ER3" t="n">
+        <v>0</v>
+      </c>
+      <c r="ES3" t="n">
+        <v>0</v>
+      </c>
+      <c r="ET3" t="n">
         <v>4</v>
       </c>
-      <c r="EJ3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="EU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="EZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FD3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FF3" t="n">
         <v>4</v>
       </c>
-      <c r="EV3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="FG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FR3" t="n">
         <v>4</v>
       </c>
-      <c r="FH3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="FS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="FZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GD3" t="n">
         <v>4</v>
       </c>
-      <c r="FT3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="GE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GP3" t="n">
         <v>4</v>
       </c>
-      <c r="GF3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="GQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="GZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HB3" t="n">
         <v>4</v>
       </c>
-      <c r="GR3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="HC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HD3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HN3" t="n">
         <v>4</v>
       </c>
-      <c r="HD3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="HO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="HZ3" t="n">
         <v>4</v>
       </c>
-      <c r="HP3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="IA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="ID3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="II3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IL3" t="n">
         <v>4</v>
       </c>
-      <c r="IB3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="IM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IX3" t="n">
         <v>4</v>
       </c>
-      <c r="IN3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="IY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="IZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JD3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JJ3" t="n">
         <v>4</v>
       </c>
-      <c r="IZ3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="JK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JV3" t="n">
         <v>4</v>
       </c>
-      <c r="JL3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="JW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="JZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KD3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KH3" t="n">
         <v>4</v>
       </c>
-      <c r="JX3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="KI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KT3" t="n">
         <v>4</v>
       </c>
-      <c r="KJ3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="KU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="KZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LD3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LF3" t="n">
         <v>4</v>
       </c>
-      <c r="KV3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="LG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LR3" t="n">
         <v>4</v>
       </c>
-      <c r="LH3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="LS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="LZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MD3" t="n">
         <v>4</v>
       </c>
-      <c r="LT3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="ME3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="ML3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MN3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MP3" t="n">
         <v>4</v>
       </c>
-      <c r="MF3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="MQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="MZ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NB3" t="n">
         <v>4</v>
       </c>
-      <c r="MR3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="NC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="ND3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NL3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NN3" t="n">
         <v>4</v>
       </c>
-      <c r="ND3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="NO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NX3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NY3" t="n">
+        <v>0</v>
+      </c>
+      <c r="NZ3" t="n">
         <v>4</v>
       </c>
-      <c r="NP3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="OA3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OB3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OC3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OD3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OE3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OF3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OG3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OH3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OI3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OJ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OK3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OL3" t="n">
         <v>4</v>
       </c>
-      <c r="OB3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="OM3" t="n">
+        <v>0</v>
+      </c>
+      <c r="ON3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OO3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OP3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OQ3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OR3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OS3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OT3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OU3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OV3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OW3" t="n">
+        <v>0</v>
+      </c>
+      <c r="OX3" t="n">
         <v>4</v>
       </c>
-      <c r="ON3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="OY3" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="OZ3" t="n">
         <v>0</v>
       </c>
       <c r="PA3" t="n">
         <v>0</v>
       </c>
       <c r="PB3" t="n">
         <v>0</v>
       </c>
       <c r="PC3" t="n">
         <v>0</v>
       </c>
       <c r="PD3" t="n">
         <v>0</v>
       </c>
       <c r="PE3" t="n">
         <v>0</v>
       </c>
       <c r="PF3" t="n">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="PG3" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="B4" s="2" t="inlineStr"/>
-      <c r="C4" s="2" t="inlineStr"/>
+      <c r="B4" s="1" t="inlineStr"/>
+      <c r="C4" t="n">
+        <v>2</v>
+      </c>
       <c r="D4" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E4" t="n">
+        <v>1</v>
+      </c>
+      <c r="F4" t="n">
         <v>4</v>
       </c>
-      <c r="F4" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G4" t="n">
+        <v>1</v>
+      </c>
+      <c r="H4" t="n">
+        <v>0</v>
+      </c>
+      <c r="I4" t="n">
+        <v>2</v>
+      </c>
+      <c r="J4" t="n">
+        <v>1</v>
+      </c>
+      <c r="K4" t="n">
+        <v>1</v>
+      </c>
+      <c r="L4" t="n">
+        <v>0</v>
+      </c>
+      <c r="M4" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="N4" t="n">
+        <v>1</v>
+      </c>
+      <c r="O4" t="n">
+        <v>3</v>
+      </c>
+      <c r="P4" t="n">
         <v>4</v>
-      </c>
-[...25 lines deleted...]
-        <v>3</v>
       </c>
       <c r="Q4" t="n">
         <v>4</v>
       </c>
       <c r="R4" t="n">
+        <v>7</v>
+      </c>
+      <c r="S4" t="n">
+        <v>1</v>
+      </c>
+      <c r="T4" t="n">
+        <v>1</v>
+      </c>
+      <c r="U4" t="n">
+        <v>3</v>
+      </c>
+      <c r="V4" t="n">
+        <v>6</v>
+      </c>
+      <c r="W4" t="n">
+        <v>3</v>
+      </c>
+      <c r="X4" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y4" t="n">
         <v>4</v>
-      </c>
-[...19 lines deleted...]
-        <v>0</v>
       </c>
       <c r="Z4" t="n">
         <v>4</v>
       </c>
       <c r="AA4" t="n">
+        <v>5</v>
+      </c>
+      <c r="AB4" t="n">
+        <v>10</v>
+      </c>
+      <c r="AC4" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD4" t="n">
+        <v>3</v>
+      </c>
+      <c r="AE4" t="n">
+        <v>1</v>
+      </c>
+      <c r="AF4" t="n">
+        <v>3</v>
+      </c>
+      <c r="AG4" t="n">
+        <v>5</v>
+      </c>
+      <c r="AH4" t="n">
+        <v>2</v>
+      </c>
+      <c r="AI4" t="n">
+        <v>2</v>
+      </c>
+      <c r="AJ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="AK4" t="n">
         <v>4</v>
       </c>
-      <c r="AB4" t="n">
+      <c r="AL4" t="n">
+        <v>1</v>
+      </c>
+      <c r="AM4" t="n">
+        <v>1</v>
+      </c>
+      <c r="AN4" t="n">
+        <v>7</v>
+      </c>
+      <c r="AO4" t="n">
+        <v>3</v>
+      </c>
+      <c r="AP4" t="n">
+        <v>2</v>
+      </c>
+      <c r="AQ4" t="n">
         <v>5</v>
       </c>
-      <c r="AC4" t="n">
-[...14 lines deleted...]
-      <c r="AH4" t="n">
+      <c r="AR4" t="n">
+        <v>1</v>
+      </c>
+      <c r="AS4" t="n">
+        <v>2</v>
+      </c>
+      <c r="AT4" t="n">
+        <v>1</v>
+      </c>
+      <c r="AU4" t="n">
+        <v>7</v>
+      </c>
+      <c r="AV4" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW4" t="n">
+        <v>2</v>
+      </c>
+      <c r="AX4" t="n">
+        <v>0</v>
+      </c>
+      <c r="AY4" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AZ4" t="n">
+        <v>4</v>
+      </c>
+      <c r="BA4" t="n">
+        <v>1</v>
+      </c>
+      <c r="BB4" t="n">
         <v>5</v>
       </c>
-      <c r="AI4" t="n">
-[...26 lines deleted...]
-      <c r="AR4" t="n">
+      <c r="BC4" t="n">
+        <v>3</v>
+      </c>
+      <c r="BD4" t="n">
         <v>5</v>
-      </c>
-[...34 lines deleted...]
-        <v>3</v>
       </c>
       <c r="BE4" t="n">
         <v>5</v>
       </c>
       <c r="BF4" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="BG4" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BH4" t="n">
         <v>0</v>
       </c>
       <c r="BI4" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BJ4" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BK4" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="BL4" t="n">
+        <v>2</v>
+      </c>
+      <c r="BM4" t="n">
+        <v>2</v>
+      </c>
+      <c r="BN4" t="n">
+        <v>6</v>
+      </c>
+      <c r="BO4" t="n">
+        <v>3</v>
+      </c>
+      <c r="BP4" t="n">
+        <v>2</v>
+      </c>
+      <c r="BQ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="BR4" t="n">
+        <v>3</v>
+      </c>
+      <c r="BS4" t="n">
+        <v>1</v>
+      </c>
+      <c r="BT4" t="n">
+        <v>3</v>
+      </c>
+      <c r="BU4" t="n">
+        <v>0</v>
+      </c>
+      <c r="BV4" t="n">
+        <v>1</v>
+      </c>
+      <c r="BW4" t="n">
         <v>8</v>
       </c>
-      <c r="BM4" t="n">
-[...5 lines deleted...]
-      <c r="BO4" t="n">
+      <c r="BX4" t="n">
+        <v>2</v>
+      </c>
+      <c r="BY4" t="n">
+        <v>2</v>
+      </c>
+      <c r="BZ4" t="n">
         <v>6</v>
       </c>
-      <c r="BP4" t="n">
-[...23 lines deleted...]
-      <c r="BX4" t="n">
+      <c r="CA4" t="n">
+        <v>3</v>
+      </c>
+      <c r="CB4" t="n">
+        <v>2</v>
+      </c>
+      <c r="CC4" t="n">
+        <v>2</v>
+      </c>
+      <c r="CD4" t="n">
+        <v>3</v>
+      </c>
+      <c r="CE4" t="n">
+        <v>1</v>
+      </c>
+      <c r="CF4" t="n">
+        <v>3</v>
+      </c>
+      <c r="CG4" t="n">
+        <v>0</v>
+      </c>
+      <c r="CH4" t="n">
+        <v>1</v>
+      </c>
+      <c r="CI4" t="n">
         <v>8</v>
       </c>
-      <c r="BY4" t="n">
-[...5 lines deleted...]
-      <c r="CA4" t="n">
+      <c r="CJ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="CK4" t="n">
+        <v>2</v>
+      </c>
+      <c r="CL4" t="n">
         <v>6</v>
       </c>
-      <c r="CB4" t="n">
-[...23 lines deleted...]
-      <c r="CJ4" t="n">
+      <c r="CM4" t="n">
+        <v>3</v>
+      </c>
+      <c r="CN4" t="n">
+        <v>2</v>
+      </c>
+      <c r="CO4" t="n">
+        <v>2</v>
+      </c>
+      <c r="CP4" t="n">
+        <v>3</v>
+      </c>
+      <c r="CQ4" t="n">
+        <v>1</v>
+      </c>
+      <c r="CR4" t="n">
+        <v>3</v>
+      </c>
+      <c r="CS4" t="n">
+        <v>0</v>
+      </c>
+      <c r="CT4" t="n">
+        <v>1</v>
+      </c>
+      <c r="CU4" t="n">
         <v>8</v>
       </c>
-      <c r="CK4" t="n">
-[...5 lines deleted...]
-      <c r="CM4" t="n">
+      <c r="CV4" t="n">
+        <v>2</v>
+      </c>
+      <c r="CW4" t="n">
+        <v>2</v>
+      </c>
+      <c r="CX4" t="n">
         <v>6</v>
       </c>
-      <c r="CN4" t="n">
-[...23 lines deleted...]
-      <c r="CV4" t="n">
+      <c r="CY4" t="n">
+        <v>3</v>
+      </c>
+      <c r="CZ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DA4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DB4" t="n">
+        <v>3</v>
+      </c>
+      <c r="DC4" t="n">
+        <v>1</v>
+      </c>
+      <c r="DD4" t="n">
+        <v>3</v>
+      </c>
+      <c r="DE4" t="n">
+        <v>0</v>
+      </c>
+      <c r="DF4" t="n">
+        <v>1</v>
+      </c>
+      <c r="DG4" t="n">
         <v>8</v>
       </c>
-      <c r="CW4" t="n">
-[...5 lines deleted...]
-      <c r="CY4" t="n">
+      <c r="DH4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DI4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DJ4" t="n">
         <v>6</v>
       </c>
-      <c r="CZ4" t="n">
-[...23 lines deleted...]
-      <c r="DH4" t="n">
+      <c r="DK4" t="n">
+        <v>3</v>
+      </c>
+      <c r="DL4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DM4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DN4" t="n">
+        <v>3</v>
+      </c>
+      <c r="DO4" t="n">
+        <v>1</v>
+      </c>
+      <c r="DP4" t="n">
+        <v>3</v>
+      </c>
+      <c r="DQ4" t="n">
+        <v>0</v>
+      </c>
+      <c r="DR4" t="n">
+        <v>1</v>
+      </c>
+      <c r="DS4" t="n">
         <v>8</v>
       </c>
-      <c r="DI4" t="n">
-[...5 lines deleted...]
-      <c r="DK4" t="n">
+      <c r="DT4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DU4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DV4" t="n">
         <v>6</v>
       </c>
-      <c r="DL4" t="n">
-[...23 lines deleted...]
-      <c r="DT4" t="n">
+      <c r="DW4" t="n">
+        <v>3</v>
+      </c>
+      <c r="DX4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DY4" t="n">
+        <v>2</v>
+      </c>
+      <c r="DZ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="EA4" t="n">
+        <v>1</v>
+      </c>
+      <c r="EB4" t="n">
+        <v>3</v>
+      </c>
+      <c r="EC4" t="n">
+        <v>0</v>
+      </c>
+      <c r="ED4" t="n">
+        <v>1</v>
+      </c>
+      <c r="EE4" t="n">
         <v>8</v>
       </c>
-      <c r="DU4" t="n">
-[...5 lines deleted...]
-      <c r="DW4" t="n">
+      <c r="EF4" t="n">
+        <v>2</v>
+      </c>
+      <c r="EG4" t="n">
+        <v>2</v>
+      </c>
+      <c r="EH4" t="n">
         <v>6</v>
       </c>
-      <c r="DX4" t="n">
-[...23 lines deleted...]
-      <c r="EF4" t="n">
+      <c r="EI4" t="n">
+        <v>3</v>
+      </c>
+      <c r="EJ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="EK4" t="n">
+        <v>2</v>
+      </c>
+      <c r="EL4" t="n">
+        <v>3</v>
+      </c>
+      <c r="EM4" t="n">
+        <v>1</v>
+      </c>
+      <c r="EN4" t="n">
+        <v>3</v>
+      </c>
+      <c r="EO4" t="n">
+        <v>0</v>
+      </c>
+      <c r="EP4" t="n">
+        <v>1</v>
+      </c>
+      <c r="EQ4" t="n">
         <v>8</v>
       </c>
-      <c r="EG4" t="n">
-[...5 lines deleted...]
-      <c r="EI4" t="n">
+      <c r="ER4" t="n">
+        <v>2</v>
+      </c>
+      <c r="ES4" t="n">
+        <v>2</v>
+      </c>
+      <c r="ET4" t="n">
         <v>6</v>
       </c>
-      <c r="EJ4" t="n">
-[...23 lines deleted...]
-      <c r="ER4" t="n">
+      <c r="EU4" t="n">
+        <v>3</v>
+      </c>
+      <c r="EV4" t="n">
+        <v>2</v>
+      </c>
+      <c r="EW4" t="n">
+        <v>2</v>
+      </c>
+      <c r="EX4" t="n">
+        <v>3</v>
+      </c>
+      <c r="EY4" t="n">
+        <v>1</v>
+      </c>
+      <c r="EZ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="FA4" t="n">
+        <v>0</v>
+      </c>
+      <c r="FB4" t="n">
+        <v>1</v>
+      </c>
+      <c r="FC4" t="n">
         <v>8</v>
       </c>
-      <c r="ES4" t="n">
-[...5 lines deleted...]
-      <c r="EU4" t="n">
+      <c r="FD4" t="n">
+        <v>2</v>
+      </c>
+      <c r="FE4" t="n">
+        <v>2</v>
+      </c>
+      <c r="FF4" t="n">
         <v>6</v>
       </c>
-      <c r="EV4" t="n">
-[...23 lines deleted...]
-      <c r="FD4" t="n">
+      <c r="FG4" t="n">
+        <v>3</v>
+      </c>
+      <c r="FH4" t="n">
+        <v>2</v>
+      </c>
+      <c r="FI4" t="n">
+        <v>2</v>
+      </c>
+      <c r="FJ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="FK4" t="n">
+        <v>1</v>
+      </c>
+      <c r="FL4" t="n">
+        <v>3</v>
+      </c>
+      <c r="FM4" t="n">
+        <v>0</v>
+      </c>
+      <c r="FN4" t="n">
+        <v>1</v>
+      </c>
+      <c r="FO4" t="n">
         <v>8</v>
       </c>
-      <c r="FE4" t="n">
-[...5 lines deleted...]
-      <c r="FG4" t="n">
+      <c r="FP4" t="n">
+        <v>2</v>
+      </c>
+      <c r="FQ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="FR4" t="n">
         <v>6</v>
       </c>
-      <c r="FH4" t="n">
-[...23 lines deleted...]
-      <c r="FP4" t="n">
+      <c r="FS4" t="n">
+        <v>3</v>
+      </c>
+      <c r="FT4" t="n">
+        <v>2</v>
+      </c>
+      <c r="FU4" t="n">
+        <v>2</v>
+      </c>
+      <c r="FV4" t="n">
+        <v>3</v>
+      </c>
+      <c r="FW4" t="n">
+        <v>1</v>
+      </c>
+      <c r="FX4" t="n">
+        <v>3</v>
+      </c>
+      <c r="FY4" t="n">
+        <v>0</v>
+      </c>
+      <c r="FZ4" t="n">
+        <v>1</v>
+      </c>
+      <c r="GA4" t="n">
         <v>8</v>
       </c>
-      <c r="FQ4" t="n">
-[...5 lines deleted...]
-      <c r="FS4" t="n">
+      <c r="GB4" t="n">
+        <v>2</v>
+      </c>
+      <c r="GC4" t="n">
+        <v>2</v>
+      </c>
+      <c r="GD4" t="n">
         <v>6</v>
       </c>
-      <c r="FT4" t="n">
-[...23 lines deleted...]
-      <c r="GB4" t="n">
+      <c r="GE4" t="n">
+        <v>3</v>
+      </c>
+      <c r="GF4" t="n">
+        <v>2</v>
+      </c>
+      <c r="GG4" t="n">
+        <v>2</v>
+      </c>
+      <c r="GH4" t="n">
+        <v>3</v>
+      </c>
+      <c r="GI4" t="n">
+        <v>1</v>
+      </c>
+      <c r="GJ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="GK4" t="n">
+        <v>0</v>
+      </c>
+      <c r="GL4" t="n">
+        <v>1</v>
+      </c>
+      <c r="GM4" t="n">
         <v>8</v>
       </c>
-      <c r="GC4" t="n">
-[...5 lines deleted...]
-      <c r="GE4" t="n">
+      <c r="GN4" t="n">
+        <v>2</v>
+      </c>
+      <c r="GO4" t="n">
+        <v>2</v>
+      </c>
+      <c r="GP4" t="n">
         <v>6</v>
       </c>
-      <c r="GF4" t="n">
-[...23 lines deleted...]
-      <c r="GN4" t="n">
+      <c r="GQ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="GR4" t="n">
+        <v>2</v>
+      </c>
+      <c r="GS4" t="n">
+        <v>2</v>
+      </c>
+      <c r="GT4" t="n">
+        <v>3</v>
+      </c>
+      <c r="GU4" t="n">
+        <v>1</v>
+      </c>
+      <c r="GV4" t="n">
+        <v>3</v>
+      </c>
+      <c r="GW4" t="n">
+        <v>0</v>
+      </c>
+      <c r="GX4" t="n">
+        <v>1</v>
+      </c>
+      <c r="GY4" t="n">
         <v>8</v>
       </c>
-      <c r="GO4" t="n">
-[...5 lines deleted...]
-      <c r="GQ4" t="n">
+      <c r="GZ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HA4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HB4" t="n">
         <v>6</v>
       </c>
-      <c r="GR4" t="n">
-[...23 lines deleted...]
-      <c r="GZ4" t="n">
+      <c r="HC4" t="n">
+        <v>3</v>
+      </c>
+      <c r="HD4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HE4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HF4" t="n">
+        <v>3</v>
+      </c>
+      <c r="HG4" t="n">
+        <v>1</v>
+      </c>
+      <c r="HH4" t="n">
+        <v>3</v>
+      </c>
+      <c r="HI4" t="n">
+        <v>0</v>
+      </c>
+      <c r="HJ4" t="n">
+        <v>1</v>
+      </c>
+      <c r="HK4" t="n">
         <v>8</v>
       </c>
-      <c r="HA4" t="n">
-[...5 lines deleted...]
-      <c r="HC4" t="n">
+      <c r="HL4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HM4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HN4" t="n">
         <v>6</v>
       </c>
-      <c r="HD4" t="n">
-[...23 lines deleted...]
-      <c r="HL4" t="n">
+      <c r="HO4" t="n">
+        <v>3</v>
+      </c>
+      <c r="HP4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HQ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HR4" t="n">
+        <v>3</v>
+      </c>
+      <c r="HS4" t="n">
+        <v>1</v>
+      </c>
+      <c r="HT4" t="n">
+        <v>3</v>
+      </c>
+      <c r="HU4" t="n">
+        <v>0</v>
+      </c>
+      <c r="HV4" t="n">
+        <v>1</v>
+      </c>
+      <c r="HW4" t="n">
         <v>8</v>
       </c>
-      <c r="HM4" t="n">
-[...5 lines deleted...]
-      <c r="HO4" t="n">
+      <c r="HX4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HY4" t="n">
+        <v>2</v>
+      </c>
+      <c r="HZ4" t="n">
         <v>6</v>
       </c>
-      <c r="HP4" t="n">
-[...23 lines deleted...]
-      <c r="HX4" t="n">
+      <c r="IA4" t="n">
+        <v>3</v>
+      </c>
+      <c r="IB4" t="n">
+        <v>2</v>
+      </c>
+      <c r="IC4" t="n">
+        <v>2</v>
+      </c>
+      <c r="ID4" t="n">
+        <v>3</v>
+      </c>
+      <c r="IE4" t="n">
+        <v>1</v>
+      </c>
+      <c r="IF4" t="n">
+        <v>3</v>
+      </c>
+      <c r="IG4" t="n">
+        <v>0</v>
+      </c>
+      <c r="IH4" t="n">
+        <v>1</v>
+      </c>
+      <c r="II4" t="n">
         <v>8</v>
       </c>
-      <c r="HY4" t="n">
-[...5 lines deleted...]
-      <c r="IA4" t="n">
+      <c r="IJ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="IK4" t="n">
+        <v>2</v>
+      </c>
+      <c r="IL4" t="n">
         <v>6</v>
       </c>
-      <c r="IB4" t="n">
-[...23 lines deleted...]
-      <c r="IJ4" t="n">
+      <c r="IM4" t="n">
+        <v>3</v>
+      </c>
+      <c r="IN4" t="n">
+        <v>2</v>
+      </c>
+      <c r="IO4" t="n">
+        <v>2</v>
+      </c>
+      <c r="IP4" t="n">
+        <v>3</v>
+      </c>
+      <c r="IQ4" t="n">
+        <v>1</v>
+      </c>
+      <c r="IR4" t="n">
+        <v>3</v>
+      </c>
+      <c r="IS4" t="n">
+        <v>0</v>
+      </c>
+      <c r="IT4" t="n">
+        <v>1</v>
+      </c>
+      <c r="IU4" t="n">
         <v>8</v>
       </c>
-      <c r="IK4" t="n">
-[...5 lines deleted...]
-      <c r="IM4" t="n">
+      <c r="IV4" t="n">
+        <v>2</v>
+      </c>
+      <c r="IW4" t="n">
+        <v>2</v>
+      </c>
+      <c r="IX4" t="n">
         <v>6</v>
       </c>
-      <c r="IN4" t="n">
-[...23 lines deleted...]
-      <c r="IV4" t="n">
+      <c r="IY4" t="n">
+        <v>3</v>
+      </c>
+      <c r="IZ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JA4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JB4" t="n">
+        <v>3</v>
+      </c>
+      <c r="JC4" t="n">
+        <v>1</v>
+      </c>
+      <c r="JD4" t="n">
+        <v>3</v>
+      </c>
+      <c r="JE4" t="n">
+        <v>0</v>
+      </c>
+      <c r="JF4" t="n">
+        <v>1</v>
+      </c>
+      <c r="JG4" t="n">
         <v>8</v>
       </c>
-      <c r="IW4" t="n">
-[...5 lines deleted...]
-      <c r="IY4" t="n">
+      <c r="JH4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JI4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JJ4" t="n">
         <v>6</v>
       </c>
-      <c r="IZ4" t="n">
-[...23 lines deleted...]
-      <c r="JH4" t="n">
+      <c r="JK4" t="n">
+        <v>3</v>
+      </c>
+      <c r="JL4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JM4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JN4" t="n">
+        <v>3</v>
+      </c>
+      <c r="JO4" t="n">
+        <v>1</v>
+      </c>
+      <c r="JP4" t="n">
+        <v>3</v>
+      </c>
+      <c r="JQ4" t="n">
+        <v>0</v>
+      </c>
+      <c r="JR4" t="n">
+        <v>1</v>
+      </c>
+      <c r="JS4" t="n">
         <v>8</v>
       </c>
-      <c r="JI4" t="n">
-[...5 lines deleted...]
-      <c r="JK4" t="n">
+      <c r="JT4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JU4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JV4" t="n">
         <v>6</v>
       </c>
-      <c r="JL4" t="n">
-[...23 lines deleted...]
-      <c r="JT4" t="n">
+      <c r="JW4" t="n">
+        <v>3</v>
+      </c>
+      <c r="JX4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JY4" t="n">
+        <v>2</v>
+      </c>
+      <c r="JZ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="KA4" t="n">
+        <v>1</v>
+      </c>
+      <c r="KB4" t="n">
+        <v>3</v>
+      </c>
+      <c r="KC4" t="n">
+        <v>0</v>
+      </c>
+      <c r="KD4" t="n">
+        <v>1</v>
+      </c>
+      <c r="KE4" t="n">
         <v>8</v>
       </c>
-      <c r="JU4" t="n">
-[...5 lines deleted...]
-      <c r="JW4" t="n">
+      <c r="KF4" t="n">
+        <v>2</v>
+      </c>
+      <c r="KG4" t="n">
+        <v>2</v>
+      </c>
+      <c r="KH4" t="n">
         <v>6</v>
       </c>
-      <c r="JX4" t="n">
-[...23 lines deleted...]
-      <c r="KF4" t="n">
+      <c r="KI4" t="n">
+        <v>3</v>
+      </c>
+      <c r="KJ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="KK4" t="n">
+        <v>2</v>
+      </c>
+      <c r="KL4" t="n">
+        <v>3</v>
+      </c>
+      <c r="KM4" t="n">
+        <v>1</v>
+      </c>
+      <c r="KN4" t="n">
+        <v>3</v>
+      </c>
+      <c r="KO4" t="n">
+        <v>0</v>
+      </c>
+      <c r="KP4" t="n">
+        <v>1</v>
+      </c>
+      <c r="KQ4" t="n">
         <v>8</v>
       </c>
-      <c r="KG4" t="n">
-[...5 lines deleted...]
-      <c r="KI4" t="n">
+      <c r="KR4" t="n">
+        <v>2</v>
+      </c>
+      <c r="KS4" t="n">
+        <v>2</v>
+      </c>
+      <c r="KT4" t="n">
         <v>6</v>
       </c>
-      <c r="KJ4" t="n">
-[...23 lines deleted...]
-      <c r="KR4" t="n">
+      <c r="KU4" t="n">
+        <v>3</v>
+      </c>
+      <c r="KV4" t="n">
+        <v>2</v>
+      </c>
+      <c r="KW4" t="n">
+        <v>2</v>
+      </c>
+      <c r="KX4" t="n">
+        <v>3</v>
+      </c>
+      <c r="KY4" t="n">
+        <v>1</v>
+      </c>
+      <c r="KZ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="LA4" t="n">
+        <v>0</v>
+      </c>
+      <c r="LB4" t="n">
+        <v>1</v>
+      </c>
+      <c r="LC4" t="n">
         <v>8</v>
       </c>
-      <c r="KS4" t="n">
-[...5 lines deleted...]
-      <c r="KU4" t="n">
+      <c r="LD4" t="n">
+        <v>2</v>
+      </c>
+      <c r="LE4" t="n">
+        <v>2</v>
+      </c>
+      <c r="LF4" t="n">
         <v>6</v>
       </c>
-      <c r="KV4" t="n">
-[...23 lines deleted...]
-      <c r="LD4" t="n">
+      <c r="LG4" t="n">
+        <v>3</v>
+      </c>
+      <c r="LH4" t="n">
+        <v>2</v>
+      </c>
+      <c r="LI4" t="n">
+        <v>2</v>
+      </c>
+      <c r="LJ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="LK4" t="n">
+        <v>1</v>
+      </c>
+      <c r="LL4" t="n">
+        <v>3</v>
+      </c>
+      <c r="LM4" t="n">
+        <v>0</v>
+      </c>
+      <c r="LN4" t="n">
+        <v>1</v>
+      </c>
+      <c r="LO4" t="n">
         <v>8</v>
       </c>
-      <c r="LE4" t="n">
-[...5 lines deleted...]
-      <c r="LG4" t="n">
+      <c r="LP4" t="n">
+        <v>2</v>
+      </c>
+      <c r="LQ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="LR4" t="n">
         <v>6</v>
       </c>
-      <c r="LH4" t="n">
-[...23 lines deleted...]
-      <c r="LP4" t="n">
+      <c r="LS4" t="n">
+        <v>3</v>
+      </c>
+      <c r="LT4" t="n">
+        <v>2</v>
+      </c>
+      <c r="LU4" t="n">
+        <v>2</v>
+      </c>
+      <c r="LV4" t="n">
+        <v>3</v>
+      </c>
+      <c r="LW4" t="n">
+        <v>1</v>
+      </c>
+      <c r="LX4" t="n">
+        <v>3</v>
+      </c>
+      <c r="LY4" t="n">
+        <v>0</v>
+      </c>
+      <c r="LZ4" t="n">
+        <v>1</v>
+      </c>
+      <c r="MA4" t="n">
         <v>8</v>
       </c>
-      <c r="LQ4" t="n">
-[...5 lines deleted...]
-      <c r="LS4" t="n">
+      <c r="MB4" t="n">
+        <v>2</v>
+      </c>
+      <c r="MC4" t="n">
+        <v>2</v>
+      </c>
+      <c r="MD4" t="n">
         <v>6</v>
       </c>
-      <c r="LT4" t="n">
-[...23 lines deleted...]
-      <c r="MB4" t="n">
+      <c r="ME4" t="n">
+        <v>3</v>
+      </c>
+      <c r="MF4" t="n">
+        <v>2</v>
+      </c>
+      <c r="MG4" t="n">
+        <v>2</v>
+      </c>
+      <c r="MH4" t="n">
+        <v>3</v>
+      </c>
+      <c r="MI4" t="n">
+        <v>1</v>
+      </c>
+      <c r="MJ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="MK4" t="n">
+        <v>0</v>
+      </c>
+      <c r="ML4" t="n">
+        <v>1</v>
+      </c>
+      <c r="MM4" t="n">
         <v>8</v>
       </c>
-      <c r="MC4" t="n">
-[...5 lines deleted...]
-      <c r="ME4" t="n">
+      <c r="MN4" t="n">
+        <v>2</v>
+      </c>
+      <c r="MO4" t="n">
+        <v>2</v>
+      </c>
+      <c r="MP4" t="n">
         <v>6</v>
       </c>
-      <c r="MF4" t="n">
-[...23 lines deleted...]
-      <c r="MN4" t="n">
+      <c r="MQ4" t="n">
+        <v>3</v>
+      </c>
+      <c r="MR4" t="n">
+        <v>2</v>
+      </c>
+      <c r="MS4" t="n">
+        <v>2</v>
+      </c>
+      <c r="MT4" t="n">
+        <v>3</v>
+      </c>
+      <c r="MU4" t="n">
+        <v>1</v>
+      </c>
+      <c r="MV4" t="n">
+        <v>3</v>
+      </c>
+      <c r="MW4" t="n">
+        <v>0</v>
+      </c>
+      <c r="MX4" t="n">
+        <v>1</v>
+      </c>
+      <c r="MY4" t="n">
         <v>8</v>
       </c>
-      <c r="MO4" t="n">
-[...5 lines deleted...]
-      <c r="MQ4" t="n">
+      <c r="MZ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NA4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NB4" t="n">
         <v>6</v>
       </c>
-      <c r="MR4" t="n">
-[...23 lines deleted...]
-      <c r="MZ4" t="n">
+      <c r="NC4" t="n">
+        <v>3</v>
+      </c>
+      <c r="ND4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NE4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NF4" t="n">
+        <v>3</v>
+      </c>
+      <c r="NG4" t="n">
+        <v>1</v>
+      </c>
+      <c r="NH4" t="n">
+        <v>3</v>
+      </c>
+      <c r="NI4" t="n">
+        <v>0</v>
+      </c>
+      <c r="NJ4" t="n">
+        <v>1</v>
+      </c>
+      <c r="NK4" t="n">
         <v>8</v>
       </c>
-      <c r="NA4" t="n">
-[...5 lines deleted...]
-      <c r="NC4" t="n">
+      <c r="NL4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NM4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NN4" t="n">
         <v>6</v>
       </c>
-      <c r="ND4" t="n">
-[...23 lines deleted...]
-      <c r="NL4" t="n">
+      <c r="NO4" t="n">
+        <v>3</v>
+      </c>
+      <c r="NP4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NQ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NR4" t="n">
+        <v>3</v>
+      </c>
+      <c r="NS4" t="n">
+        <v>1</v>
+      </c>
+      <c r="NT4" t="n">
+        <v>3</v>
+      </c>
+      <c r="NU4" t="n">
+        <v>0</v>
+      </c>
+      <c r="NV4" t="n">
+        <v>1</v>
+      </c>
+      <c r="NW4" t="n">
         <v>8</v>
       </c>
-      <c r="NM4" t="n">
-[...5 lines deleted...]
-      <c r="NO4" t="n">
+      <c r="NX4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NY4" t="n">
+        <v>2</v>
+      </c>
+      <c r="NZ4" t="n">
         <v>6</v>
       </c>
-      <c r="NP4" t="n">
-[...23 lines deleted...]
-      <c r="NX4" t="n">
+      <c r="OA4" t="n">
+        <v>3</v>
+      </c>
+      <c r="OB4" t="n">
+        <v>2</v>
+      </c>
+      <c r="OC4" t="n">
+        <v>2</v>
+      </c>
+      <c r="OD4" t="n">
+        <v>3</v>
+      </c>
+      <c r="OE4" t="n">
+        <v>1</v>
+      </c>
+      <c r="OF4" t="n">
+        <v>3</v>
+      </c>
+      <c r="OG4" t="n">
+        <v>0</v>
+      </c>
+      <c r="OH4" t="n">
+        <v>1</v>
+      </c>
+      <c r="OI4" t="n">
         <v>8</v>
       </c>
-      <c r="NY4" t="n">
-[...5 lines deleted...]
-      <c r="OA4" t="n">
+      <c r="OJ4" t="n">
+        <v>2</v>
+      </c>
+      <c r="OK4" t="n">
+        <v>2</v>
+      </c>
+      <c r="OL4" t="n">
         <v>6</v>
       </c>
-      <c r="OB4" t="n">
-[...23 lines deleted...]
-      <c r="OJ4" t="n">
+      <c r="OM4" t="n">
+        <v>3</v>
+      </c>
+      <c r="ON4" t="n">
+        <v>2</v>
+      </c>
+      <c r="OO4" t="n">
+        <v>2</v>
+      </c>
+      <c r="OP4" t="n">
+        <v>3</v>
+      </c>
+      <c r="OQ4" t="n">
+        <v>1</v>
+      </c>
+      <c r="OR4" t="n">
+        <v>3</v>
+      </c>
+      <c r="OS4" t="n">
+        <v>0</v>
+      </c>
+      <c r="OT4" t="n">
+        <v>1</v>
+      </c>
+      <c r="OU4" t="n">
         <v>8</v>
       </c>
-      <c r="OK4" t="n">
-[...5 lines deleted...]
-      <c r="OM4" t="n">
+      <c r="OV4" t="n">
+        <v>2</v>
+      </c>
+      <c r="OW4" t="n">
+        <v>2</v>
+      </c>
+      <c r="OX4" t="n">
         <v>6</v>
       </c>
-      <c r="ON4" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="OY4" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="OZ4" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="PA4" t="n">
         <v>2</v>
       </c>
       <c r="PB4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="PC4" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="PD4" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="PE4" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="PF4" t="n">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="PG4" t="n">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
-    <ignoredError sqref="A2:C4" twoDigitTextYear="1"/>
+    <ignoredError sqref="A2:B4" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>