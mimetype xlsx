--- v0 (2026-01-21)
+++ v1 (2026-03-26)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,2226 +420,2226 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AI20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Age Group</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>0-4</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>1484.78</v>
       </c>
       <c r="C2" t="n">
         <v>1488.48</v>
       </c>
       <c r="D2" t="n">
         <v>1089.2</v>
       </c>
       <c r="E2" t="n">
         <v>995.61</v>
       </c>
       <c r="F2" t="n">
         <v>1385.99</v>
       </c>
       <c r="G2" t="n">
         <v>1341.75</v>
       </c>
       <c r="H2" t="n">
-        <v>1312.85</v>
+        <v>1313.27</v>
       </c>
       <c r="I2" t="n">
-        <v>1317.47</v>
+        <v>1317.83</v>
       </c>
       <c r="J2" t="n">
-        <v>1316.31</v>
+        <v>1316.01</v>
       </c>
       <c r="K2" t="n">
-        <v>1310.1</v>
+        <v>1309.33</v>
       </c>
       <c r="L2" t="n">
-        <v>1304.41</v>
+        <v>1303.18</v>
       </c>
       <c r="M2" t="n">
-        <v>1301.33</v>
+        <v>1299.71</v>
       </c>
       <c r="N2" t="n">
-        <v>1299.79</v>
+        <v>1297.79</v>
       </c>
       <c r="O2" t="n">
-        <v>1299.54</v>
+        <v>1297.18</v>
       </c>
       <c r="P2" t="n">
-        <v>1300.83</v>
+        <v>1298.16</v>
       </c>
       <c r="Q2" t="n">
-        <v>1302.77</v>
+        <v>1299.8</v>
       </c>
       <c r="R2" t="n">
-        <v>1305.42</v>
+        <v>1302.17</v>
       </c>
       <c r="S2" t="n">
-        <v>1308.71</v>
+        <v>1305.2</v>
       </c>
       <c r="T2" t="n">
-        <v>1312.73</v>
+        <v>1308.98</v>
       </c>
       <c r="U2" t="n">
-        <v>1316.95</v>
+        <v>1312.96</v>
       </c>
       <c r="V2" t="n">
-        <v>1321.46</v>
+        <v>1317.23</v>
       </c>
       <c r="W2" t="n">
-        <v>1326.15</v>
+        <v>1321.7</v>
       </c>
       <c r="X2" t="n">
+        <v>1326.26</v>
+      </c>
+      <c r="Y2" t="n">
         <v>1330.93</v>
       </c>
-      <c r="Y2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Z2" t="n">
-        <v>1340.7</v>
+        <v>1335.6</v>
       </c>
       <c r="AA2" t="n">
-        <v>1345.71</v>
+        <v>1340.4</v>
       </c>
       <c r="AB2" t="n">
-        <v>1350.87</v>
+        <v>1345.36</v>
       </c>
       <c r="AC2" t="n">
-        <v>1356.16</v>
+        <v>1350.45</v>
       </c>
       <c r="AD2" t="n">
-        <v>1361.48</v>
+        <v>1355.57</v>
       </c>
       <c r="AE2" t="n">
-        <v>1366.86</v>
+        <v>1360.76</v>
       </c>
       <c r="AF2" t="n">
-        <v>1372.18</v>
+        <v>1365.88</v>
       </c>
       <c r="AG2" t="n">
-        <v>1377.44</v>
+        <v>1370.94</v>
       </c>
       <c r="AH2" t="n">
-        <v>1382.76</v>
+        <v>1376.07</v>
       </c>
       <c r="AI2" t="n">
-        <v>1388.07</v>
+        <v>1381.2</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>5-9</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>1182.35</v>
       </c>
       <c r="C3" t="n">
         <v>1287.16</v>
       </c>
       <c r="D3" t="n">
         <v>924.9299999999999</v>
       </c>
       <c r="E3" t="n">
         <v>910.3</v>
       </c>
       <c r="F3" t="n">
         <v>1315.88</v>
       </c>
       <c r="G3" t="n">
         <v>1297.97</v>
       </c>
       <c r="H3" t="n">
-        <v>1269.26</v>
+        <v>1269.6</v>
       </c>
       <c r="I3" t="n">
-        <v>1246.07</v>
+        <v>1246.35</v>
       </c>
       <c r="J3" t="n">
-        <v>1227.26</v>
+        <v>1227.37</v>
       </c>
       <c r="K3" t="n">
-        <v>1221.75</v>
+        <v>1221.89</v>
       </c>
       <c r="L3" t="n">
-        <v>1218.47</v>
+        <v>1218.7</v>
       </c>
       <c r="M3" t="n">
-        <v>1211.02</v>
+        <v>1211.37</v>
       </c>
       <c r="N3" t="n">
-        <v>1211.17</v>
+        <v>1211.75</v>
       </c>
       <c r="O3" t="n">
-        <v>1214.04</v>
+        <v>1214.87</v>
       </c>
       <c r="P3" t="n">
-        <v>1215.82</v>
+        <v>1216.92</v>
       </c>
       <c r="Q3" t="n">
-        <v>1217.9</v>
+        <v>1219.27</v>
       </c>
       <c r="R3" t="n">
-        <v>1220.45</v>
+        <v>1222.08</v>
       </c>
       <c r="S3" t="n">
-        <v>1223.75</v>
+        <v>1225.62</v>
       </c>
       <c r="T3" t="n">
-        <v>1227.75</v>
+        <v>1229.85</v>
       </c>
       <c r="U3" t="n">
-        <v>1232.17</v>
+        <v>1234.5</v>
       </c>
       <c r="V3" t="n">
-        <v>1236.78</v>
+        <v>1239.32</v>
       </c>
       <c r="W3" t="n">
-        <v>1241.51</v>
+        <v>1244.26</v>
       </c>
       <c r="X3" t="n">
-        <v>1246.41</v>
+        <v>1249.35</v>
       </c>
       <c r="Y3" t="n">
-        <v>1251.52</v>
+        <v>1254.67</v>
       </c>
       <c r="Z3" t="n">
-        <v>1256.83</v>
+        <v>1260.17</v>
       </c>
       <c r="AA3" t="n">
-        <v>1262.27</v>
+        <v>1265.81</v>
       </c>
       <c r="AB3" t="n">
-        <v>1267.91</v>
+        <v>1271.64</v>
       </c>
       <c r="AC3" t="n">
-        <v>1273.65</v>
+        <v>1277.58</v>
       </c>
       <c r="AD3" t="n">
-        <v>1279.47</v>
+        <v>1283.59</v>
       </c>
       <c r="AE3" t="n">
-        <v>1285.29</v>
+        <v>1289.61</v>
       </c>
       <c r="AF3" t="n">
-        <v>1291.11</v>
+        <v>1295.63</v>
       </c>
       <c r="AG3" t="n">
-        <v>1296.89</v>
+        <v>1301.6</v>
       </c>
       <c r="AH3" t="n">
-        <v>1302.7</v>
+        <v>1307.6</v>
       </c>
       <c r="AI3" t="n">
-        <v>1308.52</v>
+        <v>1313.62</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>10-14</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>982.4299999999999</v>
       </c>
       <c r="C4" t="n">
         <v>1013.36</v>
       </c>
       <c r="D4" t="n">
         <v>711.63</v>
       </c>
       <c r="E4" t="n">
         <v>677.87</v>
       </c>
       <c r="F4" t="n">
         <v>957.1</v>
       </c>
       <c r="G4" t="n">
         <v>977.76</v>
       </c>
       <c r="H4" t="n">
-        <v>960.9299999999999</v>
+        <v>961.12</v>
       </c>
       <c r="I4" t="n">
-        <v>973.13</v>
+        <v>973.26</v>
       </c>
       <c r="J4" t="n">
-        <v>967.84</v>
+        <v>967.79</v>
       </c>
       <c r="K4" t="n">
-        <v>963.25</v>
+        <v>963.0700000000001</v>
       </c>
       <c r="L4" t="n">
-        <v>951.59</v>
+        <v>951.28</v>
       </c>
       <c r="M4" t="n">
-        <v>953.46</v>
+        <v>952.97</v>
       </c>
       <c r="N4" t="n">
-        <v>949.64</v>
+        <v>948.95</v>
       </c>
       <c r="O4" t="n">
-        <v>943.99</v>
+        <v>943.11</v>
       </c>
       <c r="P4" t="n">
-        <v>940.04</v>
+        <v>939.01</v>
       </c>
       <c r="Q4" t="n">
-        <v>937.4</v>
+        <v>936.25</v>
       </c>
       <c r="R4" t="n">
-        <v>937.88</v>
+        <v>936.63</v>
       </c>
       <c r="S4" t="n">
-        <v>939.66</v>
+        <v>938.34</v>
       </c>
       <c r="T4" t="n">
-        <v>941.58</v>
+        <v>940.22</v>
       </c>
       <c r="U4" t="n">
-        <v>944.28</v>
+        <v>942.87</v>
       </c>
       <c r="V4" t="n">
-        <v>947.11</v>
+        <v>945.67</v>
       </c>
       <c r="W4" t="n">
-        <v>950.22</v>
+        <v>948.75</v>
       </c>
       <c r="X4" t="n">
-        <v>953.58</v>
+        <v>952.09</v>
       </c>
       <c r="Y4" t="n">
-        <v>957.13</v>
+        <v>955.61</v>
       </c>
       <c r="Z4" t="n">
-        <v>960.89</v>
+        <v>959.35</v>
       </c>
       <c r="AA4" t="n">
-        <v>964.8</v>
+        <v>963.24</v>
       </c>
       <c r="AB4" t="n">
-        <v>968.83</v>
+        <v>967.24</v>
       </c>
       <c r="AC4" t="n">
-        <v>973</v>
+        <v>971.39</v>
       </c>
       <c r="AD4" t="n">
-        <v>977.25</v>
+        <v>975.62</v>
       </c>
       <c r="AE4" t="n">
-        <v>981.55</v>
+        <v>979.9</v>
       </c>
       <c r="AF4" t="n">
-        <v>985.89</v>
+        <v>984.22</v>
       </c>
       <c r="AG4" t="n">
-        <v>990.26</v>
+        <v>988.58</v>
       </c>
       <c r="AH4" t="n">
-        <v>994.65</v>
+        <v>992.95</v>
       </c>
       <c r="AI4" t="n">
-        <v>999.05</v>
+        <v>997.33</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>15-19</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>1045.56</v>
       </c>
       <c r="C5" t="n">
         <v>1168.54</v>
       </c>
       <c r="D5" t="n">
         <v>839.89</v>
       </c>
       <c r="E5" t="n">
         <v>822.4299999999999</v>
       </c>
       <c r="F5" t="n">
         <v>1154.4</v>
       </c>
       <c r="G5" t="n">
         <v>1176.36</v>
       </c>
       <c r="H5" t="n">
-        <v>1199.2</v>
+        <v>1199.39</v>
       </c>
       <c r="I5" t="n">
-        <v>1190.98</v>
+        <v>1191.23</v>
       </c>
       <c r="J5" t="n">
-        <v>1199.66</v>
+        <v>1200</v>
       </c>
       <c r="K5" t="n">
-        <v>1202.4</v>
+        <v>1202.92</v>
       </c>
       <c r="L5" t="n">
-        <v>1197.68</v>
+        <v>1198.44</v>
       </c>
       <c r="M5" t="n">
-        <v>1200.3</v>
+        <v>1201.33</v>
       </c>
       <c r="N5" t="n">
-        <v>1208.97</v>
+        <v>1210.24</v>
       </c>
       <c r="O5" t="n">
-        <v>1212.32</v>
+        <v>1213.86</v>
       </c>
       <c r="P5" t="n">
-        <v>1205.85</v>
+        <v>1207.64</v>
       </c>
       <c r="Q5" t="n">
-        <v>1199.9</v>
+        <v>1201.98</v>
       </c>
       <c r="R5" t="n">
-        <v>1194.63</v>
+        <v>1196.91</v>
       </c>
       <c r="S5" t="n">
-        <v>1199.5</v>
+        <v>1202.02</v>
       </c>
       <c r="T5" t="n">
-        <v>1194.66</v>
+        <v>1197.41</v>
       </c>
       <c r="U5" t="n">
-        <v>1192.79</v>
+        <v>1195.8</v>
       </c>
       <c r="V5" t="n">
-        <v>1190.01</v>
+        <v>1193.28</v>
       </c>
       <c r="W5" t="n">
-        <v>1190.35</v>
+        <v>1193.9</v>
       </c>
       <c r="X5" t="n">
-        <v>1194.17</v>
+        <v>1198.02</v>
       </c>
       <c r="Y5" t="n">
-        <v>1199.39</v>
+        <v>1203.54</v>
       </c>
       <c r="Z5" t="n">
-        <v>1203.31</v>
+        <v>1207.74</v>
       </c>
       <c r="AA5" t="n">
-        <v>1207.33</v>
+        <v>1212.05</v>
       </c>
       <c r="AB5" t="n">
-        <v>1211.66</v>
+        <v>1216.67</v>
       </c>
       <c r="AC5" t="n">
-        <v>1216.23</v>
+        <v>1221.5</v>
       </c>
       <c r="AD5" t="n">
-        <v>1221.01</v>
+        <v>1226.55</v>
       </c>
       <c r="AE5" t="n">
-        <v>1226</v>
+        <v>1231.81</v>
       </c>
       <c r="AF5" t="n">
-        <v>1231.13</v>
+        <v>1237.21</v>
       </c>
       <c r="AG5" t="n">
-        <v>1236.32</v>
+        <v>1242.66</v>
       </c>
       <c r="AH5" t="n">
-        <v>1241.57</v>
+        <v>1248.18</v>
       </c>
       <c r="AI5" t="n">
-        <v>1246.88</v>
+        <v>1253.75</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>20-24</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>2529.86</v>
       </c>
       <c r="C6" t="n">
         <v>2462.1</v>
       </c>
       <c r="D6" t="n">
         <v>1793.13</v>
       </c>
       <c r="E6" t="n">
         <v>1835.81</v>
       </c>
       <c r="F6" t="n">
         <v>2739.67</v>
       </c>
       <c r="G6" t="n">
-        <v>2630.79</v>
+        <v>2630.8</v>
       </c>
       <c r="H6" t="n">
-        <v>2544.66</v>
+        <v>2545.45</v>
       </c>
       <c r="I6" t="n">
-        <v>2571</v>
+        <v>2571.71</v>
       </c>
       <c r="J6" t="n">
-        <v>2566.45</v>
+        <v>2566.76</v>
       </c>
       <c r="K6" t="n">
-        <v>2573.48</v>
+        <v>2574</v>
       </c>
       <c r="L6" t="n">
-        <v>2586.54</v>
+        <v>2587.23</v>
       </c>
       <c r="M6" t="n">
-        <v>2601.19</v>
+        <v>2602.17</v>
       </c>
       <c r="N6" t="n">
-        <v>2600.6</v>
+        <v>2601.84</v>
       </c>
       <c r="O6" t="n">
-        <v>2610.67</v>
+        <v>2612.18</v>
       </c>
       <c r="P6" t="n">
-        <v>2611.52</v>
+        <v>2613.29</v>
       </c>
       <c r="Q6" t="n">
-        <v>2615.81</v>
+        <v>2617.9</v>
       </c>
       <c r="R6" t="n">
-        <v>2625.59</v>
+        <v>2628.01</v>
       </c>
       <c r="S6" t="n">
-        <v>2635.78</v>
+        <v>2638.54</v>
       </c>
       <c r="T6" t="n">
-        <v>2636.78</v>
+        <v>2639.87</v>
       </c>
       <c r="U6" t="n">
-        <v>2633.32</v>
+        <v>2636.74</v>
       </c>
       <c r="V6" t="n">
-        <v>2630.58</v>
+        <v>2634.29</v>
       </c>
       <c r="W6" t="n">
-        <v>2630.58</v>
+        <v>2634.59</v>
       </c>
       <c r="X6" t="n">
-        <v>2637.7</v>
+        <v>2641.99</v>
       </c>
       <c r="Y6" t="n">
-        <v>2639.84</v>
+        <v>2644.43</v>
       </c>
       <c r="Z6" t="n">
-        <v>2644.1</v>
+        <v>2649</v>
       </c>
       <c r="AA6" t="n">
-        <v>2649.16</v>
+        <v>2654.38</v>
       </c>
       <c r="AB6" t="n">
-        <v>2657.3</v>
+        <v>2662.86</v>
       </c>
       <c r="AC6" t="n">
-        <v>2667.02</v>
+        <v>2672.94</v>
       </c>
       <c r="AD6" t="n">
-        <v>2678.23</v>
+        <v>2684.51</v>
       </c>
       <c r="AE6" t="n">
-        <v>2688.24</v>
+        <v>2694.88</v>
       </c>
       <c r="AF6" t="n">
-        <v>2698.36</v>
+        <v>2705.35</v>
       </c>
       <c r="AG6" t="n">
-        <v>2708.78</v>
+        <v>2716.12</v>
       </c>
       <c r="AH6" t="n">
-        <v>2719.6</v>
+        <v>2727.28</v>
       </c>
       <c r="AI6" t="n">
-        <v>2730.63</v>
+        <v>2738.65</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>25-29</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>2631.12</v>
       </c>
       <c r="C7" t="n">
         <v>2526.12</v>
       </c>
       <c r="D7" t="n">
         <v>1762.71</v>
       </c>
       <c r="E7" t="n">
         <v>1915.84</v>
       </c>
       <c r="F7" t="n">
         <v>2933.74</v>
       </c>
       <c r="G7" t="n">
         <v>2713.41</v>
       </c>
       <c r="H7" t="n">
-        <v>2587.75</v>
+        <v>2588.88</v>
       </c>
       <c r="I7" t="n">
-        <v>2493.07</v>
+        <v>2494.23</v>
       </c>
       <c r="J7" t="n">
-        <v>2448.01</v>
+        <v>2448.97</v>
       </c>
       <c r="K7" t="n">
-        <v>2409.12</v>
+        <v>2410.37</v>
       </c>
       <c r="L7" t="n">
-        <v>2392.43</v>
+        <v>2393.94</v>
       </c>
       <c r="M7" t="n">
-        <v>2389.12</v>
+        <v>2390.76</v>
       </c>
       <c r="N7" t="n">
-        <v>2396.86</v>
+        <v>2398.6</v>
       </c>
       <c r="O7" t="n">
-        <v>2405.59</v>
+        <v>2407.45</v>
       </c>
       <c r="P7" t="n">
-        <v>2417.61</v>
+        <v>2419.62</v>
       </c>
       <c r="Q7" t="n">
-        <v>2425.53</v>
+        <v>2427.68</v>
       </c>
       <c r="R7" t="n">
-        <v>2433.15</v>
+        <v>2435.46</v>
       </c>
       <c r="S7" t="n">
-        <v>2439.13</v>
+        <v>2441.59</v>
       </c>
       <c r="T7" t="n">
-        <v>2444.11</v>
+        <v>2446.71</v>
       </c>
       <c r="U7" t="n">
-        <v>2453.56</v>
+        <v>2456.29</v>
       </c>
       <c r="V7" t="n">
-        <v>2466.14</v>
+        <v>2469.03</v>
       </c>
       <c r="W7" t="n">
-        <v>2473.31</v>
+        <v>2476.35</v>
       </c>
       <c r="X7" t="n">
-        <v>2477.13</v>
+        <v>2480.34</v>
       </c>
       <c r="Y7" t="n">
-        <v>2485.51</v>
+        <v>2488.88</v>
       </c>
       <c r="Z7" t="n">
-        <v>2493.99</v>
+        <v>2497.51</v>
       </c>
       <c r="AA7" t="n">
-        <v>2501.65</v>
+        <v>2505.33</v>
       </c>
       <c r="AB7" t="n">
-        <v>2509.78</v>
+        <v>2513.61</v>
       </c>
       <c r="AC7" t="n">
-        <v>2518.73</v>
+        <v>2522.72</v>
       </c>
       <c r="AD7" t="n">
-        <v>2526.61</v>
+        <v>2530.75</v>
       </c>
       <c r="AE7" t="n">
-        <v>2536.07</v>
+        <v>2540.37</v>
       </c>
       <c r="AF7" t="n">
-        <v>2544.86</v>
+        <v>2549.33</v>
       </c>
       <c r="AG7" t="n">
-        <v>2554.59</v>
+        <v>2559.23</v>
       </c>
       <c r="AH7" t="n">
-        <v>2564.35</v>
+        <v>2569.17</v>
       </c>
       <c r="AI7" t="n">
-        <v>2574.3</v>
+        <v>2579.3</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>30-34</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>1895.9</v>
       </c>
       <c r="C8" t="n">
         <v>1923.62</v>
       </c>
       <c r="D8" t="n">
         <v>1305.71</v>
       </c>
       <c r="E8" t="n">
         <v>1312.07</v>
       </c>
       <c r="F8" t="n">
         <v>1895.93</v>
       </c>
       <c r="G8" t="n">
         <v>1859.54</v>
       </c>
       <c r="H8" t="n">
-        <v>1830.14</v>
+        <v>1830.87</v>
       </c>
       <c r="I8" t="n">
-        <v>1833.4</v>
+        <v>1834.34</v>
       </c>
       <c r="J8" t="n">
-        <v>1813.02</v>
+        <v>1813.33</v>
       </c>
       <c r="K8" t="n">
-        <v>1788.64</v>
+        <v>1788.97</v>
       </c>
       <c r="L8" t="n">
-        <v>1768.88</v>
+        <v>1769.24</v>
       </c>
       <c r="M8" t="n">
-        <v>1761.01</v>
+        <v>1761.48</v>
       </c>
       <c r="N8" t="n">
-        <v>1752.19</v>
+        <v>1752.72</v>
       </c>
       <c r="O8" t="n">
-        <v>1754.99</v>
+        <v>1755.6</v>
       </c>
       <c r="P8" t="n">
-        <v>1754.95</v>
+        <v>1755.63</v>
       </c>
       <c r="Q8" t="n">
-        <v>1761.15</v>
+        <v>1761.89</v>
       </c>
       <c r="R8" t="n">
-        <v>1766.29</v>
+        <v>1767.1</v>
       </c>
       <c r="S8" t="n">
-        <v>1773.21</v>
+        <v>1774.07</v>
       </c>
       <c r="T8" t="n">
-        <v>1780.95</v>
+        <v>1781.88</v>
       </c>
       <c r="U8" t="n">
-        <v>1788.91</v>
+        <v>1789.91</v>
       </c>
       <c r="V8" t="n">
-        <v>1796.47</v>
+        <v>1797.53</v>
       </c>
       <c r="W8" t="n">
-        <v>1803.94</v>
+        <v>1805.08</v>
       </c>
       <c r="X8" t="n">
-        <v>1810.71</v>
+        <v>1811.92</v>
       </c>
       <c r="Y8" t="n">
-        <v>1817.7</v>
+        <v>1818.98</v>
       </c>
       <c r="Z8" t="n">
-        <v>1825.89</v>
+        <v>1827.24</v>
       </c>
       <c r="AA8" t="n">
-        <v>1833.89</v>
+        <v>1835.31</v>
       </c>
       <c r="AB8" t="n">
-        <v>1840.93</v>
+        <v>1842.43</v>
       </c>
       <c r="AC8" t="n">
-        <v>1848.53</v>
+        <v>1850.12</v>
       </c>
       <c r="AD8" t="n">
-        <v>1856.56</v>
+        <v>1858.23</v>
       </c>
       <c r="AE8" t="n">
-        <v>1864.5</v>
+        <v>1866.25</v>
       </c>
       <c r="AF8" t="n">
-        <v>1872.1</v>
+        <v>1873.93</v>
       </c>
       <c r="AG8" t="n">
-        <v>1879.37</v>
+        <v>1881.28</v>
       </c>
       <c r="AH8" t="n">
-        <v>1887.26</v>
+        <v>1889.25</v>
       </c>
       <c r="AI8" t="n">
-        <v>1894.78</v>
+        <v>1896.85</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>35-39</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>1500.74</v>
       </c>
       <c r="C9" t="n">
         <v>1540.1</v>
       </c>
       <c r="D9" t="n">
         <v>1110.52</v>
       </c>
       <c r="E9" t="n">
         <v>1075.4</v>
       </c>
       <c r="F9" t="n">
         <v>1561.79</v>
       </c>
       <c r="G9" t="n">
         <v>1557.79</v>
       </c>
       <c r="H9" t="n">
-        <v>1528.98</v>
+        <v>1529.48</v>
       </c>
       <c r="I9" t="n">
-        <v>1523.5</v>
+        <v>1524.02</v>
       </c>
       <c r="J9" t="n">
-        <v>1500.49</v>
+        <v>1501.25</v>
       </c>
       <c r="K9" t="n">
-        <v>1505.64</v>
+        <v>1506.69</v>
       </c>
       <c r="L9" t="n">
-        <v>1507.84</v>
+        <v>1509.09</v>
       </c>
       <c r="M9" t="n">
-        <v>1507.22</v>
+        <v>1508.7</v>
       </c>
       <c r="N9" t="n">
-        <v>1508.63</v>
+        <v>1510.28</v>
       </c>
       <c r="O9" t="n">
-        <v>1505.63</v>
+        <v>1507.36</v>
       </c>
       <c r="P9" t="n">
-        <v>1503.35</v>
+        <v>1505.23</v>
       </c>
       <c r="Q9" t="n">
-        <v>1504.49</v>
+        <v>1506.49</v>
       </c>
       <c r="R9" t="n">
-        <v>1508.6</v>
+        <v>1510.73</v>
       </c>
       <c r="S9" t="n">
-        <v>1511.76</v>
+        <v>1514.02</v>
       </c>
       <c r="T9" t="n">
-        <v>1518.02</v>
+        <v>1520.42</v>
       </c>
       <c r="U9" t="n">
-        <v>1522.93</v>
+        <v>1525.47</v>
       </c>
       <c r="V9" t="n">
-        <v>1529.61</v>
+        <v>1532.28</v>
       </c>
       <c r="W9" t="n">
-        <v>1535.49</v>
+        <v>1538.29</v>
       </c>
       <c r="X9" t="n">
-        <v>1541.97</v>
+        <v>1544.91</v>
       </c>
       <c r="Y9" t="n">
-        <v>1548.49</v>
+        <v>1551.57</v>
       </c>
       <c r="Z9" t="n">
-        <v>1555.21</v>
+        <v>1558.42</v>
       </c>
       <c r="AA9" t="n">
-        <v>1562.02</v>
+        <v>1565.38</v>
       </c>
       <c r="AB9" t="n">
-        <v>1568.96</v>
+        <v>1572.47</v>
       </c>
       <c r="AC9" t="n">
-        <v>1575.91</v>
+        <v>1579.57</v>
       </c>
       <c r="AD9" t="n">
-        <v>1582.65</v>
+        <v>1586.45</v>
       </c>
       <c r="AE9" t="n">
-        <v>1589.63</v>
+        <v>1593.58</v>
       </c>
       <c r="AF9" t="n">
-        <v>1596.73</v>
+        <v>1600.82</v>
       </c>
       <c r="AG9" t="n">
-        <v>1603.63</v>
+        <v>1607.87</v>
       </c>
       <c r="AH9" t="n">
-        <v>1610.43</v>
+        <v>1614.83</v>
       </c>
       <c r="AI9" t="n">
-        <v>1617.35</v>
+        <v>1621.9</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>40-44</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1082.12</v>
       </c>
       <c r="C10" t="n">
         <v>1202.13</v>
       </c>
       <c r="D10" t="n">
         <v>848.5700000000001</v>
       </c>
       <c r="E10" t="n">
         <v>866.47</v>
       </c>
       <c r="F10" t="n">
         <v>1288.25</v>
       </c>
       <c r="G10" t="n">
         <v>1276.13</v>
       </c>
       <c r="H10" t="n">
-        <v>1277.76</v>
+        <v>1278.03</v>
       </c>
       <c r="I10" t="n">
-        <v>1288.7</v>
+        <v>1288.91</v>
       </c>
       <c r="J10" t="n">
-        <v>1303.53</v>
+        <v>1303.74</v>
       </c>
       <c r="K10" t="n">
-        <v>1298.37</v>
+        <v>1298.76</v>
       </c>
       <c r="L10" t="n">
-        <v>1297.5</v>
+        <v>1298.11</v>
       </c>
       <c r="M10" t="n">
-        <v>1290.51</v>
+        <v>1291.21</v>
       </c>
       <c r="N10" t="n">
-        <v>1289.86</v>
+        <v>1290.62</v>
       </c>
       <c r="O10" t="n">
-        <v>1286.21</v>
+        <v>1287</v>
       </c>
       <c r="P10" t="n">
-        <v>1289.71</v>
+        <v>1290.46</v>
       </c>
       <c r="Q10" t="n">
-        <v>1295.34</v>
+        <v>1295.99</v>
       </c>
       <c r="R10" t="n">
-        <v>1299.74</v>
+        <v>1300.3</v>
       </c>
       <c r="S10" t="n">
-        <v>1301.58</v>
+        <v>1302.05</v>
       </c>
       <c r="T10" t="n">
-        <v>1304.27</v>
+        <v>1304.65</v>
       </c>
       <c r="U10" t="n">
-        <v>1306.9</v>
+        <v>1307.21</v>
       </c>
       <c r="V10" t="n">
-        <v>1310.23</v>
+        <v>1310.48</v>
       </c>
       <c r="W10" t="n">
-        <v>1314.91</v>
+        <v>1315.11</v>
       </c>
       <c r="X10" t="n">
-        <v>1320.03</v>
+        <v>1320.21</v>
       </c>
       <c r="Y10" t="n">
-        <v>1325.61</v>
+        <v>1325.75</v>
       </c>
       <c r="Z10" t="n">
-        <v>1330.84</v>
+        <v>1330.97</v>
       </c>
       <c r="AA10" t="n">
-        <v>1336.73</v>
+        <v>1336.84</v>
       </c>
       <c r="AB10" t="n">
-        <v>1342.68</v>
+        <v>1342.78</v>
       </c>
       <c r="AC10" t="n">
-        <v>1348.76</v>
+        <v>1348.85</v>
       </c>
       <c r="AD10" t="n">
-        <v>1354.85</v>
+        <v>1354.94</v>
       </c>
       <c r="AE10" t="n">
-        <v>1361.03</v>
+        <v>1361.12</v>
       </c>
       <c r="AF10" t="n">
-        <v>1367.17</v>
+        <v>1367.27</v>
       </c>
       <c r="AG10" t="n">
-        <v>1373.4</v>
+        <v>1373.49</v>
       </c>
       <c r="AH10" t="n">
-        <v>1379.54</v>
+        <v>1379.64</v>
       </c>
       <c r="AI10" t="n">
-        <v>1385.68</v>
+        <v>1385.79</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="inlineStr">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>45-49</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>938.34</v>
       </c>
       <c r="C11" t="n">
         <v>990.78</v>
       </c>
       <c r="D11" t="n">
         <v>689.92</v>
       </c>
       <c r="E11" t="n">
         <v>665.98</v>
       </c>
       <c r="F11" t="n">
         <v>937.1900000000001</v>
       </c>
       <c r="G11" t="n">
         <v>957.37</v>
       </c>
       <c r="H11" t="n">
-        <v>987.3099999999999</v>
+        <v>987.47</v>
       </c>
       <c r="I11" t="n">
-        <v>1005.57</v>
+        <v>1005.72</v>
       </c>
       <c r="J11" t="n">
-        <v>1036.4</v>
+        <v>1036.54</v>
       </c>
       <c r="K11" t="n">
-        <v>1050.45</v>
+        <v>1050.67</v>
       </c>
       <c r="L11" t="n">
-        <v>1054.48</v>
+        <v>1054.73</v>
       </c>
       <c r="M11" t="n">
-        <v>1068.16</v>
+        <v>1068.49</v>
       </c>
       <c r="N11" t="n">
-        <v>1071.52</v>
+        <v>1072.02</v>
       </c>
       <c r="O11" t="n">
-        <v>1066.43</v>
+        <v>1067.07</v>
       </c>
       <c r="P11" t="n">
-        <v>1065.89</v>
+        <v>1066.69</v>
       </c>
       <c r="Q11" t="n">
-        <v>1065.63</v>
+        <v>1066.6</v>
       </c>
       <c r="R11" t="n">
-        <v>1062.46</v>
+        <v>1063.59</v>
       </c>
       <c r="S11" t="n">
-        <v>1066.75</v>
+        <v>1067.97</v>
       </c>
       <c r="T11" t="n">
-        <v>1065.22</v>
+        <v>1066.52</v>
       </c>
       <c r="U11" t="n">
-        <v>1066.61</v>
+        <v>1067.99</v>
       </c>
       <c r="V11" t="n">
-        <v>1070.59</v>
+        <v>1072.03</v>
       </c>
       <c r="W11" t="n">
-        <v>1074.14</v>
+        <v>1075.64</v>
       </c>
       <c r="X11" t="n">
-        <v>1078.81</v>
+        <v>1080.38</v>
       </c>
       <c r="Y11" t="n">
-        <v>1082.08</v>
+        <v>1083.72</v>
       </c>
       <c r="Z11" t="n">
-        <v>1086</v>
+        <v>1087.71</v>
       </c>
       <c r="AA11" t="n">
-        <v>1089.99</v>
+        <v>1091.8</v>
       </c>
       <c r="AB11" t="n">
-        <v>1094.68</v>
+        <v>1096.57</v>
       </c>
       <c r="AC11" t="n">
-        <v>1099.19</v>
+        <v>1101.18</v>
       </c>
       <c r="AD11" t="n">
-        <v>1103.85</v>
+        <v>1105.94</v>
       </c>
       <c r="AE11" t="n">
-        <v>1108.76</v>
+        <v>1110.95</v>
       </c>
       <c r="AF11" t="n">
-        <v>1113.71</v>
+        <v>1116.01</v>
       </c>
       <c r="AG11" t="n">
-        <v>1118.67</v>
+        <v>1121.07</v>
       </c>
       <c r="AH11" t="n">
-        <v>1123.63</v>
+        <v>1126.13</v>
       </c>
       <c r="AI11" t="n">
-        <v>1128.66</v>
+        <v>1131.26</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="inlineStr">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>50-54</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>713.96</v>
       </c>
       <c r="C12" t="n">
         <v>893.92</v>
       </c>
       <c r="D12" t="n">
         <v>646.5700000000001</v>
       </c>
       <c r="E12" t="n">
         <v>601.74</v>
       </c>
       <c r="F12" t="n">
         <v>782.03</v>
       </c>
       <c r="G12" t="n">
         <v>767.67</v>
       </c>
       <c r="H12" t="n">
-        <v>769.0599999999999</v>
+        <v>769.1900000000001</v>
       </c>
       <c r="I12" t="n">
-        <v>763.54</v>
+        <v>763.67</v>
       </c>
       <c r="J12" t="n">
-        <v>756.75</v>
+        <v>757.2</v>
       </c>
       <c r="K12" t="n">
-        <v>766.54</v>
+        <v>767.29</v>
       </c>
       <c r="L12" t="n">
-        <v>780.87</v>
+        <v>781.95</v>
       </c>
       <c r="M12" t="n">
-        <v>801.96</v>
+        <v>803.4</v>
       </c>
       <c r="N12" t="n">
-        <v>814.54</v>
+        <v>816.39</v>
       </c>
       <c r="O12" t="n">
-        <v>829.14</v>
+        <v>831.36</v>
       </c>
       <c r="P12" t="n">
-        <v>842.92</v>
+        <v>845.5</v>
       </c>
       <c r="Q12" t="n">
-        <v>840.53</v>
+        <v>843.48</v>
       </c>
       <c r="R12" t="n">
-        <v>851.64</v>
+        <v>854.96</v>
       </c>
       <c r="S12" t="n">
-        <v>857.79</v>
+        <v>861.55</v>
       </c>
       <c r="T12" t="n">
-        <v>856.72</v>
+        <v>860.89</v>
       </c>
       <c r="U12" t="n">
-        <v>858.1</v>
+        <v>862.7</v>
       </c>
       <c r="V12" t="n">
-        <v>856.6900000000001</v>
+        <v>861.71</v>
       </c>
       <c r="W12" t="n">
-        <v>856.49</v>
+        <v>861.92</v>
       </c>
       <c r="X12" t="n">
-        <v>860.89</v>
+        <v>866.72</v>
       </c>
       <c r="Y12" t="n">
-        <v>862.04</v>
+        <v>868.25</v>
       </c>
       <c r="Z12" t="n">
-        <v>864.49</v>
+        <v>871.09</v>
       </c>
       <c r="AA12" t="n">
-        <v>867.1</v>
+        <v>874.0700000000001</v>
       </c>
       <c r="AB12" t="n">
-        <v>870.64</v>
+        <v>877.97</v>
       </c>
       <c r="AC12" t="n">
-        <v>874.59</v>
+        <v>882.28</v>
       </c>
       <c r="AD12" t="n">
-        <v>877.58</v>
+        <v>885.63</v>
       </c>
       <c r="AE12" t="n">
-        <v>881.3099999999999</v>
+        <v>889.72</v>
       </c>
       <c r="AF12" t="n">
-        <v>884.7</v>
+        <v>893.47</v>
       </c>
       <c r="AG12" t="n">
-        <v>888.48</v>
+        <v>897.59</v>
       </c>
       <c r="AH12" t="n">
-        <v>892.23</v>
+        <v>901.7</v>
       </c>
       <c r="AI12" t="n">
-        <v>896.23</v>
+        <v>906.05</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="inlineStr">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>55-59</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>684.63</v>
       </c>
       <c r="C13" t="n">
         <v>866.67</v>
       </c>
       <c r="D13" t="n">
         <v>579.36</v>
       </c>
       <c r="E13" t="n">
         <v>570.55</v>
       </c>
       <c r="F13" t="n">
         <v>718.95</v>
       </c>
       <c r="G13" t="n">
         <v>751.66</v>
       </c>
       <c r="H13" t="n">
-        <v>751.5599999999999</v>
+        <v>751.67</v>
       </c>
       <c r="I13" t="n">
-        <v>770.23</v>
+        <v>770.36</v>
       </c>
       <c r="J13" t="n">
-        <v>767.23</v>
+        <v>767.52</v>
       </c>
       <c r="K13" t="n">
-        <v>766.23</v>
+        <v>766.75</v>
       </c>
       <c r="L13" t="n">
-        <v>757.65</v>
+        <v>758.33</v>
       </c>
       <c r="M13" t="n">
-        <v>746.03</v>
+        <v>746.86</v>
       </c>
       <c r="N13" t="n">
-        <v>741.38</v>
+        <v>742.38</v>
       </c>
       <c r="O13" t="n">
-        <v>745.6799999999999</v>
+        <v>746.9</v>
       </c>
       <c r="P13" t="n">
-        <v>760.6799999999999</v>
+        <v>762.11</v>
       </c>
       <c r="Q13" t="n">
-        <v>771.28</v>
+        <v>772.92</v>
       </c>
       <c r="R13" t="n">
-        <v>785.5599999999999</v>
+        <v>787.4</v>
       </c>
       <c r="S13" t="n">
-        <v>792.99</v>
+        <v>795.04</v>
       </c>
       <c r="T13" t="n">
-        <v>809.48</v>
+        <v>811.73</v>
       </c>
       <c r="U13" t="n">
-        <v>813.12</v>
+        <v>815.59</v>
       </c>
       <c r="V13" t="n">
-        <v>818.58</v>
+        <v>821.26</v>
       </c>
       <c r="W13" t="n">
-        <v>823.4</v>
+        <v>826.3</v>
       </c>
       <c r="X13" t="n">
-        <v>830.01</v>
+        <v>833.14</v>
       </c>
       <c r="Y13" t="n">
-        <v>831.89</v>
+        <v>835.26</v>
       </c>
       <c r="Z13" t="n">
-        <v>831.83</v>
+        <v>835.45</v>
       </c>
       <c r="AA13" t="n">
-        <v>833.42</v>
+        <v>837.3</v>
       </c>
       <c r="AB13" t="n">
-        <v>835.64</v>
+        <v>839.76</v>
       </c>
       <c r="AC13" t="n">
-        <v>838.29</v>
+        <v>842.64</v>
       </c>
       <c r="AD13" t="n">
-        <v>840.71</v>
+        <v>845.28</v>
       </c>
       <c r="AE13" t="n">
-        <v>844.33</v>
+        <v>849.12</v>
       </c>
       <c r="AF13" t="n">
-        <v>847.09</v>
+        <v>852.09</v>
       </c>
       <c r="AG13" t="n">
-        <v>850.5</v>
+        <v>855.71</v>
       </c>
       <c r="AH13" t="n">
-        <v>854.2</v>
+        <v>859.62</v>
       </c>
       <c r="AI13" t="n">
-        <v>857.73</v>
+        <v>863.36</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="inlineStr">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>60-64</t>
         </is>
       </c>
       <c r="B14" t="n">
         <v>532.7</v>
       </c>
       <c r="C14" t="n">
         <v>752.02</v>
       </c>
       <c r="D14" t="n">
         <v>509.28</v>
       </c>
       <c r="E14" t="n">
         <v>463.57</v>
       </c>
       <c r="F14" t="n">
         <v>602.14</v>
       </c>
       <c r="G14" t="n">
         <v>581.63</v>
       </c>
       <c r="H14" t="n">
-        <v>563.3</v>
+        <v>563.36</v>
       </c>
       <c r="I14" t="n">
-        <v>560.37</v>
+        <v>560.4400000000001</v>
       </c>
       <c r="J14" t="n">
-        <v>560.22</v>
+        <v>560.4</v>
       </c>
       <c r="K14" t="n">
-        <v>570.28</v>
+        <v>570.61</v>
       </c>
       <c r="L14" t="n">
-        <v>585.77</v>
+        <v>586.22</v>
       </c>
       <c r="M14" t="n">
-        <v>589.74</v>
+        <v>590.3</v>
       </c>
       <c r="N14" t="n">
-        <v>595.38</v>
+        <v>596.03</v>
       </c>
       <c r="O14" t="n">
-        <v>593.27</v>
+        <v>594</v>
       </c>
       <c r="P14" t="n">
-        <v>587.8200000000001</v>
+        <v>588.65</v>
       </c>
       <c r="Q14" t="n">
-        <v>586.89</v>
+        <v>587.79</v>
       </c>
       <c r="R14" t="n">
-        <v>587.33</v>
+        <v>588.28</v>
       </c>
       <c r="S14" t="n">
-        <v>584.08</v>
+        <v>585.08</v>
       </c>
       <c r="T14" t="n">
-        <v>584.6799999999999</v>
+        <v>585.72</v>
       </c>
       <c r="U14" t="n">
-        <v>595.88</v>
+        <v>596.95</v>
       </c>
       <c r="V14" t="n">
-        <v>604.5599999999999</v>
+        <v>605.66</v>
       </c>
       <c r="W14" t="n">
-        <v>612.74</v>
+        <v>613.89</v>
       </c>
       <c r="X14" t="n">
-        <v>616.77</v>
+        <v>617.97</v>
       </c>
       <c r="Y14" t="n">
-        <v>623.3099999999999</v>
+        <v>624.54</v>
       </c>
       <c r="Z14" t="n">
-        <v>629.87</v>
+        <v>631.16</v>
       </c>
       <c r="AA14" t="n">
-        <v>633.45</v>
+        <v>634.79</v>
       </c>
       <c r="AB14" t="n">
-        <v>637.72</v>
+        <v>639.1</v>
       </c>
       <c r="AC14" t="n">
-        <v>640.4299999999999</v>
+        <v>641.86</v>
       </c>
       <c r="AD14" t="n">
-        <v>644.45</v>
+        <v>645.95</v>
       </c>
       <c r="AE14" t="n">
-        <v>645.6900000000001</v>
+        <v>647.26</v>
       </c>
       <c r="AF14" t="n">
-        <v>646.53</v>
+        <v>648.17</v>
       </c>
       <c r="AG14" t="n">
-        <v>647.5599999999999</v>
+        <v>649.28</v>
       </c>
       <c r="AH14" t="n">
-        <v>650.14</v>
+        <v>651.92</v>
       </c>
       <c r="AI14" t="n">
-        <v>652.85</v>
+        <v>654.6900000000001</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>65-69</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>371.35</v>
       </c>
       <c r="C15" t="n">
         <v>523.89</v>
       </c>
       <c r="D15" t="n">
         <v>359.98</v>
       </c>
       <c r="E15" t="n">
         <v>334.36</v>
       </c>
       <c r="F15" t="n">
         <v>389.72</v>
       </c>
       <c r="G15" t="n">
         <v>391.73</v>
       </c>
       <c r="H15" t="n">
-        <v>391.93</v>
+        <v>391.96</v>
       </c>
       <c r="I15" t="n">
-        <v>399.93</v>
+        <v>399.96</v>
       </c>
       <c r="J15" t="n">
-        <v>402.02</v>
+        <v>402.17</v>
       </c>
       <c r="K15" t="n">
-        <v>394.49</v>
+        <v>394.77</v>
       </c>
       <c r="L15" t="n">
-        <v>391.64</v>
+        <v>392.06</v>
       </c>
       <c r="M15" t="n">
-        <v>380.68</v>
+        <v>381.21</v>
       </c>
       <c r="N15" t="n">
-        <v>379.02</v>
+        <v>379.68</v>
       </c>
       <c r="O15" t="n">
-        <v>381.39</v>
+        <v>382.2</v>
       </c>
       <c r="P15" t="n">
-        <v>382.98</v>
+        <v>383.94</v>
       </c>
       <c r="Q15" t="n">
-        <v>392.69</v>
+        <v>393.81</v>
       </c>
       <c r="R15" t="n">
-        <v>398.56</v>
+        <v>399.85</v>
       </c>
       <c r="S15" t="n">
-        <v>403</v>
+        <v>404.46</v>
       </c>
       <c r="T15" t="n">
-        <v>401.65</v>
+        <v>403.27</v>
       </c>
       <c r="U15" t="n">
-        <v>399.71</v>
+        <v>401.49</v>
       </c>
       <c r="V15" t="n">
-        <v>396.94</v>
+        <v>398.88</v>
       </c>
       <c r="W15" t="n">
-        <v>398.49</v>
+        <v>400.6</v>
       </c>
       <c r="X15" t="n">
-        <v>396.75</v>
+        <v>399.03</v>
       </c>
       <c r="Y15" t="n">
-        <v>399.78</v>
+        <v>402.22</v>
       </c>
       <c r="Z15" t="n">
-        <v>403.79</v>
+        <v>406.38</v>
       </c>
       <c r="AA15" t="n">
-        <v>409.1</v>
+        <v>411.86</v>
       </c>
       <c r="AB15" t="n">
-        <v>415.1</v>
+        <v>418.04</v>
       </c>
       <c r="AC15" t="n">
-        <v>419.04</v>
+        <v>422.15</v>
       </c>
       <c r="AD15" t="n">
-        <v>422.74</v>
+        <v>426.03</v>
       </c>
       <c r="AE15" t="n">
-        <v>426.03</v>
+        <v>429.5</v>
       </c>
       <c r="AF15" t="n">
-        <v>427.57</v>
+        <v>431.22</v>
       </c>
       <c r="AG15" t="n">
-        <v>428.97</v>
+        <v>432.81</v>
       </c>
       <c r="AH15" t="n">
-        <v>431.03</v>
+        <v>435.06</v>
       </c>
       <c r="AI15" t="n">
-        <v>432.83</v>
+        <v>437.05</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>70-74</t>
         </is>
       </c>
       <c r="B16" t="n">
         <v>232.54</v>
       </c>
       <c r="C16" t="n">
         <v>352.81</v>
       </c>
       <c r="D16" t="n">
         <v>266.08</v>
       </c>
       <c r="E16" t="n">
         <v>268.1</v>
       </c>
       <c r="F16" t="n">
         <v>255.88</v>
       </c>
       <c r="G16" t="n">
         <v>261.4</v>
       </c>
       <c r="H16" t="n">
-        <v>262.88</v>
+        <v>262.91</v>
       </c>
       <c r="I16" t="n">
         <v>264.25</v>
       </c>
       <c r="J16" t="n">
-        <v>269.52</v>
+        <v>269.55</v>
       </c>
       <c r="K16" t="n">
-        <v>273.16</v>
+        <v>273.24</v>
       </c>
       <c r="L16" t="n">
-        <v>280.15</v>
+        <v>280.23</v>
       </c>
       <c r="M16" t="n">
-        <v>280.14</v>
+        <v>280.27</v>
       </c>
       <c r="N16" t="n">
-        <v>287.52</v>
+        <v>287.69</v>
       </c>
       <c r="O16" t="n">
-        <v>286.97</v>
+        <v>287.2</v>
       </c>
       <c r="P16" t="n">
-        <v>289.79</v>
+        <v>290.09</v>
       </c>
       <c r="Q16" t="n">
-        <v>286.54</v>
+        <v>286.89</v>
       </c>
       <c r="R16" t="n">
-        <v>283.22</v>
+        <v>283.65</v>
       </c>
       <c r="S16" t="n">
-        <v>278.51</v>
+        <v>279.01</v>
       </c>
       <c r="T16" t="n">
-        <v>278.72</v>
+        <v>279.3</v>
       </c>
       <c r="U16" t="n">
-        <v>279.62</v>
+        <v>280.28</v>
       </c>
       <c r="V16" t="n">
-        <v>281.37</v>
+        <v>282.12</v>
       </c>
       <c r="W16" t="n">
-        <v>284.89</v>
+        <v>285.73</v>
       </c>
       <c r="X16" t="n">
-        <v>287.82</v>
+        <v>288.74</v>
       </c>
       <c r="Y16" t="n">
-        <v>289.33</v>
+        <v>290.34</v>
       </c>
       <c r="Z16" t="n">
-        <v>287.17</v>
+        <v>288.27</v>
       </c>
       <c r="AA16" t="n">
-        <v>287.91</v>
+        <v>289.07</v>
       </c>
       <c r="AB16" t="n">
-        <v>287.9</v>
+        <v>289.13</v>
       </c>
       <c r="AC16" t="n">
-        <v>287.15</v>
+        <v>288.46</v>
       </c>
       <c r="AD16" t="n">
-        <v>289.13</v>
+        <v>290.52</v>
       </c>
       <c r="AE16" t="n">
-        <v>291.61</v>
+        <v>293.06</v>
       </c>
       <c r="AF16" t="n">
-        <v>293.78</v>
+        <v>295.29</v>
       </c>
       <c r="AG16" t="n">
-        <v>297.22</v>
+        <v>298.8</v>
       </c>
       <c r="AH16" t="n">
-        <v>299.59</v>
+        <v>301.23</v>
       </c>
       <c r="AI16" t="n">
-        <v>302.37</v>
+        <v>304.07</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="inlineStr">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>75-79</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>135.15</v>
       </c>
       <c r="C17" t="n">
         <v>255.28</v>
       </c>
       <c r="D17" t="n">
         <v>194.38</v>
       </c>
       <c r="E17" t="n">
         <v>234.65</v>
       </c>
       <c r="F17" t="n">
         <v>219.37</v>
       </c>
       <c r="G17" t="n">
         <v>233.94</v>
       </c>
       <c r="H17" t="n">
-        <v>237.87</v>
+        <v>237.89</v>
       </c>
       <c r="I17" t="n">
-        <v>236.77</v>
+        <v>236.8</v>
       </c>
       <c r="J17" t="n">
-        <v>244.12</v>
+        <v>244.15</v>
       </c>
       <c r="K17" t="n">
-        <v>246.96</v>
+        <v>246.99</v>
       </c>
       <c r="L17" t="n">
-        <v>259.32</v>
+        <v>259.4</v>
       </c>
       <c r="M17" t="n">
-        <v>260.58</v>
+        <v>260.69</v>
       </c>
       <c r="N17" t="n">
-        <v>262.55</v>
+        <v>262.67</v>
       </c>
       <c r="O17" t="n">
-        <v>266.17</v>
+        <v>266.33</v>
       </c>
       <c r="P17" t="n">
-        <v>265.61</v>
+        <v>265.78</v>
       </c>
       <c r="Q17" t="n">
-        <v>267.73</v>
+        <v>267.95</v>
       </c>
       <c r="R17" t="n">
-        <v>267.99</v>
+        <v>268.25</v>
       </c>
       <c r="S17" t="n">
-        <v>275.9</v>
+        <v>276.2</v>
       </c>
       <c r="T17" t="n">
-        <v>273.84</v>
+        <v>274.2</v>
       </c>
       <c r="U17" t="n">
-        <v>274.81</v>
+        <v>275.2</v>
       </c>
       <c r="V17" t="n">
-        <v>272.2</v>
+        <v>272.65</v>
       </c>
       <c r="W17" t="n">
-        <v>269.86</v>
+        <v>270.37</v>
       </c>
       <c r="X17" t="n">
-        <v>264.67</v>
+        <v>265.25</v>
       </c>
       <c r="Y17" t="n">
-        <v>265.86</v>
+        <v>266.52</v>
       </c>
       <c r="Z17" t="n">
-        <v>266.77</v>
+        <v>267.49</v>
       </c>
       <c r="AA17" t="n">
-        <v>269.93</v>
+        <v>270.73</v>
       </c>
       <c r="AB17" t="n">
-        <v>273.53</v>
+        <v>274.39</v>
       </c>
       <c r="AC17" t="n">
-        <v>275.84</v>
+        <v>276.77</v>
       </c>
       <c r="AD17" t="n">
-        <v>275.34</v>
+        <v>276.33</v>
       </c>
       <c r="AE17" t="n">
-        <v>274.13</v>
+        <v>275.2</v>
       </c>
       <c r="AF17" t="n">
-        <v>270.15</v>
+        <v>271.28</v>
       </c>
       <c r="AG17" t="n">
-        <v>272.88</v>
+        <v>274.07</v>
       </c>
       <c r="AH17" t="n">
-        <v>270.39</v>
+        <v>271.63</v>
       </c>
       <c r="AI17" t="n">
-        <v>272.34</v>
+        <v>273.66</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="inlineStr">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>80-84</t>
         </is>
       </c>
       <c r="B18" t="n">
         <v>46.7</v>
       </c>
       <c r="C18" t="n">
         <v>161.19</v>
       </c>
       <c r="D18" t="n">
         <v>159.3</v>
       </c>
       <c r="E18" t="n">
         <v>145.27</v>
       </c>
       <c r="F18" t="n">
         <v>113.58</v>
       </c>
       <c r="G18" t="n">
         <v>120.57</v>
       </c>
       <c r="H18" t="n">
-        <v>136.72</v>
+        <v>136.73</v>
       </c>
       <c r="I18" t="n">
-        <v>151.31</v>
+        <v>151.32</v>
       </c>
       <c r="J18" t="n">
-        <v>163</v>
+        <v>163.01</v>
       </c>
       <c r="K18" t="n">
-        <v>170.13</v>
+        <v>170.14</v>
       </c>
       <c r="L18" t="n">
-        <v>178.39</v>
+        <v>178.4</v>
       </c>
       <c r="M18" t="n">
-        <v>182.51</v>
+        <v>182.53</v>
       </c>
       <c r="N18" t="n">
-        <v>185.27</v>
+        <v>185.29</v>
       </c>
       <c r="O18" t="n">
-        <v>188.26</v>
+        <v>188.29</v>
       </c>
       <c r="P18" t="n">
-        <v>190.95</v>
+        <v>190.98</v>
       </c>
       <c r="Q18" t="n">
-        <v>194.69</v>
+        <v>194.73</v>
       </c>
       <c r="R18" t="n">
-        <v>195.45</v>
+        <v>195.51</v>
       </c>
       <c r="S18" t="n">
-        <v>197.14</v>
+        <v>197.19</v>
       </c>
       <c r="T18" t="n">
-        <v>200.11</v>
+        <v>200.18</v>
       </c>
       <c r="U18" t="n">
-        <v>198.67</v>
+        <v>198.73</v>
       </c>
       <c r="V18" t="n">
-        <v>200.78</v>
+        <v>200.84</v>
       </c>
       <c r="W18" t="n">
-        <v>199.95</v>
+        <v>200.02</v>
       </c>
       <c r="X18" t="n">
-        <v>202.3</v>
+        <v>202.4</v>
       </c>
       <c r="Y18" t="n">
-        <v>201.18</v>
+        <v>201.3</v>
       </c>
       <c r="Z18" t="n">
-        <v>202.34</v>
+        <v>202.49</v>
       </c>
       <c r="AA18" t="n">
-        <v>201.42</v>
+        <v>201.58</v>
       </c>
       <c r="AB18" t="n">
-        <v>197.13</v>
+        <v>197.3</v>
       </c>
       <c r="AC18" t="n">
-        <v>194.14</v>
+        <v>194.32</v>
       </c>
       <c r="AD18" t="n">
-        <v>193.62</v>
+        <v>193.81</v>
       </c>
       <c r="AE18" t="n">
-        <v>194.19</v>
+        <v>194.38</v>
       </c>
       <c r="AF18" t="n">
-        <v>198.9</v>
+        <v>199.09</v>
       </c>
       <c r="AG18" t="n">
-        <v>198.7</v>
+        <v>198.89</v>
       </c>
       <c r="AH18" t="n">
-        <v>201.65</v>
+        <v>201.83</v>
       </c>
       <c r="AI18" t="n">
-        <v>201.1</v>
+        <v>201.28</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="inlineStr">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>85+</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>167.47</v>
       </c>
       <c r="C19" t="n">
         <v>174.73</v>
       </c>
       <c r="D19" t="n">
         <v>134.75</v>
       </c>
       <c r="E19" t="n">
         <v>138.85</v>
       </c>
       <c r="F19" t="n">
         <v>144.17</v>
       </c>
       <c r="G19" t="n">
         <v>149.97</v>
       </c>
       <c r="H19" t="n">
         <v>157.28</v>
       </c>
       <c r="I19" t="n">
-        <v>164.81</v>
+        <v>164.82</v>
       </c>
       <c r="J19" t="n">
         <v>173.45</v>
       </c>
       <c r="K19" t="n">
-        <v>184.82</v>
+        <v>184.8</v>
       </c>
       <c r="L19" t="n">
-        <v>196.44</v>
+        <v>196.41</v>
       </c>
       <c r="M19" t="n">
-        <v>212.2</v>
+        <v>212.16</v>
       </c>
       <c r="N19" t="n">
-        <v>227.18</v>
+        <v>227.11</v>
       </c>
       <c r="O19" t="n">
-        <v>241.56</v>
+        <v>241.48</v>
       </c>
       <c r="P19" t="n">
-        <v>254.02</v>
+        <v>253.91</v>
       </c>
       <c r="Q19" t="n">
-        <v>266.86</v>
+        <v>266.74</v>
       </c>
       <c r="R19" t="n">
-        <v>278.79</v>
+        <v>278.66</v>
       </c>
       <c r="S19" t="n">
-        <v>289.25</v>
+        <v>289.1</v>
       </c>
       <c r="T19" t="n">
-        <v>301.77</v>
+        <v>301.6</v>
       </c>
       <c r="U19" t="n">
-        <v>314.17</v>
+        <v>313.98</v>
       </c>
       <c r="V19" t="n">
-        <v>323.47</v>
+        <v>323.27</v>
       </c>
       <c r="W19" t="n">
-        <v>334.35</v>
+        <v>334.13</v>
       </c>
       <c r="X19" t="n">
-        <v>341.98</v>
+        <v>341.74</v>
       </c>
       <c r="Y19" t="n">
-        <v>350.85</v>
+        <v>350.58</v>
       </c>
       <c r="Z19" t="n">
-        <v>359.47</v>
+        <v>359.19</v>
       </c>
       <c r="AA19" t="n">
-        <v>368.55</v>
+        <v>368.25</v>
       </c>
       <c r="AB19" t="n">
-        <v>377.67</v>
+        <v>377.36</v>
       </c>
       <c r="AC19" t="n">
-        <v>384.8</v>
+        <v>384.48</v>
       </c>
       <c r="AD19" t="n">
-        <v>388.27</v>
+        <v>387.94</v>
       </c>
       <c r="AE19" t="n">
-        <v>391.17</v>
+        <v>390.83</v>
       </c>
       <c r="AF19" t="n">
-        <v>393.26</v>
+        <v>392.91</v>
       </c>
       <c r="AG19" t="n">
-        <v>396.69</v>
+        <v>396.33</v>
       </c>
       <c r="AH19" t="n">
-        <v>398.98</v>
+        <v>398.59</v>
       </c>
       <c r="AI19" t="n">
-        <v>401.63</v>
+        <v>401.22</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>18157.69</v>
       </c>
       <c r="C20" t="n">
         <v>19582.9</v>
       </c>
       <c r="D20" t="n">
         <v>13925.9</v>
       </c>
       <c r="E20" t="n">
         <v>13834.87</v>
       </c>
       <c r="F20" t="n">
         <v>19395.78</v>
       </c>
       <c r="G20" t="n">
-        <v>19047.42</v>
+        <v>19047.43</v>
       </c>
       <c r="H20" t="n">
-        <v>18769.45</v>
+        <v>18774.54</v>
       </c>
       <c r="I20" t="n">
-        <v>18754.09</v>
+        <v>18759.21</v>
       </c>
       <c r="J20" t="n">
-        <v>18715.27</v>
+        <v>18719.2</v>
       </c>
       <c r="K20" t="n">
-        <v>18695.8</v>
+        <v>18701.27</v>
       </c>
       <c r="L20" t="n">
-        <v>18710.05</v>
+        <v>18716.94</v>
       </c>
       <c r="M20" t="n">
-        <v>18737.17</v>
+        <v>18745.62</v>
       </c>
       <c r="N20" t="n">
-        <v>18782.05</v>
+        <v>18792.05</v>
       </c>
       <c r="O20" t="n">
-        <v>18831.85</v>
+        <v>18843.45</v>
       </c>
       <c r="P20" t="n">
-        <v>18880.33</v>
+        <v>18893.61</v>
       </c>
       <c r="Q20" t="n">
-        <v>18933.12</v>
+        <v>18948.15</v>
       </c>
       <c r="R20" t="n">
-        <v>19002.75</v>
+        <v>19019.53</v>
       </c>
       <c r="S20" t="n">
-        <v>19078.49</v>
+        <v>19097.07</v>
       </c>
       <c r="T20" t="n">
-        <v>19133.06</v>
+        <v>19153.4</v>
       </c>
       <c r="U20" t="n">
-        <v>19192.49</v>
+        <v>19214.65</v>
       </c>
       <c r="V20" t="n">
-        <v>19253.56</v>
+        <v>19277.54</v>
       </c>
       <c r="W20" t="n">
-        <v>19320.77</v>
+        <v>19346.64</v>
       </c>
       <c r="X20" t="n">
-        <v>19392.65</v>
+        <v>19420.44</v>
       </c>
       <c r="Y20" t="n">
-        <v>19467.33</v>
+        <v>19497.09</v>
       </c>
       <c r="Z20" t="n">
-        <v>19543.48</v>
+        <v>19575.23</v>
       </c>
       <c r="AA20" t="n">
-        <v>19624.44</v>
+        <v>19658.2</v>
       </c>
       <c r="AB20" t="n">
-        <v>19708.92</v>
+        <v>19744.7</v>
       </c>
       <c r="AC20" t="n">
-        <v>19791.46</v>
+        <v>19829.27</v>
       </c>
       <c r="AD20" t="n">
-        <v>19873.81</v>
+        <v>19913.65</v>
       </c>
       <c r="AE20" t="n">
-        <v>19956.39</v>
+        <v>19998.28</v>
       </c>
       <c r="AF20" t="n">
-        <v>20035.22</v>
+        <v>20079.16</v>
       </c>
       <c r="AG20" t="n">
-        <v>20120.37</v>
+        <v>20166.35</v>
       </c>
       <c r="AH20" t="n">
-        <v>20204.7</v>
+        <v>20252.7</v>
       </c>
       <c r="AI20" t="n">
-        <v>20291</v>
+        <v>20341.02</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
     <ignoredError sqref="A2:A20" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>