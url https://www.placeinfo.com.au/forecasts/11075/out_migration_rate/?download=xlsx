--- v0 (2026-01-22)
+++ v1 (2026-03-20)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,269 +420,269 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AI20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Age Group</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>0-4</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>0.2071</v>
       </c>
       <c r="C2" t="n">
         <v>0.211</v>
       </c>
       <c r="D2" t="n">
         <v>0.1499</v>
       </c>
       <c r="E2" t="n">
         <v>0.1383</v>
       </c>
       <c r="F2" t="n">
         <v>0.1955</v>
       </c>
       <c r="G2" t="n">
         <v>0.1957</v>
       </c>
       <c r="H2" t="n">
         <v>0.1943</v>
       </c>
       <c r="I2" t="n">
-        <v>0.1953</v>
+        <v>0.1952</v>
       </c>
       <c r="J2" t="n">
-        <v>0.1943</v>
+        <v>0.1942</v>
       </c>
       <c r="K2" t="n">
-        <v>0.194</v>
+        <v>0.1938</v>
       </c>
       <c r="L2" t="n">
-        <v>0.1938</v>
+        <v>0.1935</v>
       </c>
       <c r="M2" t="n">
-        <v>0.1938</v>
+        <v>0.1934</v>
       </c>
       <c r="N2" t="n">
-        <v>0.1937</v>
+        <v>0.1932</v>
       </c>
       <c r="O2" t="n">
-        <v>0.1936</v>
+        <v>0.193</v>
       </c>
       <c r="P2" t="n">
-        <v>0.1935</v>
+        <v>0.1928</v>
       </c>
       <c r="Q2" t="n">
-        <v>0.1933</v>
+        <v>0.1926</v>
       </c>
       <c r="R2" t="n">
-        <v>0.1932</v>
+        <v>0.1924</v>
       </c>
       <c r="S2" t="n">
-        <v>0.1931</v>
+        <v>0.1922</v>
       </c>
       <c r="T2" t="n">
-        <v>0.193</v>
+        <v>0.1921</v>
       </c>
       <c r="U2" t="n">
-        <v>0.1929</v>
+        <v>0.1919</v>
       </c>
       <c r="V2" t="n">
-        <v>0.1928</v>
+        <v>0.1918</v>
       </c>
       <c r="W2" t="n">
-        <v>0.1927</v>
+        <v>0.1916</v>
       </c>
       <c r="X2" t="n">
-        <v>0.1926</v>
+        <v>0.1915</v>
       </c>
       <c r="Y2" t="n">
-        <v>0.1925</v>
+        <v>0.1913</v>
       </c>
       <c r="Z2" t="n">
-        <v>0.1924</v>
+        <v>0.1912</v>
       </c>
       <c r="AA2" t="n">
-        <v>0.1923</v>
+        <v>0.1911</v>
       </c>
       <c r="AB2" t="n">
-        <v>0.1923</v>
+        <v>0.1909</v>
       </c>
       <c r="AC2" t="n">
-        <v>0.1922</v>
+        <v>0.1908</v>
       </c>
       <c r="AD2" t="n">
-        <v>0.1922</v>
+        <v>0.1907</v>
       </c>
       <c r="AE2" t="n">
-        <v>0.1921</v>
+        <v>0.1906</v>
       </c>
       <c r="AF2" t="n">
-        <v>0.1921</v>
+        <v>0.1905</v>
       </c>
       <c r="AG2" t="n">
-        <v>0.192</v>
+        <v>0.1904</v>
       </c>
       <c r="AH2" t="n">
-        <v>0.1919</v>
+        <v>0.1903</v>
       </c>
       <c r="AI2" t="n">
-        <v>0.1919</v>
+        <v>0.1902</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>5-9</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>0.1145</v>
       </c>
       <c r="C3" t="n">
         <v>0.1263</v>
       </c>
       <c r="D3" t="n">
         <v>0.0906</v>
       </c>
       <c r="E3" t="n">
         <v>0.0876</v>
       </c>
       <c r="F3" t="n">
         <v>0.1246</v>
       </c>
       <c r="G3" t="n">
         <v>0.1251</v>
       </c>
       <c r="H3" t="n">
         <v>0.1237</v>
       </c>
@@ -748,827 +734,827 @@
       <c r="X3" t="n">
         <v>0.1244</v>
       </c>
       <c r="Y3" t="n">
         <v>0.1244</v>
       </c>
       <c r="Z3" t="n">
         <v>0.1244</v>
       </c>
       <c r="AA3" t="n">
         <v>0.1244</v>
       </c>
       <c r="AB3" t="n">
         <v>0.1244</v>
       </c>
       <c r="AC3" t="n">
         <v>0.1244</v>
       </c>
       <c r="AD3" t="n">
         <v>0.1244</v>
       </c>
       <c r="AE3" t="n">
         <v>0.1244</v>
       </c>
       <c r="AF3" t="n">
-        <v>0.1244</v>
+        <v>0.1245</v>
       </c>
       <c r="AG3" t="n">
         <v>0.1245</v>
       </c>
       <c r="AH3" t="n">
         <v>0.1245</v>
       </c>
       <c r="AI3" t="n">
         <v>0.1245</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>10-14</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>0.08550000000000001</v>
       </c>
       <c r="C4" t="n">
         <v>0.08790000000000001</v>
       </c>
       <c r="D4" t="n">
         <v>0.0624</v>
       </c>
       <c r="E4" t="n">
         <v>0.059</v>
       </c>
       <c r="F4" t="n">
         <v>0.0824</v>
       </c>
       <c r="G4" t="n">
         <v>0.0834</v>
       </c>
       <c r="H4" t="n">
         <v>0.0819</v>
       </c>
       <c r="I4" t="n">
         <v>0.0829</v>
       </c>
       <c r="J4" t="n">
         <v>0.0827</v>
       </c>
       <c r="K4" t="n">
-        <v>0.083</v>
+        <v>0.0829</v>
       </c>
       <c r="L4" t="n">
-        <v>0.0828</v>
+        <v>0.0827</v>
       </c>
       <c r="M4" t="n">
+        <v>0.0833</v>
+      </c>
+      <c r="N4" t="n">
         <v>0.0834</v>
       </c>
-      <c r="N4" t="n">
+      <c r="O4" t="n">
         <v>0.0835</v>
       </c>
-      <c r="O4" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P4" t="n">
+        <v>0.0834</v>
+      </c>
+      <c r="Q4" t="n">
+        <v>0.0834</v>
+      </c>
+      <c r="R4" t="n">
         <v>0.0835</v>
       </c>
-      <c r="Q4" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S4" t="n">
-        <v>0.0837</v>
+        <v>0.0835</v>
       </c>
       <c r="T4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0834</v>
       </c>
       <c r="U4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0834</v>
       </c>
       <c r="V4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0834</v>
       </c>
       <c r="W4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0834</v>
       </c>
       <c r="X4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0834</v>
       </c>
       <c r="Y4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0834</v>
       </c>
       <c r="Z4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0833</v>
       </c>
       <c r="AA4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0833</v>
       </c>
       <c r="AB4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0833</v>
       </c>
       <c r="AC4" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.0833</v>
       </c>
       <c r="AD4" t="n">
-        <v>0.0837</v>
+        <v>0.0833</v>
       </c>
       <c r="AE4" t="n">
-        <v>0.0837</v>
+        <v>0.0833</v>
       </c>
       <c r="AF4" t="n">
-        <v>0.0837</v>
+        <v>0.0833</v>
       </c>
       <c r="AG4" t="n">
-        <v>0.0837</v>
+        <v>0.0833</v>
       </c>
       <c r="AH4" t="n">
-        <v>0.0837</v>
+        <v>0.0833</v>
       </c>
       <c r="AI4" t="n">
-        <v>0.0837</v>
+        <v>0.0833</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>15-19</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>0.099</v>
       </c>
       <c r="C5" t="n">
         <v>0.1066</v>
       </c>
       <c r="D5" t="n">
         <v>0.07480000000000001</v>
       </c>
       <c r="E5" t="n">
         <v>0.0713</v>
       </c>
       <c r="F5" t="n">
         <v>0.0969</v>
       </c>
       <c r="G5" t="n">
         <v>0.0973</v>
       </c>
       <c r="H5" t="n">
         <v>0.0984</v>
       </c>
       <c r="I5" t="n">
         <v>0.0983</v>
       </c>
       <c r="J5" t="n">
-        <v>0.0987</v>
+        <v>0.0988</v>
       </c>
       <c r="K5" t="n">
-        <v>0.0988</v>
+        <v>0.0989</v>
       </c>
       <c r="L5" t="n">
         <v>0.098</v>
       </c>
       <c r="M5" t="n">
         <v>0.098</v>
       </c>
       <c r="N5" t="n">
         <v>0.0987</v>
       </c>
       <c r="O5" t="n">
         <v>0.09909999999999999</v>
       </c>
       <c r="P5" t="n">
         <v>0.099</v>
       </c>
       <c r="Q5" t="n">
         <v>0.099</v>
       </c>
       <c r="R5" t="n">
-        <v>0.0988</v>
+        <v>0.0989</v>
       </c>
       <c r="S5" t="n">
+        <v>0.0994</v>
+      </c>
+      <c r="T5" t="n">
         <v>0.0993</v>
       </c>
-      <c r="T5" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="U5" t="n">
-        <v>0.0992</v>
+        <v>0.0993</v>
       </c>
       <c r="V5" t="n">
+        <v>0.09909999999999999</v>
+      </c>
+      <c r="W5" t="n">
         <v>0.099</v>
       </c>
-      <c r="W5" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="X5" t="n">
-        <v>0.0989</v>
+        <v>0.099</v>
       </c>
       <c r="Y5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="Z5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="AA5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="AB5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="AC5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="AD5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="AE5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="AF5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="AG5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="AH5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
       <c r="AI5" t="n">
-        <v>0.0989</v>
+        <v>0.09909999999999999</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>20-24</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>0.2509</v>
       </c>
       <c r="C6" t="n">
         <v>0.2565</v>
       </c>
       <c r="D6" t="n">
         <v>0.1831</v>
       </c>
       <c r="E6" t="n">
         <v>0.1764</v>
       </c>
       <c r="F6" t="n">
         <v>0.2519</v>
       </c>
       <c r="G6" t="n">
         <v>0.2513</v>
       </c>
       <c r="H6" t="n">
         <v>0.247</v>
       </c>
       <c r="I6" t="n">
         <v>0.2477</v>
       </c>
       <c r="J6" t="n">
         <v>0.2475</v>
       </c>
       <c r="K6" t="n">
         <v>0.2463</v>
       </c>
       <c r="L6" t="n">
         <v>0.246</v>
       </c>
       <c r="M6" t="n">
-        <v>0.2467</v>
+        <v>0.2468</v>
       </c>
       <c r="N6" t="n">
-        <v>0.2472</v>
+        <v>0.2473</v>
       </c>
       <c r="O6" t="n">
+        <v>0.2482</v>
+      </c>
+      <c r="P6" t="n">
+        <v>0.2478</v>
+      </c>
+      <c r="Q6" t="n">
+        <v>0.2468</v>
+      </c>
+      <c r="R6" t="n">
+        <v>0.2473</v>
+      </c>
+      <c r="S6" t="n">
+        <v>0.2483</v>
+      </c>
+      <c r="T6" t="n">
+        <v>0.2483</v>
+      </c>
+      <c r="U6" t="n">
         <v>0.2481</v>
       </c>
-      <c r="P6" t="n">
-[...8 lines deleted...]
-      <c r="S6" t="n">
+      <c r="V6" t="n">
+        <v>0.2479</v>
+      </c>
+      <c r="W6" t="n">
+        <v>0.2478</v>
+      </c>
+      <c r="X6" t="n">
         <v>0.2481</v>
       </c>
-      <c r="T6" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="Y6" t="n">
-        <v>0.248</v>
+        <v>0.2483</v>
       </c>
       <c r="Z6" t="n">
-        <v>0.2479</v>
+        <v>0.2482</v>
       </c>
       <c r="AA6" t="n">
-        <v>0.2479</v>
+        <v>0.2482</v>
       </c>
       <c r="AB6" t="n">
-        <v>0.2478</v>
+        <v>0.2482</v>
       </c>
       <c r="AC6" t="n">
-        <v>0.2479</v>
+        <v>0.2483</v>
       </c>
       <c r="AD6" t="n">
-        <v>0.2479</v>
+        <v>0.2484</v>
       </c>
       <c r="AE6" t="n">
-        <v>0.248</v>
+        <v>0.2484</v>
       </c>
       <c r="AF6" t="n">
-        <v>0.248</v>
+        <v>0.2484</v>
       </c>
       <c r="AG6" t="n">
-        <v>0.248</v>
+        <v>0.2484</v>
       </c>
       <c r="AH6" t="n">
-        <v>0.248</v>
+        <v>0.2484</v>
       </c>
       <c r="AI6" t="n">
-        <v>0.248</v>
+        <v>0.2485</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>25-29</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>0.3197</v>
       </c>
       <c r="C7" t="n">
         <v>0.319</v>
       </c>
       <c r="D7" t="n">
         <v>0.2243</v>
       </c>
       <c r="E7" t="n">
         <v>0.221</v>
       </c>
       <c r="F7" t="n">
         <v>0.3195</v>
       </c>
       <c r="G7" t="n">
         <v>0.3145</v>
       </c>
       <c r="H7" t="n">
         <v>0.3115</v>
       </c>
       <c r="I7" t="n">
         <v>0.3105</v>
       </c>
       <c r="J7" t="n">
-        <v>0.3093</v>
+        <v>0.3094</v>
       </c>
       <c r="K7" t="n">
-        <v>0.309</v>
+        <v>0.3091</v>
       </c>
       <c r="L7" t="n">
-        <v>0.3083</v>
+        <v>0.3084</v>
       </c>
       <c r="M7" t="n">
+        <v>0.3082</v>
+      </c>
+      <c r="N7" t="n">
+        <v>0.3079</v>
+      </c>
+      <c r="O7" t="n">
         <v>0.308</v>
       </c>
-      <c r="N7" t="n">
+      <c r="P7" t="n">
+        <v>0.308</v>
+      </c>
+      <c r="Q7" t="n">
         <v>0.3077</v>
       </c>
-      <c r="O7" t="n">
+      <c r="R7" t="n">
+        <v>0.3075</v>
+      </c>
+      <c r="S7" t="n">
         <v>0.3077</v>
       </c>
-      <c r="P7" t="n">
-[...5 lines deleted...]
-      <c r="R7" t="n">
+      <c r="T7" t="n">
+        <v>0.3074</v>
+      </c>
+      <c r="U7" t="n">
         <v>0.3072</v>
       </c>
-      <c r="S7" t="n">
-[...2 lines deleted...]
-      <c r="T7" t="n">
+      <c r="V7" t="n">
+        <v>0.3072</v>
+      </c>
+      <c r="W7" t="n">
+        <v>0.3072</v>
+      </c>
+      <c r="X7" t="n">
         <v>0.307</v>
       </c>
-      <c r="U7" t="n">
+      <c r="Y7" t="n">
+        <v>0.307</v>
+      </c>
+      <c r="Z7" t="n">
+        <v>0.307</v>
+      </c>
+      <c r="AA7" t="n">
+        <v>0.3069</v>
+      </c>
+      <c r="AB7" t="n">
+        <v>0.3069</v>
+      </c>
+      <c r="AC7" t="n">
+        <v>0.3069</v>
+      </c>
+      <c r="AD7" t="n">
+        <v>0.3069</v>
+      </c>
+      <c r="AE7" t="n">
+        <v>0.3069</v>
+      </c>
+      <c r="AF7" t="n">
+        <v>0.3069</v>
+      </c>
+      <c r="AG7" t="n">
+        <v>0.3069</v>
+      </c>
+      <c r="AH7" t="n">
+        <v>0.3069</v>
+      </c>
+      <c r="AI7" t="n">
         <v>0.3068</v>
-      </c>
-[...40 lines deleted...]
-        <v>0.3062</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>30-34</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>0.206</v>
       </c>
       <c r="C8" t="n">
         <v>0.2168</v>
       </c>
       <c r="D8" t="n">
         <v>0.1542</v>
       </c>
       <c r="E8" t="n">
         <v>0.1508</v>
       </c>
       <c r="F8" t="n">
         <v>0.2124</v>
       </c>
       <c r="G8" t="n">
         <v>0.2101</v>
       </c>
       <c r="H8" t="n">
         <v>0.2074</v>
       </c>
       <c r="I8" t="n">
         <v>0.2081</v>
       </c>
       <c r="J8" t="n">
-        <v>0.2084</v>
+        <v>0.2085</v>
       </c>
       <c r="K8" t="n">
         <v>0.2076</v>
       </c>
       <c r="L8" t="n">
         <v>0.2074</v>
       </c>
       <c r="M8" t="n">
         <v>0.2073</v>
       </c>
       <c r="N8" t="n">
-        <v>0.2068</v>
+        <v>0.2069</v>
       </c>
       <c r="O8" t="n">
-        <v>0.2068</v>
+        <v>0.2069</v>
       </c>
       <c r="P8" t="n">
+        <v>0.2066</v>
+      </c>
+      <c r="Q8" t="n">
+        <v>0.2067</v>
+      </c>
+      <c r="R8" t="n">
+        <v>0.2066</v>
+      </c>
+      <c r="S8" t="n">
         <v>0.2065</v>
       </c>
-      <c r="Q8" t="n">
-[...5 lines deleted...]
-      <c r="S8" t="n">
+      <c r="T8" t="n">
         <v>0.2064</v>
       </c>
-      <c r="T8" t="n">
+      <c r="U8" t="n">
+        <v>0.2064</v>
+      </c>
+      <c r="V8" t="n">
+        <v>0.2064</v>
+      </c>
+      <c r="W8" t="n">
         <v>0.2063</v>
       </c>
-      <c r="U8" t="n">
+      <c r="X8" t="n">
         <v>0.2063</v>
       </c>
-      <c r="V8" t="n">
+      <c r="Y8" t="n">
         <v>0.2063</v>
       </c>
-      <c r="W8" t="n">
+      <c r="Z8" t="n">
+        <v>0.2063</v>
+      </c>
+      <c r="AA8" t="n">
+        <v>0.2063</v>
+      </c>
+      <c r="AB8" t="n">
         <v>0.2062</v>
       </c>
-      <c r="X8" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="AC8" t="n">
-        <v>0.206</v>
+        <v>0.2062</v>
       </c>
       <c r="AD8" t="n">
-        <v>0.206</v>
+        <v>0.2062</v>
       </c>
       <c r="AE8" t="n">
-        <v>0.206</v>
+        <v>0.2062</v>
       </c>
       <c r="AF8" t="n">
-        <v>0.206</v>
+        <v>0.2062</v>
       </c>
       <c r="AG8" t="n">
-        <v>0.206</v>
+        <v>0.2062</v>
       </c>
       <c r="AH8" t="n">
-        <v>0.206</v>
+        <v>0.2062</v>
       </c>
       <c r="AI8" t="n">
-        <v>0.206</v>
+        <v>0.2062</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>35-39</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>0.1398</v>
       </c>
       <c r="C9" t="n">
         <v>0.142</v>
       </c>
       <c r="D9" t="n">
         <v>0.1015</v>
       </c>
       <c r="E9" t="n">
         <v>0.09619999999999999</v>
       </c>
       <c r="F9" t="n">
         <v>0.1385</v>
       </c>
       <c r="G9" t="n">
         <v>0.1392</v>
       </c>
       <c r="H9" t="n">
         <v>0.1387</v>
       </c>
       <c r="I9" t="n">
         <v>0.1388</v>
       </c>
       <c r="J9" t="n">
         <v>0.1378</v>
       </c>
       <c r="K9" t="n">
-        <v>0.1382</v>
+        <v>0.1383</v>
       </c>
       <c r="L9" t="n">
+        <v>0.1385</v>
+      </c>
+      <c r="M9" t="n">
         <v>0.1384</v>
       </c>
-      <c r="M9" t="n">
+      <c r="N9" t="n">
+        <v>0.1386</v>
+      </c>
+      <c r="O9" t="n">
+        <v>0.1386</v>
+      </c>
+      <c r="P9" t="n">
         <v>0.1383</v>
       </c>
-      <c r="N9" t="n">
+      <c r="Q9" t="n">
+        <v>0.1384</v>
+      </c>
+      <c r="R9" t="n">
         <v>0.1385</v>
       </c>
-      <c r="O9" t="n">
+      <c r="S9" t="n">
         <v>0.1384</v>
       </c>
-      <c r="P9" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="T9" t="n">
-        <v>0.1382</v>
+        <v>0.1385</v>
       </c>
       <c r="U9" t="n">
-        <v>0.1382</v>
+        <v>0.1384</v>
       </c>
       <c r="V9" t="n">
-        <v>0.1382</v>
+        <v>0.1385</v>
       </c>
       <c r="W9" t="n">
-        <v>0.1382</v>
+        <v>0.1385</v>
       </c>
       <c r="X9" t="n">
-        <v>0.1382</v>
+        <v>0.1385</v>
       </c>
       <c r="Y9" t="n">
-        <v>0.1382</v>
+        <v>0.1385</v>
       </c>
       <c r="Z9" t="n">
-        <v>0.1382</v>
+        <v>0.1385</v>
       </c>
       <c r="AA9" t="n">
-        <v>0.1382</v>
+        <v>0.1386</v>
       </c>
       <c r="AB9" t="n">
-        <v>0.1383</v>
+        <v>0.1386</v>
       </c>
       <c r="AC9" t="n">
-        <v>0.1383</v>
+        <v>0.1386</v>
       </c>
       <c r="AD9" t="n">
-        <v>0.1383</v>
+        <v>0.1387</v>
       </c>
       <c r="AE9" t="n">
-        <v>0.1383</v>
+        <v>0.1387</v>
       </c>
       <c r="AF9" t="n">
-        <v>0.1383</v>
+        <v>0.1387</v>
       </c>
       <c r="AG9" t="n">
-        <v>0.1384</v>
+        <v>0.1388</v>
       </c>
       <c r="AH9" t="n">
-        <v>0.1384</v>
+        <v>0.1388</v>
       </c>
       <c r="AI9" t="n">
-        <v>0.1384</v>
+        <v>0.1388</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>40-44</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>0.1006</v>
       </c>
       <c r="C10" t="n">
         <v>0.1077</v>
       </c>
       <c r="D10" t="n">
         <v>0.075</v>
       </c>
       <c r="E10" t="n">
         <v>0.0726</v>
       </c>
       <c r="F10" t="n">
         <v>0.1027</v>
       </c>
       <c r="G10" t="n">
         <v>0.1013</v>
       </c>
       <c r="H10" t="n">
         <v>0.1005</v>
       </c>
       <c r="I10" t="n">
         <v>0.1005</v>
       </c>
       <c r="J10" t="n">
+        <v>0.1016</v>
+      </c>
+      <c r="K10" t="n">
         <v>0.1017</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1018</v>
       </c>
       <c r="L10" t="n">
         <v>0.1021</v>
       </c>
       <c r="M10" t="n">
         <v>0.1022</v>
       </c>
       <c r="N10" t="n">
         <v>0.1022</v>
       </c>
       <c r="O10" t="n">
+        <v>0.1021</v>
+      </c>
+      <c r="P10" t="n">
         <v>0.1022</v>
       </c>
-      <c r="P10" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q10" t="n">
-        <v>0.1025</v>
+        <v>0.1024</v>
       </c>
       <c r="R10" t="n">
         <v>0.1026</v>
       </c>
       <c r="S10" t="n">
+        <v>0.1025</v>
+      </c>
+      <c r="T10" t="n">
+        <v>0.1025</v>
+      </c>
+      <c r="U10" t="n">
+        <v>0.1024</v>
+      </c>
+      <c r="V10" t="n">
+        <v>0.1024</v>
+      </c>
+      <c r="W10" t="n">
+        <v>0.1024</v>
+      </c>
+      <c r="X10" t="n">
+        <v>0.1024</v>
+      </c>
+      <c r="Y10" t="n">
+        <v>0.1025</v>
+      </c>
+      <c r="Z10" t="n">
+        <v>0.1025</v>
+      </c>
+      <c r="AA10" t="n">
+        <v>0.1025</v>
+      </c>
+      <c r="AB10" t="n">
+        <v>0.1025</v>
+      </c>
+      <c r="AC10" t="n">
         <v>0.1026</v>
       </c>
-      <c r="T10" t="n">
+      <c r="AD10" t="n">
         <v>0.1026</v>
       </c>
-      <c r="U10" t="n">
-[...11 lines deleted...]
-      <c r="Y10" t="n">
+      <c r="AE10" t="n">
         <v>0.1026</v>
       </c>
-      <c r="Z10" t="n">
-[...5 lines deleted...]
-      <c r="AB10" t="n">
+      <c r="AF10" t="n">
         <v>0.1027</v>
       </c>
-      <c r="AC10" t="n">
+      <c r="AG10" t="n">
         <v>0.1027</v>
       </c>
-      <c r="AD10" t="n">
+      <c r="AH10" t="n">
         <v>0.1027</v>
       </c>
-      <c r="AE10" t="n">
+      <c r="AI10" t="n">
         <v>0.1028</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.103</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="inlineStr">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>45-49</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>0.0815</v>
       </c>
       <c r="C11" t="n">
         <v>0.08699999999999999</v>
       </c>
       <c r="D11" t="n">
         <v>0.062</v>
       </c>
       <c r="E11" t="n">
         <v>0.0599</v>
       </c>
       <c r="F11" t="n">
         <v>0.0823</v>
       </c>
       <c r="G11" t="n">
         <v>0.0814</v>
       </c>
       <c r="H11" t="n">
         <v>0.0814</v>
       </c>
@@ -1581,539 +1567,539 @@
       <c r="K11" t="n">
         <v>0.0813</v>
       </c>
       <c r="L11" t="n">
         <v>0.08119999999999999</v>
       </c>
       <c r="M11" t="n">
         <v>0.0819</v>
       </c>
       <c r="N11" t="n">
         <v>0.0818</v>
       </c>
       <c r="O11" t="n">
         <v>0.0814</v>
       </c>
       <c r="P11" t="n">
         <v>0.0815</v>
       </c>
       <c r="Q11" t="n">
         <v>0.08160000000000001</v>
       </c>
       <c r="R11" t="n">
         <v>0.0815</v>
       </c>
       <c r="S11" t="n">
-        <v>0.0818</v>
+        <v>0.08169999999999999</v>
       </c>
       <c r="T11" t="n">
         <v>0.08160000000000001</v>
       </c>
       <c r="U11" t="n">
         <v>0.0815</v>
       </c>
       <c r="V11" t="n">
+        <v>0.0815</v>
+      </c>
+      <c r="W11" t="n">
+        <v>0.0815</v>
+      </c>
+      <c r="X11" t="n">
         <v>0.08160000000000001</v>
       </c>
-      <c r="W11" t="n">
+      <c r="Y11" t="n">
         <v>0.08160000000000001</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.08169999999999999</v>
       </c>
       <c r="Z11" t="n">
         <v>0.08169999999999999</v>
       </c>
       <c r="AA11" t="n">
-        <v>0.0818</v>
+        <v>0.08169999999999999</v>
       </c>
       <c r="AB11" t="n">
         <v>0.0818</v>
       </c>
       <c r="AC11" t="n">
         <v>0.0818</v>
       </c>
       <c r="AD11" t="n">
+        <v>0.0818</v>
+      </c>
+      <c r="AE11" t="n">
+        <v>0.0818</v>
+      </c>
+      <c r="AF11" t="n">
+        <v>0.0818</v>
+      </c>
+      <c r="AG11" t="n">
         <v>0.0819</v>
       </c>
-      <c r="AE11" t="n">
+      <c r="AH11" t="n">
         <v>0.0819</v>
       </c>
-      <c r="AF11" t="n">
+      <c r="AI11" t="n">
         <v>0.0819</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.082</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="inlineStr">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>50-54</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>0.0605</v>
       </c>
       <c r="C12" t="n">
         <v>0.07439999999999999</v>
       </c>
       <c r="D12" t="n">
         <v>0.0537</v>
       </c>
       <c r="E12" t="n">
         <v>0.0501</v>
       </c>
       <c r="F12" t="n">
         <v>0.0658</v>
       </c>
       <c r="G12" t="n">
         <v>0.0659</v>
       </c>
       <c r="H12" t="n">
         <v>0.0663</v>
       </c>
       <c r="I12" t="n">
         <v>0.0664</v>
       </c>
       <c r="J12" t="n">
         <v>0.06569999999999999</v>
       </c>
       <c r="K12" t="n">
         <v>0.06519999999999999</v>
       </c>
       <c r="L12" t="n">
-        <v>0.0649</v>
+        <v>0.065</v>
       </c>
       <c r="M12" t="n">
-        <v>0.06519999999999999</v>
+        <v>0.0653</v>
       </c>
       <c r="N12" t="n">
+        <v>0.0655</v>
+      </c>
+      <c r="O12" t="n">
         <v>0.0654</v>
       </c>
-      <c r="O12" t="n">
+      <c r="P12" t="n">
+        <v>0.06569999999999999</v>
+      </c>
+      <c r="Q12" t="n">
         <v>0.0653</v>
       </c>
-      <c r="P12" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="R12" t="n">
-        <v>0.06569999999999999</v>
+        <v>0.0659</v>
       </c>
       <c r="S12" t="n">
+        <v>0.06610000000000001</v>
+      </c>
+      <c r="T12" t="n">
         <v>0.0659</v>
       </c>
-      <c r="T12" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="U12" t="n">
-        <v>0.0658</v>
+        <v>0.066</v>
       </c>
       <c r="V12" t="n">
-        <v>0.06560000000000001</v>
+        <v>0.0659</v>
       </c>
       <c r="W12" t="n">
-        <v>0.06560000000000001</v>
+        <v>0.0659</v>
       </c>
       <c r="X12" t="n">
-        <v>0.0658</v>
+        <v>0.06610000000000001</v>
       </c>
       <c r="Y12" t="n">
-        <v>0.0658</v>
+        <v>0.06610000000000001</v>
       </c>
       <c r="Z12" t="n">
-        <v>0.06569999999999999</v>
+        <v>0.06610000000000001</v>
       </c>
       <c r="AA12" t="n">
-        <v>0.06569999999999999</v>
+        <v>0.06610000000000001</v>
       </c>
       <c r="AB12" t="n">
-        <v>0.0658</v>
+        <v>0.06619999999999999</v>
       </c>
       <c r="AC12" t="n">
-        <v>0.0658</v>
+        <v>0.0663</v>
       </c>
       <c r="AD12" t="n">
-        <v>0.0658</v>
+        <v>0.0663</v>
       </c>
       <c r="AE12" t="n">
-        <v>0.0659</v>
+        <v>0.0663</v>
       </c>
       <c r="AF12" t="n">
-        <v>0.0659</v>
+        <v>0.0664</v>
       </c>
       <c r="AG12" t="n">
-        <v>0.0659</v>
+        <v>0.0664</v>
       </c>
       <c r="AH12" t="n">
-        <v>0.0659</v>
+        <v>0.0664</v>
       </c>
       <c r="AI12" t="n">
-        <v>0.0659</v>
+        <v>0.0665</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="inlineStr">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>55-59</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>0.0596</v>
       </c>
       <c r="C13" t="n">
         <v>0.07679999999999999</v>
       </c>
       <c r="D13" t="n">
         <v>0.0533</v>
       </c>
       <c r="E13" t="n">
         <v>0.0523</v>
       </c>
       <c r="F13" t="n">
         <v>0.0654</v>
       </c>
       <c r="G13" t="n">
         <v>0.0663</v>
       </c>
       <c r="H13" t="n">
         <v>0.0654</v>
       </c>
       <c r="I13" t="n">
         <v>0.0658</v>
       </c>
       <c r="J13" t="n">
         <v>0.0654</v>
       </c>
       <c r="K13" t="n">
-        <v>0.0658</v>
+        <v>0.0659</v>
       </c>
       <c r="L13" t="n">
         <v>0.066</v>
       </c>
       <c r="M13" t="n">
-        <v>0.06519999999999999</v>
+        <v>0.0653</v>
       </c>
       <c r="N13" t="n">
         <v>0.06510000000000001</v>
       </c>
       <c r="O13" t="n">
-        <v>0.06519999999999999</v>
+        <v>0.0653</v>
       </c>
       <c r="P13" t="n">
-        <v>0.0655</v>
+        <v>0.06560000000000001</v>
       </c>
       <c r="Q13" t="n">
-        <v>0.06519999999999999</v>
+        <v>0.0654</v>
       </c>
       <c r="R13" t="n">
+        <v>0.0654</v>
+      </c>
+      <c r="S13" t="n">
         <v>0.0653</v>
       </c>
-      <c r="S13" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="T13" t="n">
+        <v>0.06569999999999999</v>
+      </c>
+      <c r="U13" t="n">
+        <v>0.0654</v>
+      </c>
+      <c r="V13" t="n">
         <v>0.06560000000000001</v>
       </c>
-      <c r="U13" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="W13" t="n">
-        <v>0.0655</v>
+        <v>0.06569999999999999</v>
       </c>
       <c r="X13" t="n">
-        <v>0.0658</v>
+        <v>0.066</v>
       </c>
       <c r="Y13" t="n">
-        <v>0.0658</v>
+        <v>0.066</v>
       </c>
       <c r="Z13" t="n">
-        <v>0.06569999999999999</v>
+        <v>0.066</v>
       </c>
       <c r="AA13" t="n">
-        <v>0.06569999999999999</v>
+        <v>0.066</v>
       </c>
       <c r="AB13" t="n">
-        <v>0.0658</v>
+        <v>0.06610000000000001</v>
       </c>
       <c r="AC13" t="n">
-        <v>0.0658</v>
+        <v>0.06610000000000001</v>
       </c>
       <c r="AD13" t="n">
-        <v>0.0659</v>
+        <v>0.06619999999999999</v>
       </c>
       <c r="AE13" t="n">
-        <v>0.0659</v>
+        <v>0.06619999999999999</v>
       </c>
       <c r="AF13" t="n">
-        <v>0.0659</v>
+        <v>0.06619999999999999</v>
       </c>
       <c r="AG13" t="n">
-        <v>0.0659</v>
+        <v>0.0663</v>
       </c>
       <c r="AH13" t="n">
-        <v>0.0659</v>
+        <v>0.0663</v>
       </c>
       <c r="AI13" t="n">
-        <v>0.066</v>
+        <v>0.0664</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="inlineStr">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>60-64</t>
         </is>
       </c>
       <c r="B14" t="n">
         <v>0.0483</v>
       </c>
       <c r="C14" t="n">
         <v>0.0678</v>
       </c>
       <c r="D14" t="n">
         <v>0.0458</v>
       </c>
       <c r="E14" t="n">
         <v>0.0418</v>
       </c>
       <c r="F14" t="n">
         <v>0.0549</v>
       </c>
       <c r="G14" t="n">
         <v>0.0541</v>
       </c>
       <c r="H14" t="n">
         <v>0.0535</v>
       </c>
       <c r="I14" t="n">
         <v>0.0542</v>
       </c>
       <c r="J14" t="n">
         <v>0.0542</v>
       </c>
       <c r="K14" t="n">
         <v>0.0547</v>
       </c>
       <c r="L14" t="n">
         <v>0.0549</v>
       </c>
       <c r="M14" t="n">
-        <v>0.0546</v>
+        <v>0.0547</v>
       </c>
       <c r="N14" t="n">
         <v>0.0544</v>
       </c>
       <c r="O14" t="n">
-        <v>0.054</v>
+        <v>0.0541</v>
       </c>
       <c r="P14" t="n">
         <v>0.0538</v>
       </c>
       <c r="Q14" t="n">
-        <v>0.0541</v>
+        <v>0.0542</v>
       </c>
       <c r="R14" t="n">
-        <v>0.0543</v>
+        <v>0.0544</v>
       </c>
       <c r="S14" t="n">
-        <v>0.0541</v>
+        <v>0.0542</v>
       </c>
       <c r="T14" t="n">
         <v>0.0541</v>
       </c>
       <c r="U14" t="n">
         <v>0.0544</v>
       </c>
       <c r="V14" t="n">
         <v>0.0544</v>
       </c>
       <c r="W14" t="n">
-        <v>0.0543</v>
+        <v>0.0544</v>
       </c>
       <c r="X14" t="n">
         <v>0.0542</v>
       </c>
       <c r="Y14" t="n">
-        <v>0.0541</v>
+        <v>0.0542</v>
       </c>
       <c r="Z14" t="n">
-        <v>0.0541</v>
+        <v>0.0542</v>
       </c>
       <c r="AA14" t="n">
-        <v>0.0542</v>
+        <v>0.0543</v>
       </c>
       <c r="AB14" t="n">
-        <v>0.0544</v>
+        <v>0.0545</v>
       </c>
       <c r="AC14" t="n">
-        <v>0.0544</v>
+        <v>0.0546</v>
       </c>
       <c r="AD14" t="n">
-        <v>0.0546</v>
+        <v>0.0548</v>
       </c>
       <c r="AE14" t="n">
-        <v>0.0546</v>
+        <v>0.0548</v>
       </c>
       <c r="AF14" t="n">
-        <v>0.0546</v>
+        <v>0.0547</v>
       </c>
       <c r="AG14" t="n">
-        <v>0.0545</v>
+        <v>0.0547</v>
       </c>
       <c r="AH14" t="n">
-        <v>0.0546</v>
+        <v>0.0547</v>
       </c>
       <c r="AI14" t="n">
-        <v>0.0546</v>
+        <v>0.0548</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>65-69</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>0.0377</v>
       </c>
       <c r="C15" t="n">
         <v>0.052</v>
       </c>
       <c r="D15" t="n">
         <v>0.0357</v>
       </c>
       <c r="E15" t="n">
         <v>0.033</v>
       </c>
       <c r="F15" t="n">
         <v>0.0382</v>
       </c>
       <c r="G15" t="n">
         <v>0.0381</v>
       </c>
       <c r="H15" t="n">
         <v>0.0378</v>
       </c>
       <c r="I15" t="n">
         <v>0.0378</v>
       </c>
       <c r="J15" t="n">
         <v>0.0381</v>
       </c>
       <c r="K15" t="n">
         <v>0.0378</v>
       </c>
       <c r="L15" t="n">
         <v>0.0381</v>
       </c>
       <c r="M15" t="n">
         <v>0.0376</v>
       </c>
       <c r="N15" t="n">
         <v>0.038</v>
       </c>
       <c r="O15" t="n">
         <v>0.0383</v>
       </c>
       <c r="P15" t="n">
-        <v>0.0381</v>
+        <v>0.0382</v>
       </c>
       <c r="Q15" t="n">
         <v>0.0384</v>
       </c>
       <c r="R15" t="n">
+        <v>0.0386</v>
+      </c>
+      <c r="S15" t="n">
+        <v>0.0386</v>
+      </c>
+      <c r="T15" t="n">
+        <v>0.0383</v>
+      </c>
+      <c r="U15" t="n">
+        <v>0.0382</v>
+      </c>
+      <c r="V15" t="n">
+        <v>0.0382</v>
+      </c>
+      <c r="W15" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="X15" t="n">
+        <v>0.0383</v>
+      </c>
+      <c r="Y15" t="n">
         <v>0.0385</v>
       </c>
-      <c r="S15" t="n">
+      <c r="Z15" t="n">
         <v>0.0385</v>
       </c>
-      <c r="T15" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="AA15" t="n">
-        <v>0.0383</v>
+        <v>0.0385</v>
       </c>
       <c r="AB15" t="n">
-        <v>0.0384</v>
+        <v>0.0386</v>
       </c>
       <c r="AC15" t="n">
-        <v>0.0384</v>
+        <v>0.0386</v>
       </c>
       <c r="AD15" t="n">
-        <v>0.0383</v>
+        <v>0.0386</v>
       </c>
       <c r="AE15" t="n">
-        <v>0.0383</v>
+        <v>0.0386</v>
       </c>
       <c r="AF15" t="n">
-        <v>0.0383</v>
+        <v>0.0386</v>
       </c>
       <c r="AG15" t="n">
-        <v>0.0383</v>
+        <v>0.0386</v>
       </c>
       <c r="AH15" t="n">
-        <v>0.0384</v>
+        <v>0.0387</v>
       </c>
       <c r="AI15" t="n">
-        <v>0.0384</v>
+        <v>0.0387</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>70-74</t>
         </is>
       </c>
       <c r="B16" t="n">
         <v>0.0271</v>
       </c>
       <c r="C16" t="n">
         <v>0.0404</v>
       </c>
       <c r="D16" t="n">
         <v>0.0303</v>
       </c>
       <c r="E16" t="n">
         <v>0.0301</v>
       </c>
       <c r="F16" t="n">
         <v>0.0283</v>
       </c>
       <c r="G16" t="n">
         <v>0.0284</v>
       </c>
       <c r="H16" t="n">
         <v>0.0279</v>
       </c>
@@ -2126,103 +2112,103 @@
       <c r="K16" t="n">
         <v>0.0282</v>
       </c>
       <c r="L16" t="n">
         <v>0.0287</v>
       </c>
       <c r="M16" t="n">
         <v>0.0285</v>
       </c>
       <c r="N16" t="n">
         <v>0.0288</v>
       </c>
       <c r="O16" t="n">
         <v>0.0288</v>
       </c>
       <c r="P16" t="n">
         <v>0.0293</v>
       </c>
       <c r="Q16" t="n">
         <v>0.0294</v>
       </c>
       <c r="R16" t="n">
         <v>0.0294</v>
       </c>
       <c r="S16" t="n">
-        <v>0.0293</v>
+        <v>0.0294</v>
       </c>
       <c r="T16" t="n">
         <v>0.0294</v>
       </c>
       <c r="U16" t="n">
         <v>0.0293</v>
       </c>
       <c r="V16" t="n">
         <v>0.029</v>
       </c>
       <c r="W16" t="n">
-        <v>0.029</v>
+        <v>0.0291</v>
       </c>
       <c r="X16" t="n">
-        <v>0.029</v>
+        <v>0.0291</v>
       </c>
       <c r="Y16" t="n">
-        <v>0.029</v>
+        <v>0.0291</v>
       </c>
       <c r="Z16" t="n">
-        <v>0.0288</v>
+        <v>0.0289</v>
       </c>
       <c r="AA16" t="n">
-        <v>0.029</v>
+        <v>0.0291</v>
       </c>
       <c r="AB16" t="n">
-        <v>0.029</v>
+        <v>0.0291</v>
       </c>
       <c r="AC16" t="n">
-        <v>0.029</v>
+        <v>0.0291</v>
       </c>
       <c r="AD16" t="n">
+        <v>0.0292</v>
+      </c>
+      <c r="AE16" t="n">
+        <v>0.0292</v>
+      </c>
+      <c r="AF16" t="n">
         <v>0.0291</v>
       </c>
-      <c r="AE16" t="n">
+      <c r="AG16" t="n">
         <v>0.0291</v>
       </c>
-      <c r="AF16" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="AH16" t="n">
-        <v>0.029</v>
+        <v>0.0291</v>
       </c>
       <c r="AI16" t="n">
-        <v>0.029</v>
+        <v>0.0291</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="inlineStr">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>75-79</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>0.0268</v>
       </c>
       <c r="C17" t="n">
         <v>0.044</v>
       </c>
       <c r="D17" t="n">
         <v>0.0304</v>
       </c>
       <c r="E17" t="n">
         <v>0.0337</v>
       </c>
       <c r="F17" t="n">
         <v>0.0296</v>
       </c>
       <c r="G17" t="n">
         <v>0.0299</v>
       </c>
       <c r="H17" t="n">
         <v>0.0301</v>
       </c>
@@ -2235,139 +2221,139 @@
       <c r="K17" t="n">
         <v>0.0296</v>
       </c>
       <c r="L17" t="n">
         <v>0.0306</v>
       </c>
       <c r="M17" t="n">
         <v>0.0301</v>
       </c>
       <c r="N17" t="n">
         <v>0.03</v>
       </c>
       <c r="O17" t="n">
         <v>0.0302</v>
       </c>
       <c r="P17" t="n">
         <v>0.0299</v>
       </c>
       <c r="Q17" t="n">
         <v>0.03</v>
       </c>
       <c r="R17" t="n">
         <v>0.0298</v>
       </c>
       <c r="S17" t="n">
-        <v>0.0302</v>
+        <v>0.0303</v>
       </c>
       <c r="T17" t="n">
         <v>0.0301</v>
       </c>
       <c r="U17" t="n">
         <v>0.0305</v>
       </c>
       <c r="V17" t="n">
-        <v>0.0305</v>
+        <v>0.0306</v>
       </c>
       <c r="W17" t="n">
-        <v>0.0306</v>
+        <v>0.0307</v>
       </c>
       <c r="X17" t="n">
         <v>0.0304</v>
       </c>
       <c r="Y17" t="n">
+        <v>0.0306</v>
+      </c>
+      <c r="Z17" t="n">
         <v>0.0305</v>
       </c>
-      <c r="Z17" t="n">
+      <c r="AA17" t="n">
         <v>0.0304</v>
       </c>
-      <c r="AA17" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AB17" t="n">
-        <v>0.0304</v>
+        <v>0.0305</v>
       </c>
       <c r="AC17" t="n">
         <v>0.0304</v>
       </c>
       <c r="AD17" t="n">
         <v>0.0302</v>
       </c>
       <c r="AE17" t="n">
+        <v>0.0301</v>
+      </c>
+      <c r="AF17" t="n">
+        <v>0.0298</v>
+      </c>
+      <c r="AG17" t="n">
+        <v>0.0301</v>
+      </c>
+      <c r="AH17" t="n">
+        <v>0.0299</v>
+      </c>
+      <c r="AI17" t="n">
         <v>0.03</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0299</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="inlineStr">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>80-84</t>
         </is>
       </c>
       <c r="B18" t="n">
         <v>0.0155</v>
       </c>
       <c r="C18" t="n">
         <v>0.05</v>
       </c>
       <c r="D18" t="n">
         <v>0.0463</v>
       </c>
       <c r="E18" t="n">
         <v>0.0389</v>
       </c>
       <c r="F18" t="n">
         <v>0.028</v>
       </c>
       <c r="G18" t="n">
         <v>0.0274</v>
       </c>
       <c r="H18" t="n">
         <v>0.0273</v>
       </c>
       <c r="I18" t="n">
         <v>0.0275</v>
       </c>
       <c r="J18" t="n">
         <v>0.0277</v>
       </c>
       <c r="K18" t="n">
         <v>0.0273</v>
       </c>
       <c r="L18" t="n">
-        <v>0.0272</v>
+        <v>0.0273</v>
       </c>
       <c r="M18" t="n">
         <v>0.0277</v>
       </c>
       <c r="N18" t="n">
         <v>0.0277</v>
       </c>
       <c r="O18" t="n">
         <v>0.0277</v>
       </c>
       <c r="P18" t="n">
         <v>0.0276</v>
       </c>
       <c r="Q18" t="n">
         <v>0.0278</v>
       </c>
       <c r="R18" t="n">
         <v>0.0274</v>
       </c>
       <c r="S18" t="n">
         <v>0.0274</v>
       </c>
       <c r="T18" t="n">
         <v>0.0275</v>
       </c>
@@ -2396,264 +2382,264 @@
         <v>0.0271</v>
       </c>
       <c r="AC18" t="n">
         <v>0.027</v>
       </c>
       <c r="AD18" t="n">
         <v>0.0269</v>
       </c>
       <c r="AE18" t="n">
         <v>0.0268</v>
       </c>
       <c r="AF18" t="n">
         <v>0.0271</v>
       </c>
       <c r="AG18" t="n">
         <v>0.0268</v>
       </c>
       <c r="AH18" t="n">
         <v>0.0269</v>
       </c>
       <c r="AI18" t="n">
         <v>0.0267</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="inlineStr">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>85+</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>0.0528</v>
       </c>
       <c r="C19" t="n">
         <v>0.0531</v>
       </c>
       <c r="D19" t="n">
         <v>0.0392</v>
       </c>
       <c r="E19" t="n">
         <v>0.0383</v>
       </c>
       <c r="F19" t="n">
         <v>0.0377</v>
       </c>
       <c r="G19" t="n">
         <v>0.0363</v>
       </c>
       <c r="H19" t="n">
         <v>0.0352</v>
       </c>
       <c r="I19" t="n">
         <v>0.0343</v>
       </c>
       <c r="J19" t="n">
         <v>0.0331</v>
       </c>
       <c r="K19" t="n">
         <v>0.0325</v>
       </c>
       <c r="L19" t="n">
         <v>0.032</v>
       </c>
       <c r="M19" t="n">
         <v>0.0312</v>
       </c>
       <c r="N19" t="n">
         <v>0.0307</v>
       </c>
       <c r="O19" t="n">
         <v>0.0304</v>
       </c>
       <c r="P19" t="n">
         <v>0.03</v>
       </c>
       <c r="Q19" t="n">
-        <v>0.0297</v>
+        <v>0.0296</v>
       </c>
       <c r="R19" t="n">
         <v>0.0294</v>
       </c>
       <c r="S19" t="n">
         <v>0.0291</v>
       </c>
       <c r="T19" t="n">
         <v>0.029</v>
       </c>
       <c r="U19" t="n">
         <v>0.029</v>
       </c>
       <c r="V19" t="n">
         <v>0.0287</v>
       </c>
       <c r="W19" t="n">
         <v>0.0286</v>
       </c>
       <c r="X19" t="n">
-        <v>0.0284</v>
+        <v>0.0283</v>
       </c>
       <c r="Y19" t="n">
-        <v>0.0283</v>
+        <v>0.0282</v>
       </c>
       <c r="Z19" t="n">
-        <v>0.0282</v>
+        <v>0.0281</v>
       </c>
       <c r="AA19" t="n">
         <v>0.0281</v>
       </c>
       <c r="AB19" t="n">
         <v>0.0281</v>
       </c>
       <c r="AC19" t="n">
         <v>0.0279</v>
       </c>
       <c r="AD19" t="n">
         <v>0.0277</v>
       </c>
       <c r="AE19" t="n">
         <v>0.0275</v>
       </c>
       <c r="AF19" t="n">
         <v>0.0273</v>
       </c>
       <c r="AG19" t="n">
         <v>0.0272</v>
       </c>
       <c r="AH19" t="n">
         <v>0.027</v>
       </c>
       <c r="AI19" t="n">
-        <v>0.0269</v>
+        <v>0.0268</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>0.1107</v>
       </c>
       <c r="C20" t="n">
         <v>0.1187</v>
       </c>
       <c r="D20" t="n">
         <v>0.08400000000000001</v>
       </c>
       <c r="E20" t="n">
         <v>0.0814</v>
       </c>
       <c r="F20" t="n">
         <v>0.1117</v>
       </c>
       <c r="G20" t="n">
         <v>0.1094</v>
       </c>
       <c r="H20" t="n">
         <v>0.1072</v>
       </c>
       <c r="I20" t="n">
         <v>0.1065</v>
       </c>
       <c r="J20" t="n">
         <v>0.1057</v>
       </c>
       <c r="K20" t="n">
         <v>0.105</v>
       </c>
       <c r="L20" t="n">
         <v>0.1045</v>
       </c>
       <c r="M20" t="n">
         <v>0.1041</v>
       </c>
       <c r="N20" t="n">
-        <v>0.1037</v>
+        <v>0.1038</v>
       </c>
       <c r="O20" t="n">
         <v>0.1035</v>
       </c>
       <c r="P20" t="n">
         <v>0.1032</v>
       </c>
       <c r="Q20" t="n">
         <v>0.1029</v>
       </c>
       <c r="R20" t="n">
-        <v>0.1027</v>
+        <v>0.1028</v>
       </c>
       <c r="S20" t="n">
         <v>0.1026</v>
       </c>
       <c r="T20" t="n">
         <v>0.1024</v>
       </c>
       <c r="U20" t="n">
-        <v>0.1021</v>
+        <v>0.1022</v>
       </c>
       <c r="V20" t="n">
-        <v>0.1019</v>
+        <v>0.102</v>
       </c>
       <c r="W20" t="n">
         <v>0.1018</v>
       </c>
       <c r="X20" t="n">
         <v>0.1016</v>
       </c>
       <c r="Y20" t="n">
         <v>0.1015</v>
       </c>
       <c r="Z20" t="n">
         <v>0.1014</v>
       </c>
       <c r="AA20" t="n">
         <v>0.1013</v>
       </c>
       <c r="AB20" t="n">
         <v>0.1012</v>
       </c>
       <c r="AC20" t="n">
+        <v>0.1012</v>
+      </c>
+      <c r="AD20" t="n">
         <v>0.1011</v>
       </c>
-      <c r="AD20" t="n">
+      <c r="AE20" t="n">
         <v>0.101</v>
       </c>
-      <c r="AE20" t="n">
+      <c r="AF20" t="n">
         <v>0.1009</v>
       </c>
-      <c r="AF20" t="n">
+      <c r="AG20" t="n">
         <v>0.1008</v>
       </c>
-      <c r="AG20" t="n">
+      <c r="AH20" t="n">
+        <v>0.1008</v>
+      </c>
+      <c r="AI20" t="n">
         <v>0.1007</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1006</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
     <ignoredError sqref="A2:A20" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>