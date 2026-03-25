--- v0 (2026-01-21)
+++ v1 (2026-03-25)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,544 +420,544 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AI20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Age Group</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>0-4</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="C2" t="n">
         <v>9.84</v>
       </c>
       <c r="D2" t="n">
         <v>8.16</v>
       </c>
       <c r="E2" t="n">
         <v>8.24</v>
       </c>
       <c r="F2" t="n">
         <v>8.76</v>
       </c>
       <c r="G2" t="n">
         <v>8.76</v>
       </c>
       <c r="H2" t="n">
         <v>8.77</v>
       </c>
       <c r="I2" t="n">
         <v>8.76</v>
       </c>
       <c r="J2" t="n">
-        <v>8.76</v>
+        <v>8.77</v>
       </c>
       <c r="K2" t="n">
         <v>8.77</v>
       </c>
       <c r="L2" t="n">
         <v>8.77</v>
       </c>
       <c r="M2" t="n">
         <v>8.77</v>
       </c>
       <c r="N2" t="n">
         <v>8.77</v>
       </c>
       <c r="O2" t="n">
         <v>8.77</v>
       </c>
       <c r="P2" t="n">
-        <v>8.77</v>
+        <v>8.779999999999999</v>
       </c>
       <c r="Q2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="R2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="S2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="T2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="U2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="V2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="W2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="X2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="Y2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="Z2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="AA2" t="n">
         <v>8.779999999999999</v>
       </c>
       <c r="AB2" t="n">
-        <v>8.77</v>
+        <v>8.779999999999999</v>
       </c>
       <c r="AC2" t="n">
-        <v>8.77</v>
+        <v>8.779999999999999</v>
       </c>
       <c r="AD2" t="n">
-        <v>8.77</v>
+        <v>8.779999999999999</v>
       </c>
       <c r="AE2" t="n">
-        <v>8.77</v>
+        <v>8.779999999999999</v>
       </c>
       <c r="AF2" t="n">
-        <v>8.77</v>
+        <v>8.779999999999999</v>
       </c>
       <c r="AG2" t="n">
         <v>8.77</v>
       </c>
       <c r="AH2" t="n">
         <v>8.77</v>
       </c>
       <c r="AI2" t="n">
         <v>8.77</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>5-9</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>7.41</v>
       </c>
       <c r="C3" t="n">
         <v>8.02</v>
       </c>
       <c r="D3" t="n">
         <v>7.5</v>
       </c>
       <c r="E3" t="n">
         <v>7.89</v>
       </c>
       <c r="F3" t="n">
         <v>7.39</v>
       </c>
       <c r="G3" t="n">
         <v>7.38</v>
       </c>
       <c r="H3" t="n">
         <v>7.4</v>
       </c>
       <c r="I3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="J3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="K3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="L3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="M3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="N3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="O3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="P3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="Q3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="R3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="S3" t="n">
         <v>7.39</v>
       </c>
-      <c r="J3" t="n">
+      <c r="T3" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="U3" t="n">
         <v>7.39</v>
       </c>
-      <c r="K3" t="n">
+      <c r="V3" t="n">
         <v>7.39</v>
       </c>
-      <c r="L3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="W3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="X3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="Y3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="Z3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="AA3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="AB3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="AC3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="AD3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="AE3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="AF3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="AG3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="AH3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
       <c r="AI3" t="n">
-        <v>7.41</v>
+        <v>7.38</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>10-14</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>6.25</v>
       </c>
       <c r="C4" t="n">
         <v>5.79</v>
       </c>
       <c r="D4" t="n">
         <v>5.44</v>
       </c>
       <c r="E4" t="n">
         <v>5.96</v>
       </c>
       <c r="F4" t="n">
         <v>6.27</v>
       </c>
       <c r="G4" t="n">
         <v>6.27</v>
       </c>
       <c r="H4" t="n">
         <v>6.28</v>
       </c>
       <c r="I4" t="n">
-        <v>6.27</v>
+        <v>6.28</v>
       </c>
       <c r="J4" t="n">
-        <v>6.27</v>
+        <v>6.28</v>
       </c>
       <c r="K4" t="n">
-        <v>6.27</v>
+        <v>6.28</v>
       </c>
       <c r="L4" t="n">
-        <v>6.27</v>
+        <v>6.28</v>
       </c>
       <c r="M4" t="n">
         <v>6.28</v>
       </c>
       <c r="N4" t="n">
         <v>6.28</v>
       </c>
       <c r="O4" t="n">
-        <v>6.28</v>
+        <v>6.29</v>
       </c>
       <c r="P4" t="n">
-        <v>6.28</v>
+        <v>6.29</v>
       </c>
       <c r="Q4" t="n">
-        <v>6.28</v>
+        <v>6.29</v>
       </c>
       <c r="R4" t="n">
-        <v>6.28</v>
+        <v>6.29</v>
       </c>
       <c r="S4" t="n">
-        <v>6.28</v>
+        <v>6.29</v>
       </c>
       <c r="T4" t="n">
-        <v>6.29</v>
+        <v>6.3</v>
       </c>
       <c r="U4" t="n">
-        <v>6.29</v>
+        <v>6.3</v>
       </c>
       <c r="V4" t="n">
-        <v>6.29</v>
+        <v>6.3</v>
       </c>
       <c r="W4" t="n">
-        <v>6.29</v>
+        <v>6.3</v>
       </c>
       <c r="X4" t="n">
-        <v>6.29</v>
+        <v>6.3</v>
       </c>
       <c r="Y4" t="n">
-        <v>6.29</v>
+        <v>6.3</v>
       </c>
       <c r="Z4" t="n">
-        <v>6.29</v>
+        <v>6.31</v>
       </c>
       <c r="AA4" t="n">
-        <v>6.3</v>
+        <v>6.31</v>
       </c>
       <c r="AB4" t="n">
-        <v>6.3</v>
+        <v>6.31</v>
       </c>
       <c r="AC4" t="n">
-        <v>6.3</v>
+        <v>6.31</v>
       </c>
       <c r="AD4" t="n">
-        <v>6.3</v>
+        <v>6.31</v>
       </c>
       <c r="AE4" t="n">
-        <v>6.3</v>
+        <v>6.31</v>
       </c>
       <c r="AF4" t="n">
-        <v>6.3</v>
+        <v>6.32</v>
       </c>
       <c r="AG4" t="n">
-        <v>6.3</v>
+        <v>6.32</v>
       </c>
       <c r="AH4" t="n">
-        <v>6.3</v>
+        <v>6.32</v>
       </c>
       <c r="AI4" t="n">
-        <v>6.31</v>
+        <v>6.32</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>15-19</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>5.87</v>
       </c>
       <c r="C5" t="n">
         <v>5.6</v>
       </c>
       <c r="D5" t="n">
         <v>5.88</v>
       </c>
       <c r="E5" t="n">
         <v>5.7</v>
       </c>
       <c r="F5" t="n">
         <v>5.89</v>
       </c>
       <c r="G5" t="n">
         <v>5.89</v>
       </c>
       <c r="H5" t="n">
         <v>5.87</v>
       </c>
       <c r="I5" t="n">
         <v>5.88</v>
       </c>
       <c r="J5" t="n">
-        <v>5.87</v>
+        <v>5.88</v>
       </c>
       <c r="K5" t="n">
         <v>5.87</v>
       </c>
       <c r="L5" t="n">
         <v>5.87</v>
       </c>
       <c r="M5" t="n">
         <v>5.87</v>
       </c>
       <c r="N5" t="n">
-        <v>5.86</v>
+        <v>5.87</v>
       </c>
       <c r="O5" t="n">
         <v>5.86</v>
       </c>
       <c r="P5" t="n">
         <v>5.86</v>
       </c>
       <c r="Q5" t="n">
         <v>5.86</v>
       </c>
       <c r="R5" t="n">
-        <v>5.85</v>
+        <v>5.86</v>
       </c>
       <c r="S5" t="n">
-        <v>5.85</v>
+        <v>5.86</v>
       </c>
       <c r="T5" t="n">
         <v>5.85</v>
       </c>
       <c r="U5" t="n">
         <v>5.85</v>
       </c>
       <c r="V5" t="n">
         <v>5.85</v>
       </c>
       <c r="W5" t="n">
         <v>5.85</v>
       </c>
       <c r="X5" t="n">
         <v>5.85</v>
       </c>
       <c r="Y5" t="n">
         <v>5.85</v>
       </c>
       <c r="Z5" t="n">
         <v>5.85</v>
       </c>
       <c r="AA5" t="n">
         <v>5.85</v>
       </c>
@@ -979,705 +965,705 @@
         <v>5.85</v>
       </c>
       <c r="AC5" t="n">
         <v>5.85</v>
       </c>
       <c r="AD5" t="n">
         <v>5.85</v>
       </c>
       <c r="AE5" t="n">
         <v>5.85</v>
       </c>
       <c r="AF5" t="n">
         <v>5.85</v>
       </c>
       <c r="AG5" t="n">
         <v>5.85</v>
       </c>
       <c r="AH5" t="n">
         <v>5.85</v>
       </c>
       <c r="AI5" t="n">
         <v>5.85</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>20-24</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>9.789999999999999</v>
       </c>
       <c r="C6" t="n">
         <v>11.67</v>
       </c>
       <c r="D6" t="n">
         <v>11.98</v>
       </c>
       <c r="E6" t="n">
         <v>12.33</v>
       </c>
       <c r="F6" t="n">
         <v>9.81</v>
       </c>
       <c r="G6" t="n">
         <v>9.82</v>
       </c>
       <c r="H6" t="n">
         <v>9.779999999999999</v>
       </c>
       <c r="I6" t="n">
-        <v>9.800000000000001</v>
+        <v>9.789999999999999</v>
       </c>
       <c r="J6" t="n">
-        <v>9.789999999999999</v>
+        <v>9.779999999999999</v>
       </c>
       <c r="K6" t="n">
-        <v>9.789999999999999</v>
+        <v>9.779999999999999</v>
       </c>
       <c r="L6" t="n">
-        <v>9.789999999999999</v>
+        <v>9.779999999999999</v>
       </c>
       <c r="M6" t="n">
-        <v>9.779999999999999</v>
+        <v>9.77</v>
       </c>
       <c r="N6" t="n">
-        <v>9.779999999999999</v>
+        <v>9.76</v>
       </c>
       <c r="O6" t="n">
-        <v>9.77</v>
+        <v>9.76</v>
       </c>
       <c r="P6" t="n">
-        <v>9.77</v>
+        <v>9.76</v>
       </c>
       <c r="Q6" t="n">
-        <v>9.77</v>
+        <v>9.75</v>
       </c>
       <c r="R6" t="n">
-        <v>9.76</v>
+        <v>9.75</v>
       </c>
       <c r="S6" t="n">
-        <v>9.76</v>
+        <v>9.74</v>
       </c>
       <c r="T6" t="n">
-        <v>9.76</v>
+        <v>9.74</v>
       </c>
       <c r="U6" t="n">
-        <v>9.76</v>
+        <v>9.74</v>
       </c>
       <c r="V6" t="n">
-        <v>9.75</v>
+        <v>9.74</v>
       </c>
       <c r="W6" t="n">
-        <v>9.75</v>
+        <v>9.74</v>
       </c>
       <c r="X6" t="n">
-        <v>9.75</v>
+        <v>9.73</v>
       </c>
       <c r="Y6" t="n">
-        <v>9.75</v>
+        <v>9.73</v>
       </c>
       <c r="Z6" t="n">
-        <v>9.75</v>
+        <v>9.73</v>
       </c>
       <c r="AA6" t="n">
-        <v>9.75</v>
+        <v>9.73</v>
       </c>
       <c r="AB6" t="n">
-        <v>9.75</v>
+        <v>9.73</v>
       </c>
       <c r="AC6" t="n">
-        <v>9.75</v>
+        <v>9.73</v>
       </c>
       <c r="AD6" t="n">
-        <v>9.75</v>
+        <v>9.73</v>
       </c>
       <c r="AE6" t="n">
-        <v>9.75</v>
+        <v>9.73</v>
       </c>
       <c r="AF6" t="n">
-        <v>9.75</v>
+        <v>9.720000000000001</v>
       </c>
       <c r="AG6" t="n">
-        <v>9.75</v>
+        <v>9.720000000000001</v>
       </c>
       <c r="AH6" t="n">
-        <v>9.75</v>
+        <v>9.720000000000001</v>
       </c>
       <c r="AI6" t="n">
-        <v>9.75</v>
+        <v>9.720000000000001</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>25-29</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>12.02</v>
       </c>
       <c r="C7" t="n">
         <v>11.68</v>
       </c>
       <c r="D7" t="n">
         <v>13.35</v>
       </c>
       <c r="E7" t="n">
         <v>12.77</v>
       </c>
       <c r="F7" t="n">
         <v>12.02</v>
       </c>
       <c r="G7" t="n">
         <v>12.02</v>
       </c>
       <c r="H7" t="n">
         <v>11.99</v>
       </c>
       <c r="I7" t="n">
-        <v>12.01</v>
+        <v>12</v>
       </c>
       <c r="J7" t="n">
-        <v>12.01</v>
+        <v>12</v>
       </c>
       <c r="K7" t="n">
-        <v>12.01</v>
+        <v>12</v>
       </c>
       <c r="L7" t="n">
-        <v>12.01</v>
+        <v>12</v>
       </c>
       <c r="M7" t="n">
-        <v>12.01</v>
+        <v>12</v>
       </c>
       <c r="N7" t="n">
-        <v>12</v>
+        <v>11.99</v>
       </c>
       <c r="O7" t="n">
-        <v>12</v>
+        <v>11.99</v>
       </c>
       <c r="P7" t="n">
-        <v>12</v>
+        <v>11.99</v>
       </c>
       <c r="Q7" t="n">
-        <v>12</v>
+        <v>11.99</v>
       </c>
       <c r="R7" t="n">
-        <v>11.99</v>
+        <v>11.98</v>
       </c>
       <c r="S7" t="n">
-        <v>11.98</v>
+        <v>11.97</v>
       </c>
       <c r="T7" t="n">
-        <v>11.98</v>
+        <v>11.97</v>
       </c>
       <c r="U7" t="n">
-        <v>11.98</v>
+        <v>11.97</v>
       </c>
       <c r="V7" t="n">
-        <v>11.98</v>
+        <v>11.96</v>
       </c>
       <c r="W7" t="n">
-        <v>11.97</v>
+        <v>11.96</v>
       </c>
       <c r="X7" t="n">
-        <v>11.97</v>
+        <v>11.96</v>
       </c>
       <c r="Y7" t="n">
-        <v>11.97</v>
+        <v>11.95</v>
       </c>
       <c r="Z7" t="n">
-        <v>11.96</v>
+        <v>11.95</v>
       </c>
       <c r="AA7" t="n">
-        <v>11.96</v>
+        <v>11.95</v>
       </c>
       <c r="AB7" t="n">
-        <v>11.96</v>
+        <v>11.94</v>
       </c>
       <c r="AC7" t="n">
-        <v>11.95</v>
+        <v>11.94</v>
       </c>
       <c r="AD7" t="n">
-        <v>11.95</v>
+        <v>11.94</v>
       </c>
       <c r="AE7" t="n">
-        <v>11.95</v>
+        <v>11.93</v>
       </c>
       <c r="AF7" t="n">
-        <v>11.95</v>
+        <v>11.93</v>
       </c>
       <c r="AG7" t="n">
-        <v>11.94</v>
+        <v>11.93</v>
       </c>
       <c r="AH7" t="n">
-        <v>11.94</v>
+        <v>11.92</v>
       </c>
       <c r="AI7" t="n">
-        <v>11.94</v>
+        <v>11.92</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>30-34</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>11.21</v>
       </c>
       <c r="C8" t="n">
         <v>10.56</v>
       </c>
       <c r="D8" t="n">
         <v>11.43</v>
       </c>
       <c r="E8" t="n">
         <v>10.82</v>
       </c>
       <c r="F8" t="n">
         <v>11.21</v>
       </c>
       <c r="G8" t="n">
         <v>11.22</v>
       </c>
       <c r="H8" t="n">
         <v>11.21</v>
       </c>
       <c r="I8" t="n">
         <v>11.21</v>
       </c>
       <c r="J8" t="n">
-        <v>11.22</v>
+        <v>11.21</v>
       </c>
       <c r="K8" t="n">
         <v>11.22</v>
       </c>
       <c r="L8" t="n">
         <v>11.22</v>
       </c>
       <c r="M8" t="n">
         <v>11.22</v>
       </c>
       <c r="N8" t="n">
         <v>11.22</v>
       </c>
       <c r="O8" t="n">
         <v>11.22</v>
       </c>
       <c r="P8" t="n">
         <v>11.22</v>
       </c>
       <c r="Q8" t="n">
         <v>11.22</v>
       </c>
       <c r="R8" t="n">
         <v>11.22</v>
       </c>
       <c r="S8" t="n">
-        <v>11.22</v>
+        <v>11.21</v>
       </c>
       <c r="T8" t="n">
-        <v>11.22</v>
+        <v>11.21</v>
       </c>
       <c r="U8" t="n">
-        <v>11.22</v>
+        <v>11.21</v>
       </c>
       <c r="V8" t="n">
-        <v>11.22</v>
+        <v>11.21</v>
       </c>
       <c r="W8" t="n">
-        <v>11.22</v>
+        <v>11.21</v>
       </c>
       <c r="X8" t="n">
         <v>11.21</v>
       </c>
       <c r="Y8" t="n">
-        <v>11.21</v>
+        <v>11.2</v>
       </c>
       <c r="Z8" t="n">
-        <v>11.21</v>
+        <v>11.2</v>
       </c>
       <c r="AA8" t="n">
-        <v>11.21</v>
+        <v>11.2</v>
       </c>
       <c r="AB8" t="n">
-        <v>11.21</v>
+        <v>11.2</v>
       </c>
       <c r="AC8" t="n">
-        <v>11.21</v>
+        <v>11.2</v>
       </c>
       <c r="AD8" t="n">
-        <v>11.21</v>
+        <v>11.19</v>
       </c>
       <c r="AE8" t="n">
-        <v>11.2</v>
+        <v>11.19</v>
       </c>
       <c r="AF8" t="n">
-        <v>11.2</v>
+        <v>11.19</v>
       </c>
       <c r="AG8" t="n">
-        <v>11.2</v>
+        <v>11.19</v>
       </c>
       <c r="AH8" t="n">
-        <v>11.2</v>
+        <v>11.19</v>
       </c>
       <c r="AI8" t="n">
-        <v>11.2</v>
+        <v>11.19</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>35-39</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>10.4</v>
       </c>
       <c r="C9" t="n">
         <v>9.65</v>
       </c>
       <c r="D9" t="n">
         <v>9.890000000000001</v>
       </c>
       <c r="E9" t="n">
         <v>9.93</v>
       </c>
       <c r="F9" t="n">
         <v>10.37</v>
       </c>
       <c r="G9" t="n">
         <v>10.36</v>
       </c>
       <c r="H9" t="n">
         <v>10.37</v>
       </c>
       <c r="I9" t="n">
         <v>10.37</v>
       </c>
       <c r="J9" t="n">
         <v>10.37</v>
       </c>
       <c r="K9" t="n">
-        <v>10.37</v>
+        <v>10.38</v>
       </c>
       <c r="L9" t="n">
-        <v>10.37</v>
+        <v>10.38</v>
       </c>
       <c r="M9" t="n">
-        <v>10.37</v>
+        <v>10.38</v>
       </c>
       <c r="N9" t="n">
         <v>10.38</v>
       </c>
       <c r="O9" t="n">
         <v>10.38</v>
       </c>
       <c r="P9" t="n">
         <v>10.38</v>
       </c>
       <c r="Q9" t="n">
         <v>10.38</v>
       </c>
       <c r="R9" t="n">
         <v>10.38</v>
       </c>
       <c r="S9" t="n">
         <v>10.38</v>
       </c>
       <c r="T9" t="n">
         <v>10.38</v>
       </c>
       <c r="U9" t="n">
         <v>10.38</v>
       </c>
       <c r="V9" t="n">
         <v>10.38</v>
       </c>
       <c r="W9" t="n">
         <v>10.38</v>
       </c>
       <c r="X9" t="n">
         <v>10.38</v>
       </c>
       <c r="Y9" t="n">
         <v>10.38</v>
       </c>
       <c r="Z9" t="n">
-        <v>10.37</v>
+        <v>10.38</v>
       </c>
       <c r="AA9" t="n">
-        <v>10.37</v>
+        <v>10.38</v>
       </c>
       <c r="AB9" t="n">
-        <v>10.37</v>
+        <v>10.38</v>
       </c>
       <c r="AC9" t="n">
         <v>10.37</v>
       </c>
       <c r="AD9" t="n">
         <v>10.37</v>
       </c>
       <c r="AE9" t="n">
         <v>10.37</v>
       </c>
       <c r="AF9" t="n">
         <v>10.37</v>
       </c>
       <c r="AG9" t="n">
-        <v>10.36</v>
+        <v>10.37</v>
       </c>
       <c r="AH9" t="n">
-        <v>10.36</v>
+        <v>10.37</v>
       </c>
       <c r="AI9" t="n">
-        <v>10.36</v>
+        <v>10.37</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>40-44</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>7.32</v>
       </c>
       <c r="C10" t="n">
         <v>6.84</v>
       </c>
       <c r="D10" t="n">
         <v>7.03</v>
       </c>
       <c r="E10" t="n">
         <v>7.73</v>
       </c>
       <c r="F10" t="n">
         <v>7.32</v>
       </c>
       <c r="G10" t="n">
         <v>7.31</v>
       </c>
       <c r="H10" t="n">
         <v>7.33</v>
       </c>
       <c r="I10" t="n">
         <v>7.32</v>
       </c>
       <c r="J10" t="n">
         <v>7.32</v>
       </c>
       <c r="K10" t="n">
         <v>7.32</v>
       </c>
       <c r="L10" t="n">
         <v>7.32</v>
       </c>
       <c r="M10" t="n">
         <v>7.32</v>
       </c>
       <c r="N10" t="n">
-        <v>7.32</v>
+        <v>7.33</v>
       </c>
       <c r="O10" t="n">
-        <v>7.32</v>
+        <v>7.33</v>
       </c>
       <c r="P10" t="n">
-        <v>7.32</v>
+        <v>7.33</v>
       </c>
       <c r="Q10" t="n">
-        <v>7.32</v>
+        <v>7.33</v>
       </c>
       <c r="R10" t="n">
         <v>7.33</v>
       </c>
       <c r="S10" t="n">
         <v>7.33</v>
       </c>
       <c r="T10" t="n">
         <v>7.33</v>
       </c>
       <c r="U10" t="n">
         <v>7.33</v>
       </c>
       <c r="V10" t="n">
         <v>7.33</v>
       </c>
       <c r="W10" t="n">
         <v>7.33</v>
       </c>
       <c r="X10" t="n">
         <v>7.33</v>
       </c>
       <c r="Y10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="Z10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="AA10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="AB10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="AC10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="AD10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="AE10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="AF10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="AG10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="AH10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="AI10" t="n">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="inlineStr">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>45-49</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>5.77</v>
       </c>
       <c r="C11" t="n">
         <v>4.87</v>
       </c>
       <c r="D11" t="n">
         <v>4.82</v>
       </c>
       <c r="E11" t="n">
         <v>4.74</v>
       </c>
       <c r="F11" t="n">
         <v>5.79</v>
       </c>
       <c r="G11" t="n">
         <v>5.8</v>
       </c>
       <c r="H11" t="n">
         <v>5.81</v>
       </c>
       <c r="I11" t="n">
-        <v>5.8</v>
+        <v>5.81</v>
       </c>
       <c r="J11" t="n">
-        <v>5.8</v>
+        <v>5.81</v>
       </c>
       <c r="K11" t="n">
-        <v>5.8</v>
+        <v>5.81</v>
       </c>
       <c r="L11" t="n">
-        <v>5.8</v>
+        <v>5.81</v>
       </c>
       <c r="M11" t="n">
-        <v>5.8</v>
+        <v>5.81</v>
       </c>
       <c r="N11" t="n">
-        <v>5.8</v>
+        <v>5.81</v>
       </c>
       <c r="O11" t="n">
-        <v>5.8</v>
+        <v>5.81</v>
       </c>
       <c r="P11" t="n">
-        <v>5.8</v>
+        <v>5.81</v>
       </c>
       <c r="Q11" t="n">
-        <v>5.8</v>
+        <v>5.82</v>
       </c>
       <c r="R11" t="n">
-        <v>5.81</v>
+        <v>5.82</v>
       </c>
       <c r="S11" t="n">
-        <v>5.81</v>
+        <v>5.82</v>
       </c>
       <c r="T11" t="n">
-        <v>5.81</v>
+        <v>5.82</v>
       </c>
       <c r="U11" t="n">
-        <v>5.81</v>
+        <v>5.82</v>
       </c>
       <c r="V11" t="n">
-        <v>5.81</v>
+        <v>5.83</v>
       </c>
       <c r="W11" t="n">
-        <v>5.81</v>
+        <v>5.83</v>
       </c>
       <c r="X11" t="n">
-        <v>5.82</v>
+        <v>5.83</v>
       </c>
       <c r="Y11" t="n">
-        <v>5.82</v>
+        <v>5.83</v>
       </c>
       <c r="Z11" t="n">
-        <v>5.82</v>
+        <v>5.83</v>
       </c>
       <c r="AA11" t="n">
-        <v>5.82</v>
+        <v>5.84</v>
       </c>
       <c r="AB11" t="n">
-        <v>5.82</v>
+        <v>5.84</v>
       </c>
       <c r="AC11" t="n">
-        <v>5.82</v>
+        <v>5.84</v>
       </c>
       <c r="AD11" t="n">
-        <v>5.82</v>
+        <v>5.84</v>
       </c>
       <c r="AE11" t="n">
-        <v>5.83</v>
+        <v>5.84</v>
       </c>
       <c r="AF11" t="n">
-        <v>5.83</v>
+        <v>5.85</v>
       </c>
       <c r="AG11" t="n">
-        <v>5.83</v>
+        <v>5.85</v>
       </c>
       <c r="AH11" t="n">
-        <v>5.83</v>
+        <v>5.85</v>
       </c>
       <c r="AI11" t="n">
-        <v>5.83</v>
+        <v>5.85</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="inlineStr">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>50-54</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>4.15</v>
       </c>
       <c r="C12" t="n">
         <v>3.83</v>
       </c>
       <c r="D12" t="n">
         <v>3.68</v>
       </c>
       <c r="E12" t="n">
         <v>3.61</v>
       </c>
       <c r="F12" t="n">
         <v>4.16</v>
       </c>
       <c r="G12" t="n">
         <v>4.16</v>
       </c>
       <c r="H12" t="n">
         <v>4.18</v>
       </c>
@@ -1690,430 +1676,430 @@
       <c r="K12" t="n">
         <v>4.18</v>
       </c>
       <c r="L12" t="n">
         <v>4.18</v>
       </c>
       <c r="M12" t="n">
         <v>4.18</v>
       </c>
       <c r="N12" t="n">
         <v>4.18</v>
       </c>
       <c r="O12" t="n">
         <v>4.18</v>
       </c>
       <c r="P12" t="n">
         <v>4.18</v>
       </c>
       <c r="Q12" t="n">
         <v>4.18</v>
       </c>
       <c r="R12" t="n">
         <v>4.18</v>
       </c>
       <c r="S12" t="n">
-        <v>4.18</v>
+        <v>4.19</v>
       </c>
       <c r="T12" t="n">
         <v>4.19</v>
       </c>
       <c r="U12" t="n">
         <v>4.19</v>
       </c>
       <c r="V12" t="n">
         <v>4.19</v>
       </c>
       <c r="W12" t="n">
         <v>4.19</v>
       </c>
       <c r="X12" t="n">
-        <v>4.19</v>
+        <v>4.2</v>
       </c>
       <c r="Y12" t="n">
         <v>4.2</v>
       </c>
       <c r="Z12" t="n">
         <v>4.2</v>
       </c>
       <c r="AA12" t="n">
         <v>4.2</v>
       </c>
       <c r="AB12" t="n">
-        <v>4.2</v>
+        <v>4.21</v>
       </c>
       <c r="AC12" t="n">
         <v>4.21</v>
       </c>
       <c r="AD12" t="n">
         <v>4.21</v>
       </c>
       <c r="AE12" t="n">
         <v>4.21</v>
       </c>
       <c r="AF12" t="n">
         <v>4.21</v>
       </c>
       <c r="AG12" t="n">
-        <v>4.21</v>
+        <v>4.22</v>
       </c>
       <c r="AH12" t="n">
         <v>4.22</v>
       </c>
       <c r="AI12" t="n">
         <v>4.22</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="inlineStr">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>55-59</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>3.51</v>
       </c>
       <c r="C13" t="n">
         <v>3.28</v>
       </c>
       <c r="D13" t="n">
         <v>3.08</v>
       </c>
       <c r="E13" t="n">
         <v>2.72</v>
       </c>
       <c r="F13" t="n">
         <v>3.51</v>
       </c>
       <c r="G13" t="n">
         <v>3.52</v>
       </c>
       <c r="H13" t="n">
         <v>3.52</v>
       </c>
       <c r="I13" t="n">
         <v>3.52</v>
       </c>
       <c r="J13" t="n">
         <v>3.52</v>
       </c>
       <c r="K13" t="n">
         <v>3.52</v>
       </c>
       <c r="L13" t="n">
         <v>3.52</v>
       </c>
       <c r="M13" t="n">
         <v>3.52</v>
       </c>
       <c r="N13" t="n">
-        <v>3.52</v>
+        <v>3.53</v>
       </c>
       <c r="O13" t="n">
-        <v>3.52</v>
+        <v>3.53</v>
       </c>
       <c r="P13" t="n">
-        <v>3.52</v>
+        <v>3.53</v>
       </c>
       <c r="Q13" t="n">
-        <v>3.52</v>
+        <v>3.53</v>
       </c>
       <c r="R13" t="n">
         <v>3.53</v>
       </c>
       <c r="S13" t="n">
         <v>3.53</v>
       </c>
       <c r="T13" t="n">
-        <v>3.53</v>
+        <v>3.54</v>
       </c>
       <c r="U13" t="n">
-        <v>3.53</v>
+        <v>3.54</v>
       </c>
       <c r="V13" t="n">
-        <v>3.53</v>
+        <v>3.54</v>
       </c>
       <c r="W13" t="n">
         <v>3.54</v>
       </c>
       <c r="X13" t="n">
-        <v>3.54</v>
+        <v>3.55</v>
       </c>
       <c r="Y13" t="n">
-        <v>3.54</v>
+        <v>3.55</v>
       </c>
       <c r="Z13" t="n">
-        <v>3.54</v>
+        <v>3.55</v>
       </c>
       <c r="AA13" t="n">
         <v>3.55</v>
       </c>
       <c r="AB13" t="n">
-        <v>3.55</v>
+        <v>3.56</v>
       </c>
       <c r="AC13" t="n">
-        <v>3.55</v>
+        <v>3.56</v>
       </c>
       <c r="AD13" t="n">
-        <v>3.55</v>
+        <v>3.56</v>
       </c>
       <c r="AE13" t="n">
-        <v>3.55</v>
+        <v>3.56</v>
       </c>
       <c r="AF13" t="n">
         <v>3.56</v>
       </c>
       <c r="AG13" t="n">
-        <v>3.56</v>
+        <v>3.57</v>
       </c>
       <c r="AH13" t="n">
-        <v>3.56</v>
+        <v>3.57</v>
       </c>
       <c r="AI13" t="n">
-        <v>3.56</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="inlineStr">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>60-64</t>
         </is>
       </c>
       <c r="B14" t="n">
         <v>2.52</v>
       </c>
       <c r="C14" t="n">
         <v>2.55</v>
       </c>
       <c r="D14" t="n">
         <v>2.45</v>
       </c>
       <c r="E14" t="n">
         <v>2.28</v>
       </c>
       <c r="F14" t="n">
         <v>2.53</v>
       </c>
       <c r="G14" t="n">
         <v>2.53</v>
       </c>
       <c r="H14" t="n">
         <v>2.54</v>
       </c>
       <c r="I14" t="n">
         <v>2.54</v>
       </c>
       <c r="J14" t="n">
         <v>2.54</v>
       </c>
       <c r="K14" t="n">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
       <c r="L14" t="n">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
       <c r="M14" t="n">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
       <c r="N14" t="n">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
       <c r="O14" t="n">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
       <c r="P14" t="n">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
       <c r="Q14" t="n">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
       <c r="R14" t="n">
         <v>2.55</v>
       </c>
       <c r="S14" t="n">
         <v>2.55</v>
       </c>
       <c r="T14" t="n">
         <v>2.55</v>
       </c>
       <c r="U14" t="n">
-        <v>2.55</v>
+        <v>2.56</v>
       </c>
       <c r="V14" t="n">
-        <v>2.55</v>
+        <v>2.56</v>
       </c>
       <c r="W14" t="n">
-        <v>2.55</v>
+        <v>2.56</v>
       </c>
       <c r="X14" t="n">
-        <v>2.55</v>
+        <v>2.56</v>
       </c>
       <c r="Y14" t="n">
-        <v>2.55</v>
+        <v>2.56</v>
       </c>
       <c r="Z14" t="n">
-        <v>2.55</v>
+        <v>2.56</v>
       </c>
       <c r="AA14" t="n">
         <v>2.56</v>
       </c>
       <c r="AB14" t="n">
-        <v>2.56</v>
+        <v>2.57</v>
       </c>
       <c r="AC14" t="n">
-        <v>2.56</v>
+        <v>2.57</v>
       </c>
       <c r="AD14" t="n">
-        <v>2.56</v>
+        <v>2.57</v>
       </c>
       <c r="AE14" t="n">
-        <v>2.56</v>
+        <v>2.57</v>
       </c>
       <c r="AF14" t="n">
-        <v>2.56</v>
+        <v>2.57</v>
       </c>
       <c r="AG14" t="n">
-        <v>2.56</v>
+        <v>2.57</v>
       </c>
       <c r="AH14" t="n">
-        <v>2.56</v>
+        <v>2.58</v>
       </c>
       <c r="AI14" t="n">
-        <v>2.56</v>
+        <v>2.58</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>65-69</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>1.95</v>
       </c>
       <c r="C15" t="n">
         <v>1.91</v>
       </c>
       <c r="D15" t="n">
         <v>1.65</v>
       </c>
       <c r="E15" t="n">
         <v>1.75</v>
       </c>
       <c r="F15" t="n">
         <v>1.98</v>
       </c>
       <c r="G15" t="n">
         <v>1.98</v>
       </c>
       <c r="H15" t="n">
         <v>1.98</v>
       </c>
       <c r="I15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="J15" t="n">
         <v>1.97</v>
       </c>
       <c r="K15" t="n">
         <v>1.97</v>
       </c>
       <c r="L15" t="n">
         <v>1.97</v>
       </c>
       <c r="M15" t="n">
         <v>1.97</v>
       </c>
       <c r="N15" t="n">
         <v>1.97</v>
       </c>
       <c r="O15" t="n">
         <v>1.97</v>
       </c>
       <c r="P15" t="n">
         <v>1.97</v>
       </c>
       <c r="Q15" t="n">
-        <v>1.96</v>
+        <v>1.97</v>
       </c>
       <c r="R15" t="n">
-        <v>1.96</v>
+        <v>1.97</v>
       </c>
       <c r="S15" t="n">
+        <v>1.98</v>
+      </c>
+      <c r="T15" t="n">
         <v>1.97</v>
       </c>
-      <c r="T15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="U15" t="n">
-        <v>1.96</v>
+        <v>1.98</v>
       </c>
       <c r="V15" t="n">
-        <v>1.96</v>
+        <v>1.98</v>
       </c>
       <c r="W15" t="n">
-        <v>1.96</v>
+        <v>1.98</v>
       </c>
       <c r="X15" t="n">
-        <v>1.96</v>
+        <v>1.98</v>
       </c>
       <c r="Y15" t="n">
-        <v>1.96</v>
+        <v>1.98</v>
       </c>
       <c r="Z15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="AA15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="AB15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="AC15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="AD15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="AE15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="AF15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="AG15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="AH15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="AI15" t="n">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>70-74</t>
         </is>
       </c>
       <c r="B16" t="n">
         <v>1.28</v>
       </c>
       <c r="C16" t="n">
         <v>1.25</v>
       </c>
       <c r="D16" t="n">
         <v>1.21</v>
       </c>
       <c r="E16" t="n">
         <v>1.08</v>
       </c>
       <c r="F16" t="n">
         <v>1.29</v>
       </c>
       <c r="G16" t="n">
         <v>1.29</v>
       </c>
       <c r="H16" t="n">
         <v>1.29</v>
       </c>
@@ -2178,51 +2164,51 @@
         <v>1.29</v>
       </c>
       <c r="AC16" t="n">
         <v>1.29</v>
       </c>
       <c r="AD16" t="n">
         <v>1.29</v>
       </c>
       <c r="AE16" t="n">
         <v>1.29</v>
       </c>
       <c r="AF16" t="n">
         <v>1.29</v>
       </c>
       <c r="AG16" t="n">
         <v>1.29</v>
       </c>
       <c r="AH16" t="n">
         <v>1.29</v>
       </c>
       <c r="AI16" t="n">
         <v>1.29</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="inlineStr">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>75-79</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>0.73</v>
       </c>
       <c r="C17" t="n">
         <v>1.11</v>
       </c>
       <c r="D17" t="n">
         <v>1.04</v>
       </c>
       <c r="E17" t="n">
         <v>1.07</v>
       </c>
       <c r="F17" t="n">
         <v>0.74</v>
       </c>
       <c r="G17" t="n">
         <v>0.73</v>
       </c>
       <c r="H17" t="n">
         <v>0.73</v>
       </c>
@@ -2256,106 +2242,106 @@
       <c r="R17" t="n">
         <v>0.72</v>
       </c>
       <c r="S17" t="n">
         <v>0.72</v>
       </c>
       <c r="T17" t="n">
         <v>0.72</v>
       </c>
       <c r="U17" t="n">
         <v>0.72</v>
       </c>
       <c r="V17" t="n">
         <v>0.72</v>
       </c>
       <c r="W17" t="n">
         <v>0.72</v>
       </c>
       <c r="X17" t="n">
         <v>0.72</v>
       </c>
       <c r="Y17" t="n">
         <v>0.72</v>
       </c>
       <c r="Z17" t="n">
-        <v>0.72</v>
+        <v>0.71</v>
       </c>
       <c r="AA17" t="n">
         <v>0.71</v>
       </c>
       <c r="AB17" t="n">
         <v>0.71</v>
       </c>
       <c r="AC17" t="n">
         <v>0.71</v>
       </c>
       <c r="AD17" t="n">
         <v>0.71</v>
       </c>
       <c r="AE17" t="n">
         <v>0.71</v>
       </c>
       <c r="AF17" t="n">
         <v>0.71</v>
       </c>
       <c r="AG17" t="n">
         <v>0.71</v>
       </c>
       <c r="AH17" t="n">
         <v>0.71</v>
       </c>
       <c r="AI17" t="n">
         <v>0.71</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="inlineStr">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>80-84</t>
         </is>
       </c>
       <c r="B18" t="n">
         <v>0.47</v>
       </c>
       <c r="C18" t="n">
         <v>0.84</v>
       </c>
       <c r="D18" t="n">
         <v>0.76</v>
       </c>
       <c r="E18" t="n">
         <v>0.76</v>
       </c>
       <c r="F18" t="n">
         <v>0.45</v>
       </c>
       <c r="G18" t="n">
         <v>0.44</v>
       </c>
       <c r="H18" t="n">
-        <v>0.44</v>
+        <v>0.45</v>
       </c>
       <c r="I18" t="n">
         <v>0.44</v>
       </c>
       <c r="J18" t="n">
         <v>0.44</v>
       </c>
       <c r="K18" t="n">
         <v>0.44</v>
       </c>
       <c r="L18" t="n">
         <v>0.44</v>
       </c>
       <c r="M18" t="n">
         <v>0.44</v>
       </c>
       <c r="N18" t="n">
         <v>0.44</v>
       </c>
       <c r="O18" t="n">
         <v>0.44</v>
       </c>
       <c r="P18" t="n">
         <v>0.44</v>
       </c>
@@ -2383,64 +2369,64 @@
       <c r="X18" t="n">
         <v>0.44</v>
       </c>
       <c r="Y18" t="n">
         <v>0.44</v>
       </c>
       <c r="Z18" t="n">
         <v>0.44</v>
       </c>
       <c r="AA18" t="n">
         <v>0.44</v>
       </c>
       <c r="AB18" t="n">
         <v>0.44</v>
       </c>
       <c r="AC18" t="n">
         <v>0.44</v>
       </c>
       <c r="AD18" t="n">
         <v>0.44</v>
       </c>
       <c r="AE18" t="n">
         <v>0.44</v>
       </c>
       <c r="AF18" t="n">
-        <v>0.44</v>
+        <v>0.43</v>
       </c>
       <c r="AG18" t="n">
-        <v>0.44</v>
+        <v>0.43</v>
       </c>
       <c r="AH18" t="n">
-        <v>0.44</v>
+        <v>0.43</v>
       </c>
       <c r="AI18" t="n">
-        <v>0.44</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="inlineStr">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>85+</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>0.5600000000000001</v>
       </c>
       <c r="C19" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="D19" t="n">
         <v>0.66</v>
       </c>
       <c r="E19" t="n">
         <v>0.59</v>
       </c>
       <c r="F19" t="n">
         <v>0.53</v>
       </c>
       <c r="G19" t="n">
         <v>0.52</v>
       </c>
       <c r="H19" t="n">
         <v>0.52</v>
       </c>
@@ -2474,82 +2460,82 @@
       <c r="R19" t="n">
         <v>0.52</v>
       </c>
       <c r="S19" t="n">
         <v>0.52</v>
       </c>
       <c r="T19" t="n">
         <v>0.52</v>
       </c>
       <c r="U19" t="n">
         <v>0.52</v>
       </c>
       <c r="V19" t="n">
         <v>0.52</v>
       </c>
       <c r="W19" t="n">
         <v>0.52</v>
       </c>
       <c r="X19" t="n">
         <v>0.52</v>
       </c>
       <c r="Y19" t="n">
         <v>0.52</v>
       </c>
       <c r="Z19" t="n">
-        <v>0.52</v>
+        <v>0.51</v>
       </c>
       <c r="AA19" t="n">
-        <v>0.52</v>
+        <v>0.51</v>
       </c>
       <c r="AB19" t="n">
-        <v>0.52</v>
+        <v>0.51</v>
       </c>
       <c r="AC19" t="n">
         <v>0.51</v>
       </c>
       <c r="AD19" t="n">
         <v>0.51</v>
       </c>
       <c r="AE19" t="n">
         <v>0.51</v>
       </c>
       <c r="AF19" t="n">
         <v>0.51</v>
       </c>
       <c r="AG19" t="n">
         <v>0.51</v>
       </c>
       <c r="AH19" t="n">
-        <v>0.51</v>
+        <v>0.5</v>
       </c>
       <c r="AI19" t="n">
-        <v>0.51</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>100</v>
       </c>
       <c r="C20" t="n">
         <v>100</v>
       </c>
       <c r="D20" t="n">
         <v>100</v>
       </c>
       <c r="E20" t="n">
         <v>100</v>
       </c>
       <c r="F20" t="n">
         <v>100</v>
       </c>
       <c r="G20" t="n">
         <v>100</v>
       </c>
       <c r="H20" t="n">
         <v>100</v>
       </c>