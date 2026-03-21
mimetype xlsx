--- v0 (2026-01-21)
+++ v1 (2026-03-21)
@@ -11,96 +11,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -434,2662 +420,2662 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:AI24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Small Area</t>
         </is>
       </c>
-      <c r="B1" s="1" t="n">
+      <c r="B1" t="n">
         <v>2021</v>
       </c>
-      <c r="C1" s="1" t="n">
+      <c r="C1" t="n">
         <v>2022</v>
       </c>
-      <c r="D1" s="1" t="n">
+      <c r="D1" t="n">
         <v>2023</v>
       </c>
-      <c r="E1" s="1" t="n">
+      <c r="E1" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="1" t="n">
+      <c r="F1" t="n">
         <v>2025</v>
       </c>
-      <c r="G1" s="1" t="n">
+      <c r="G1" t="n">
         <v>2026</v>
       </c>
-      <c r="H1" s="1" t="n">
+      <c r="H1" t="n">
         <v>2027</v>
       </c>
-      <c r="I1" s="1" t="n">
+      <c r="I1" t="n">
         <v>2028</v>
       </c>
-      <c r="J1" s="1" t="n">
+      <c r="J1" t="n">
         <v>2029</v>
       </c>
-      <c r="K1" s="1" t="n">
+      <c r="K1" t="n">
         <v>2030</v>
       </c>
-      <c r="L1" s="1" t="n">
+      <c r="L1" t="n">
         <v>2031</v>
       </c>
-      <c r="M1" s="1" t="n">
+      <c r="M1" t="n">
         <v>2032</v>
       </c>
-      <c r="N1" s="1" t="n">
+      <c r="N1" t="n">
         <v>2033</v>
       </c>
-      <c r="O1" s="1" t="n">
+      <c r="O1" t="n">
         <v>2034</v>
       </c>
-      <c r="P1" s="1" t="n">
+      <c r="P1" t="n">
         <v>2035</v>
       </c>
-      <c r="Q1" s="1" t="n">
+      <c r="Q1" t="n">
         <v>2036</v>
       </c>
-      <c r="R1" s="1" t="n">
+      <c r="R1" t="n">
         <v>2037</v>
       </c>
-      <c r="S1" s="1" t="n">
+      <c r="S1" t="n">
         <v>2038</v>
       </c>
-      <c r="T1" s="1" t="n">
+      <c r="T1" t="n">
         <v>2039</v>
       </c>
-      <c r="U1" s="1" t="n">
+      <c r="U1" t="n">
         <v>2040</v>
       </c>
-      <c r="V1" s="1" t="n">
+      <c r="V1" t="n">
         <v>2041</v>
       </c>
-      <c r="W1" s="1" t="n">
+      <c r="W1" t="n">
         <v>2042</v>
       </c>
-      <c r="X1" s="1" t="n">
+      <c r="X1" t="n">
         <v>2043</v>
       </c>
-      <c r="Y1" s="1" t="n">
+      <c r="Y1" t="n">
         <v>2044</v>
       </c>
-      <c r="Z1" s="1" t="n">
+      <c r="Z1" t="n">
         <v>2045</v>
       </c>
-      <c r="AA1" s="1" t="n">
+      <c r="AA1" t="n">
         <v>2046</v>
       </c>
-      <c r="AB1" s="1" t="n">
+      <c r="AB1" t="n">
         <v>2047</v>
       </c>
-      <c r="AC1" s="1" t="n">
+      <c r="AC1" t="n">
         <v>2048</v>
       </c>
-      <c r="AD1" s="1" t="n">
+      <c r="AD1" t="n">
         <v>2049</v>
       </c>
-      <c r="AE1" s="1" t="n">
+      <c r="AE1" t="n">
         <v>2050</v>
       </c>
-      <c r="AF1" s="1" t="n">
+      <c r="AF1" t="n">
         <v>2051</v>
       </c>
-      <c r="AG1" s="1" t="n">
+      <c r="AG1" t="n">
         <v>2052</v>
       </c>
-      <c r="AH1" s="1" t="n">
+      <c r="AH1" t="n">
         <v>2053</v>
       </c>
-      <c r="AI1" s="1" t="n">
+      <c r="AI1" t="n">
         <v>2054</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
+      <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Beldon</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>72.39</v>
       </c>
       <c r="C2" t="n">
         <v>87.77</v>
       </c>
       <c r="D2" t="n">
         <v>75.77</v>
       </c>
       <c r="E2" t="n">
         <v>61.51</v>
       </c>
       <c r="F2" t="n">
         <v>59.56</v>
       </c>
       <c r="G2" t="n">
         <v>60.05</v>
       </c>
       <c r="H2" t="n">
         <v>59.2</v>
       </c>
       <c r="I2" t="n">
-        <v>58.51</v>
+        <v>58.53</v>
       </c>
       <c r="J2" t="n">
-        <v>58.34</v>
+        <v>58.3</v>
       </c>
       <c r="K2" t="n">
-        <v>57.56</v>
+        <v>57.46</v>
       </c>
       <c r="L2" t="n">
-        <v>57.1</v>
+        <v>56.96</v>
       </c>
       <c r="M2" t="n">
-        <v>56.98</v>
+        <v>56.78</v>
       </c>
       <c r="N2" t="n">
-        <v>56.41</v>
+        <v>56.16</v>
       </c>
       <c r="O2" t="n">
-        <v>56.05</v>
+        <v>55.76</v>
       </c>
       <c r="P2" t="n">
-        <v>55.78</v>
+        <v>55.45</v>
       </c>
       <c r="Q2" t="n">
-        <v>55.46</v>
+        <v>55.09</v>
       </c>
       <c r="R2" t="n">
-        <v>55.21</v>
+        <v>54.8</v>
       </c>
       <c r="S2" t="n">
-        <v>55.05</v>
+        <v>54.6</v>
       </c>
       <c r="T2" t="n">
-        <v>54.97</v>
+        <v>54.48</v>
       </c>
       <c r="U2" t="n">
-        <v>54.92</v>
+        <v>54.41</v>
       </c>
       <c r="V2" t="n">
-        <v>54.76</v>
+        <v>54.21</v>
       </c>
       <c r="W2" t="n">
-        <v>54.63</v>
+        <v>54.05</v>
       </c>
       <c r="X2" t="n">
-        <v>54.48</v>
+        <v>53.88</v>
       </c>
       <c r="Y2" t="n">
-        <v>54.37</v>
+        <v>53.73</v>
       </c>
       <c r="Z2" t="n">
-        <v>54.27</v>
+        <v>53.6</v>
       </c>
       <c r="AA2" t="n">
-        <v>54.16</v>
+        <v>53.46</v>
       </c>
       <c r="AB2" t="n">
-        <v>54.07</v>
+        <v>53.34</v>
       </c>
       <c r="AC2" t="n">
-        <v>54.01</v>
+        <v>53.25</v>
       </c>
       <c r="AD2" t="n">
-        <v>53.96</v>
+        <v>53.18</v>
       </c>
       <c r="AE2" t="n">
-        <v>53.92</v>
+        <v>53.11</v>
       </c>
       <c r="AF2" t="n">
-        <v>53.87</v>
+        <v>53.03</v>
       </c>
       <c r="AG2" t="n">
-        <v>53.83</v>
+        <v>52.96</v>
       </c>
       <c r="AH2" t="n">
-        <v>53.78</v>
+        <v>52.89</v>
       </c>
       <c r="AI2" t="n">
-        <v>53.75</v>
+        <v>52.83</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
+      <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Burns Beach</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>26.26</v>
       </c>
       <c r="C3" t="n">
         <v>29.89</v>
       </c>
       <c r="D3" t="n">
         <v>25.45</v>
       </c>
       <c r="E3" t="n">
         <v>24.64</v>
       </c>
       <c r="F3" t="n">
         <v>25.66</v>
       </c>
       <c r="G3" t="n">
         <v>27.28</v>
       </c>
       <c r="H3" t="n">
-        <v>27.38</v>
+        <v>27.44</v>
       </c>
       <c r="I3" t="n">
-        <v>27.39</v>
+        <v>27.37</v>
       </c>
       <c r="J3" t="n">
-        <v>27.75</v>
+        <v>28.05</v>
       </c>
       <c r="K3" t="n">
-        <v>28.13</v>
+        <v>28.71</v>
       </c>
       <c r="L3" t="n">
-        <v>28.88</v>
+        <v>29.72</v>
       </c>
       <c r="M3" t="n">
-        <v>29.62</v>
+        <v>30.68</v>
       </c>
       <c r="N3" t="n">
-        <v>30.32</v>
+        <v>31.57</v>
       </c>
       <c r="O3" t="n">
-        <v>31.02</v>
+        <v>32.43</v>
       </c>
       <c r="P3" t="n">
-        <v>31.62</v>
+        <v>33.18</v>
       </c>
       <c r="Q3" t="n">
-        <v>32.28</v>
+        <v>33.99</v>
       </c>
       <c r="R3" t="n">
-        <v>32.92</v>
+        <v>34.77</v>
       </c>
       <c r="S3" t="n">
-        <v>33.61</v>
+        <v>35.6</v>
       </c>
       <c r="T3" t="n">
-        <v>34.27</v>
+        <v>36.39</v>
       </c>
       <c r="U3" t="n">
-        <v>34.92</v>
+        <v>37.17</v>
       </c>
       <c r="V3" t="n">
-        <v>35.54</v>
+        <v>37.93</v>
       </c>
       <c r="W3" t="n">
-        <v>36.2</v>
+        <v>38.71</v>
       </c>
       <c r="X3" t="n">
-        <v>36.84</v>
+        <v>39.48</v>
       </c>
       <c r="Y3" t="n">
-        <v>37.46</v>
+        <v>40.23</v>
       </c>
       <c r="Z3" t="n">
-        <v>38.11</v>
+        <v>41.01</v>
       </c>
       <c r="AA3" t="n">
-        <v>38.75</v>
+        <v>41.78</v>
       </c>
       <c r="AB3" t="n">
-        <v>39.41</v>
+        <v>42.56</v>
       </c>
       <c r="AC3" t="n">
-        <v>40.08</v>
+        <v>43.36</v>
       </c>
       <c r="AD3" t="n">
-        <v>40.74</v>
+        <v>44.15</v>
       </c>
       <c r="AE3" t="n">
-        <v>41.4</v>
+        <v>44.93</v>
       </c>
       <c r="AF3" t="n">
-        <v>42.06</v>
+        <v>45.72</v>
       </c>
       <c r="AG3" t="n">
-        <v>42.72</v>
+        <v>46.51</v>
       </c>
       <c r="AH3" t="n">
-        <v>43.37</v>
+        <v>47.29</v>
       </c>
       <c r="AI3" t="n">
-        <v>44.03</v>
+        <v>48.08</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
+      <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Connolly</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>41.1</v>
       </c>
       <c r="C4" t="n">
         <v>48.22</v>
       </c>
       <c r="D4" t="n">
         <v>43.69</v>
       </c>
       <c r="E4" t="n">
         <v>38.51</v>
       </c>
       <c r="F4" t="n">
         <v>44.1</v>
       </c>
       <c r="G4" t="n">
         <v>44.51</v>
       </c>
       <c r="H4" t="n">
-        <v>41.24</v>
+        <v>41.25</v>
       </c>
       <c r="I4" t="n">
+        <v>40.14</v>
+      </c>
+      <c r="J4" t="n">
+        <v>39.82</v>
+      </c>
+      <c r="K4" t="n">
+        <v>39.14</v>
+      </c>
+      <c r="L4" t="n">
+        <v>39.05</v>
+      </c>
+      <c r="M4" t="n">
+        <v>39.1</v>
+      </c>
+      <c r="N4" t="n">
+        <v>39.12</v>
+      </c>
+      <c r="O4" t="n">
+        <v>39.04</v>
+      </c>
+      <c r="P4" t="n">
+        <v>39.04</v>
+      </c>
+      <c r="Q4" t="n">
+        <v>38.86</v>
+      </c>
+      <c r="R4" t="n">
+        <v>38.88</v>
+      </c>
+      <c r="S4" t="n">
+        <v>38.87</v>
+      </c>
+      <c r="T4" t="n">
+        <v>38.89</v>
+      </c>
+      <c r="U4" t="n">
+        <v>39.02</v>
+      </c>
+      <c r="V4" t="n">
+        <v>39.05</v>
+      </c>
+      <c r="W4" t="n">
+        <v>39.18</v>
+      </c>
+      <c r="X4" t="n">
+        <v>39.35</v>
+      </c>
+      <c r="Y4" t="n">
+        <v>39.48</v>
+      </c>
+      <c r="Z4" t="n">
+        <v>39.56</v>
+      </c>
+      <c r="AA4" t="n">
+        <v>39.73</v>
+      </c>
+      <c r="AB4" t="n">
+        <v>39.9</v>
+      </c>
+      <c r="AC4" t="n">
+        <v>40.02</v>
+      </c>
+      <c r="AD4" t="n">
         <v>40.12</v>
       </c>
-      <c r="J4" t="n">
-[...61 lines deleted...]
-      </c>
       <c r="AE4" t="n">
-        <v>38.61</v>
+        <v>40.25</v>
       </c>
       <c r="AF4" t="n">
-        <v>38.66</v>
+        <v>40.36</v>
       </c>
       <c r="AG4" t="n">
-        <v>38.7</v>
+        <v>40.45</v>
       </c>
       <c r="AH4" t="n">
-        <v>38.72</v>
+        <v>40.53</v>
       </c>
       <c r="AI4" t="n">
-        <v>38.73</v>
+        <v>40.6</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
+      <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Craigie (WA)</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>120.61</v>
       </c>
       <c r="C5" t="n">
         <v>146.23</v>
       </c>
       <c r="D5" t="n">
         <v>126.23</v>
       </c>
       <c r="E5" t="n">
         <v>102.49</v>
       </c>
       <c r="F5" t="n">
         <v>104.23</v>
       </c>
       <c r="G5" t="n">
         <v>108.4</v>
       </c>
       <c r="H5" t="n">
-        <v>112.71</v>
+        <v>112.85</v>
       </c>
       <c r="I5" t="n">
-        <v>112.6</v>
+        <v>112.67</v>
       </c>
       <c r="J5" t="n">
-        <v>111.56</v>
+        <v>111.61</v>
       </c>
       <c r="K5" t="n">
-        <v>110.71</v>
+        <v>110.82</v>
       </c>
       <c r="L5" t="n">
-        <v>110.33</v>
+        <v>110.48</v>
       </c>
       <c r="M5" t="n">
-        <v>111.18</v>
+        <v>111.38</v>
       </c>
       <c r="N5" t="n">
-        <v>112.28</v>
+        <v>112.53</v>
       </c>
       <c r="O5" t="n">
-        <v>112.49</v>
+        <v>112.78</v>
       </c>
       <c r="P5" t="n">
-        <v>112.03</v>
+        <v>112.36</v>
       </c>
       <c r="Q5" t="n">
-        <v>111.84</v>
+        <v>112.22</v>
       </c>
       <c r="R5" t="n">
-        <v>112.08</v>
+        <v>112.5</v>
       </c>
       <c r="S5" t="n">
-        <v>112.83</v>
+        <v>113.29</v>
       </c>
       <c r="T5" t="n">
-        <v>113.63</v>
+        <v>114.12</v>
       </c>
       <c r="U5" t="n">
-        <v>114.37</v>
+        <v>114.9</v>
       </c>
       <c r="V5" t="n">
-        <v>115</v>
+        <v>115.57</v>
       </c>
       <c r="W5" t="n">
-        <v>115.65</v>
+        <v>116.26</v>
       </c>
       <c r="X5" t="n">
-        <v>116.31</v>
+        <v>116.95</v>
       </c>
       <c r="Y5" t="n">
-        <v>116.94</v>
+        <v>117.62</v>
       </c>
       <c r="Z5" t="n">
-        <v>117.57</v>
+        <v>118.27</v>
       </c>
       <c r="AA5" t="n">
-        <v>118.18</v>
+        <v>118.92</v>
       </c>
       <c r="AB5" t="n">
-        <v>118.8</v>
+        <v>119.57</v>
       </c>
       <c r="AC5" t="n">
-        <v>119.42</v>
+        <v>120.23</v>
       </c>
       <c r="AD5" t="n">
-        <v>120.04</v>
+        <v>120.88</v>
       </c>
       <c r="AE5" t="n">
-        <v>120.68</v>
+        <v>121.55</v>
       </c>
       <c r="AF5" t="n">
-        <v>121.32</v>
+        <v>122.22</v>
       </c>
       <c r="AG5" t="n">
-        <v>121.93</v>
+        <v>122.87</v>
       </c>
       <c r="AH5" t="n">
-        <v>122.55</v>
+        <v>123.52</v>
       </c>
       <c r="AI5" t="n">
-        <v>123.18</v>
+        <v>124.18</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Currambine</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>82.20999999999999</v>
       </c>
       <c r="C6" t="n">
         <v>68</v>
       </c>
       <c r="D6" t="n">
         <v>71.04000000000001</v>
       </c>
       <c r="E6" t="n">
         <v>71.55</v>
       </c>
       <c r="F6" t="n">
         <v>73.23999999999999</v>
       </c>
       <c r="G6" t="n">
         <v>70.47</v>
       </c>
       <c r="H6" t="n">
-        <v>70.17</v>
+        <v>70.18000000000001</v>
       </c>
       <c r="I6" t="n">
-        <v>69.56999999999999</v>
+        <v>69.26000000000001</v>
       </c>
       <c r="J6" t="n">
-        <v>68.68000000000001</v>
+        <v>67.31999999999999</v>
       </c>
       <c r="K6" t="n">
-        <v>68.84</v>
+        <v>66.56</v>
       </c>
       <c r="L6" t="n">
-        <v>68.45</v>
+        <v>65.34</v>
       </c>
       <c r="M6" t="n">
-        <v>68.40000000000001</v>
+        <v>64.54000000000001</v>
       </c>
       <c r="N6" t="n">
-        <v>68.7</v>
+        <v>64.14</v>
       </c>
       <c r="O6" t="n">
-        <v>69.08</v>
+        <v>63.87</v>
       </c>
       <c r="P6" t="n">
-        <v>69.73</v>
+        <v>63.92</v>
       </c>
       <c r="Q6" t="n">
-        <v>70.18000000000001</v>
+        <v>63.79</v>
       </c>
       <c r="R6" t="n">
-        <v>70.77</v>
+        <v>63.83</v>
       </c>
       <c r="S6" t="n">
-        <v>71.38</v>
+        <v>63.91</v>
       </c>
       <c r="T6" t="n">
-        <v>71.98</v>
+        <v>64</v>
       </c>
       <c r="U6" t="n">
-        <v>72.56</v>
+        <v>64.06999999999999</v>
       </c>
       <c r="V6" t="n">
-        <v>73.17</v>
+        <v>64.18000000000001</v>
       </c>
       <c r="W6" t="n">
-        <v>73.8</v>
+        <v>64.31999999999999</v>
       </c>
       <c r="X6" t="n">
-        <v>74.40000000000001</v>
+        <v>64.44</v>
       </c>
       <c r="Y6" t="n">
-        <v>75.11</v>
+        <v>64.66</v>
       </c>
       <c r="Z6" t="n">
-        <v>75.8</v>
+        <v>64.88</v>
       </c>
       <c r="AA6" t="n">
-        <v>76.5</v>
+        <v>65.09999999999999</v>
       </c>
       <c r="AB6" t="n">
-        <v>77.22</v>
+        <v>65.36</v>
       </c>
       <c r="AC6" t="n">
-        <v>77.95999999999999</v>
+        <v>65.62</v>
       </c>
       <c r="AD6" t="n">
-        <v>78.78</v>
+        <v>65.98</v>
       </c>
       <c r="AE6" t="n">
-        <v>79.59</v>
+        <v>66.34</v>
       </c>
       <c r="AF6" t="n">
-        <v>80.37</v>
+        <v>66.66</v>
       </c>
       <c r="AG6" t="n">
-        <v>81.13</v>
+        <v>66.95999999999999</v>
       </c>
       <c r="AH6" t="n">
-        <v>81.90000000000001</v>
+        <v>67.28</v>
       </c>
       <c r="AI6" t="n">
-        <v>82.67</v>
+        <v>67.59999999999999</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Duncraig</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>155</v>
       </c>
       <c r="C7" t="n">
         <v>138</v>
       </c>
       <c r="D7" t="n">
         <v>129</v>
       </c>
       <c r="E7" t="n">
         <v>127</v>
       </c>
       <c r="F7" t="n">
         <v>119.75</v>
       </c>
       <c r="G7" t="n">
         <v>119.11</v>
       </c>
       <c r="H7" t="n">
-        <v>116.23</v>
+        <v>116.28</v>
       </c>
       <c r="I7" t="n">
-        <v>115.46</v>
+        <v>115.56</v>
       </c>
       <c r="J7" t="n">
-        <v>114.68</v>
+        <v>114.94</v>
       </c>
       <c r="K7" t="n">
-        <v>113.54</v>
+        <v>113.95</v>
       </c>
       <c r="L7" t="n">
-        <v>112.39</v>
+        <v>112.92</v>
       </c>
       <c r="M7" t="n">
-        <v>111.61</v>
+        <v>112.24</v>
       </c>
       <c r="N7" t="n">
-        <v>111.78</v>
+        <v>112.5</v>
       </c>
       <c r="O7" t="n">
-        <v>112.06</v>
+        <v>112.86</v>
       </c>
       <c r="P7" t="n">
-        <v>112.4</v>
+        <v>113.26</v>
       </c>
       <c r="Q7" t="n">
-        <v>112.79</v>
+        <v>113.72</v>
       </c>
       <c r="R7" t="n">
-        <v>113.06</v>
+        <v>114.05</v>
       </c>
       <c r="S7" t="n">
-        <v>113.59</v>
+        <v>114.63</v>
       </c>
       <c r="T7" t="n">
-        <v>114.23</v>
+        <v>115.33</v>
       </c>
       <c r="U7" t="n">
-        <v>114.76</v>
+        <v>115.92</v>
       </c>
       <c r="V7" t="n">
-        <v>115.27</v>
+        <v>116.47</v>
       </c>
       <c r="W7" t="n">
-        <v>115.71</v>
+        <v>116.97</v>
       </c>
       <c r="X7" t="n">
-        <v>116.02</v>
+        <v>117.34</v>
       </c>
       <c r="Y7" t="n">
-        <v>116.35</v>
+        <v>117.72</v>
       </c>
       <c r="Z7" t="n">
-        <v>116.68</v>
+        <v>118.1</v>
       </c>
       <c r="AA7" t="n">
-        <v>116.94</v>
+        <v>118.42</v>
       </c>
       <c r="AB7" t="n">
-        <v>117.25</v>
+        <v>118.78</v>
       </c>
       <c r="AC7" t="n">
-        <v>117.55</v>
+        <v>119.13</v>
       </c>
       <c r="AD7" t="n">
-        <v>117.81</v>
+        <v>119.45</v>
       </c>
       <c r="AE7" t="n">
-        <v>118.12</v>
+        <v>119.8</v>
       </c>
       <c r="AF7" t="n">
-        <v>118.43</v>
+        <v>120.16</v>
       </c>
       <c r="AG7" t="n">
-        <v>118.73</v>
+        <v>120.52</v>
       </c>
       <c r="AH7" t="n">
-        <v>119.03</v>
+        <v>120.87</v>
       </c>
       <c r="AI7" t="n">
-        <v>119.34</v>
+        <v>121.24</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Edgewater</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>38.99</v>
       </c>
       <c r="C8" t="n">
         <v>44.52</v>
       </c>
       <c r="D8" t="n">
         <v>44.21</v>
       </c>
       <c r="E8" t="n">
         <v>36.84</v>
       </c>
       <c r="F8" t="n">
         <v>36.99</v>
       </c>
       <c r="G8" t="n">
         <v>38.41</v>
       </c>
       <c r="H8" t="n">
-        <v>39.65</v>
+        <v>39.66</v>
       </c>
       <c r="I8" t="n">
-        <v>40.14</v>
+        <v>40.21</v>
       </c>
       <c r="J8" t="n">
-        <v>40.91</v>
+        <v>40.89</v>
       </c>
       <c r="K8" t="n">
-        <v>41.19</v>
+        <v>41.08</v>
       </c>
       <c r="L8" t="n">
-        <v>41.27</v>
+        <v>41.09</v>
       </c>
       <c r="M8" t="n">
-        <v>41.4</v>
+        <v>41.13</v>
       </c>
       <c r="N8" t="n">
-        <v>41.43</v>
+        <v>41.09</v>
       </c>
       <c r="O8" t="n">
-        <v>41.54</v>
+        <v>41.13</v>
       </c>
       <c r="P8" t="n">
-        <v>41.67</v>
+        <v>41.2</v>
       </c>
       <c r="Q8" t="n">
-        <v>41.75</v>
+        <v>41.22</v>
       </c>
       <c r="R8" t="n">
+        <v>41.3</v>
+      </c>
+      <c r="S8" t="n">
+        <v>41.41</v>
+      </c>
+      <c r="T8" t="n">
+        <v>41.55</v>
+      </c>
+      <c r="U8" t="n">
+        <v>41.66</v>
+      </c>
+      <c r="V8" t="n">
+        <v>41.77</v>
+      </c>
+      <c r="W8" t="n">
         <v>41.9</v>
       </c>
-      <c r="S8" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="X8" t="n">
-        <v>42.94</v>
+        <v>42.04</v>
       </c>
       <c r="Y8" t="n">
-        <v>43.14</v>
+        <v>42.2</v>
       </c>
       <c r="Z8" t="n">
-        <v>43.35</v>
+        <v>42.36</v>
       </c>
       <c r="AA8" t="n">
-        <v>43.58</v>
+        <v>42.54</v>
       </c>
       <c r="AB8" t="n">
-        <v>43.82</v>
+        <v>42.73</v>
       </c>
       <c r="AC8" t="n">
-        <v>44.06</v>
+        <v>42.93</v>
       </c>
       <c r="AD8" t="n">
-        <v>44.3</v>
+        <v>43.13</v>
       </c>
       <c r="AE8" t="n">
-        <v>44.55</v>
+        <v>43.33</v>
       </c>
       <c r="AF8" t="n">
-        <v>44.8</v>
+        <v>43.53</v>
       </c>
       <c r="AG8" t="n">
-        <v>45.05</v>
+        <v>43.74</v>
       </c>
       <c r="AH8" t="n">
-        <v>45.31</v>
+        <v>43.95</v>
       </c>
       <c r="AI8" t="n">
-        <v>45.56</v>
+        <v>44.17</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Greenwood (WA)</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>138.3</v>
       </c>
       <c r="C9" t="n">
         <v>128.37</v>
       </c>
       <c r="D9" t="n">
         <v>122.69</v>
       </c>
       <c r="E9" t="n">
         <v>126.24</v>
       </c>
       <c r="F9" t="n">
         <v>125.01</v>
       </c>
       <c r="G9" t="n">
         <v>124.47</v>
       </c>
       <c r="H9" t="n">
-        <v>124.97</v>
+        <v>125.06</v>
       </c>
       <c r="I9" t="n">
-        <v>123.39</v>
+        <v>123.26</v>
       </c>
       <c r="J9" t="n">
-        <v>122.91</v>
+        <v>122.54</v>
       </c>
       <c r="K9" t="n">
-        <v>122.98</v>
+        <v>122.4</v>
       </c>
       <c r="L9" t="n">
-        <v>122.92</v>
+        <v>122.16</v>
       </c>
       <c r="M9" t="n">
-        <v>122.86</v>
+        <v>121.94</v>
       </c>
       <c r="N9" t="n">
-        <v>123.17</v>
+        <v>122.11</v>
       </c>
       <c r="O9" t="n">
-        <v>123.54</v>
+        <v>122.35</v>
       </c>
       <c r="P9" t="n">
-        <v>123.89</v>
+        <v>122.57</v>
       </c>
       <c r="Q9" t="n">
-        <v>124.13</v>
+        <v>122.7</v>
       </c>
       <c r="R9" t="n">
-        <v>124.13</v>
+        <v>122.6</v>
       </c>
       <c r="S9" t="n">
-        <v>124.16</v>
+        <v>122.52</v>
       </c>
       <c r="T9" t="n">
-        <v>124.29</v>
+        <v>122.53</v>
       </c>
       <c r="U9" t="n">
-        <v>124.43</v>
+        <v>122.58</v>
       </c>
       <c r="V9" t="n">
-        <v>124.56</v>
+        <v>122.61</v>
       </c>
       <c r="W9" t="n">
-        <v>124.7</v>
+        <v>122.64</v>
       </c>
       <c r="X9" t="n">
-        <v>124.84</v>
+        <v>122.68</v>
       </c>
       <c r="Y9" t="n">
-        <v>125.01</v>
+        <v>122.75</v>
       </c>
       <c r="Z9" t="n">
-        <v>125.17</v>
+        <v>122.81</v>
       </c>
       <c r="AA9" t="n">
-        <v>125.39</v>
+        <v>122.93</v>
       </c>
       <c r="AB9" t="n">
-        <v>125.57</v>
+        <v>123.01</v>
       </c>
       <c r="AC9" t="n">
-        <v>125.78</v>
+        <v>123.13</v>
       </c>
       <c r="AD9" t="n">
-        <v>125.98</v>
+        <v>123.23</v>
       </c>
       <c r="AE9" t="n">
-        <v>126.19</v>
+        <v>123.34</v>
       </c>
       <c r="AF9" t="n">
-        <v>126.41</v>
+        <v>123.46</v>
       </c>
       <c r="AG9" t="n">
-        <v>126.62</v>
+        <v>123.57</v>
       </c>
       <c r="AH9" t="n">
-        <v>126.83</v>
+        <v>123.69</v>
       </c>
       <c r="AI9" t="n">
-        <v>127.05</v>
+        <v>123.81</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Heathridge</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>85.90000000000001</v>
       </c>
       <c r="C10" t="n">
         <v>100.78</v>
       </c>
       <c r="D10" t="n">
         <v>91.31</v>
       </c>
       <c r="E10" t="n">
         <v>80.48999999999999</v>
       </c>
       <c r="F10" t="n">
         <v>84.11</v>
       </c>
       <c r="G10" t="n">
         <v>84.22</v>
       </c>
       <c r="H10" t="n">
-        <v>84.88</v>
+        <v>84.91</v>
       </c>
       <c r="I10" t="n">
-        <v>85.14</v>
+        <v>85.15000000000001</v>
       </c>
       <c r="J10" t="n">
-        <v>85.66</v>
+        <v>85.98999999999999</v>
       </c>
       <c r="K10" t="n">
-        <v>85.84</v>
+        <v>86.47</v>
       </c>
       <c r="L10" t="n">
-        <v>86.48999999999999</v>
+        <v>87.41</v>
       </c>
       <c r="M10" t="n">
-        <v>87.31999999999999</v>
+        <v>88.51000000000001</v>
       </c>
       <c r="N10" t="n">
-        <v>87.37</v>
+        <v>88.81</v>
       </c>
       <c r="O10" t="n">
-        <v>87.48999999999999</v>
+        <v>89.17</v>
       </c>
       <c r="P10" t="n">
-        <v>87.95999999999999</v>
+        <v>89.88</v>
       </c>
       <c r="Q10" t="n">
-        <v>88.3</v>
+        <v>90.44</v>
       </c>
       <c r="R10" t="n">
-        <v>88.79000000000001</v>
+        <v>91.14</v>
       </c>
       <c r="S10" t="n">
-        <v>89.04000000000001</v>
+        <v>91.59</v>
       </c>
       <c r="T10" t="n">
-        <v>89.34999999999999</v>
+        <v>92.09999999999999</v>
       </c>
       <c r="U10" t="n">
-        <v>89.75</v>
+        <v>92.69</v>
       </c>
       <c r="V10" t="n">
-        <v>90.12</v>
+        <v>93.26000000000001</v>
       </c>
       <c r="W10" t="n">
-        <v>90.51000000000001</v>
+        <v>93.83</v>
       </c>
       <c r="X10" t="n">
-        <v>90.88</v>
+        <v>94.38</v>
       </c>
       <c r="Y10" t="n">
-        <v>91.23999999999999</v>
+        <v>94.93000000000001</v>
       </c>
       <c r="Z10" t="n">
-        <v>91.65000000000001</v>
+        <v>95.52</v>
       </c>
       <c r="AA10" t="n">
-        <v>92.06999999999999</v>
+        <v>96.12</v>
       </c>
       <c r="AB10" t="n">
-        <v>92.52</v>
+        <v>96.75</v>
       </c>
       <c r="AC10" t="n">
-        <v>92.94</v>
+        <v>97.34</v>
       </c>
       <c r="AD10" t="n">
-        <v>93.39</v>
+        <v>97.97</v>
       </c>
       <c r="AE10" t="n">
-        <v>93.84999999999999</v>
+        <v>98.62</v>
       </c>
       <c r="AF10" t="n">
-        <v>94.31999999999999</v>
+        <v>99.26000000000001</v>
       </c>
       <c r="AG10" t="n">
-        <v>94.79000000000001</v>
+        <v>99.91</v>
       </c>
       <c r="AH10" t="n">
-        <v>95.27</v>
+        <v>100.56</v>
       </c>
       <c r="AI10" t="n">
-        <v>95.76000000000001</v>
+        <v>101.23</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="inlineStr">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Hillarys</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>84</v>
       </c>
       <c r="C11" t="n">
         <v>81</v>
       </c>
       <c r="D11" t="n">
         <v>59</v>
       </c>
       <c r="E11" t="n">
         <v>66</v>
       </c>
       <c r="F11" t="n">
         <v>68.22</v>
       </c>
       <c r="G11" t="n">
         <v>69.20999999999999</v>
       </c>
       <c r="H11" t="n">
-        <v>69.56</v>
+        <v>69.58</v>
       </c>
       <c r="I11" t="n">
         <v>71.2</v>
       </c>
       <c r="J11" t="n">
         <v>70.81999999999999</v>
       </c>
       <c r="K11" t="n">
         <v>70.31</v>
       </c>
       <c r="L11" t="n">
         <v>70.55</v>
       </c>
       <c r="M11" t="n">
         <v>70.25</v>
       </c>
       <c r="N11" t="n">
         <v>69.90000000000001</v>
       </c>
       <c r="O11" t="n">
         <v>69.67</v>
       </c>
       <c r="P11" t="n">
         <v>69.47</v>
       </c>
       <c r="Q11" t="n">
         <v>69.48</v>
       </c>
       <c r="R11" t="n">
         <v>69.45999999999999</v>
       </c>
       <c r="S11" t="n">
-        <v>69.48999999999999</v>
+        <v>69.5</v>
       </c>
       <c r="T11" t="n">
-        <v>69.54000000000001</v>
+        <v>69.55</v>
       </c>
       <c r="U11" t="n">
-        <v>69.56999999999999</v>
+        <v>69.58</v>
       </c>
       <c r="V11" t="n">
-        <v>69.7</v>
+        <v>69.70999999999999</v>
       </c>
       <c r="W11" t="n">
-        <v>69.84</v>
+        <v>69.84999999999999</v>
       </c>
       <c r="X11" t="n">
-        <v>70.02</v>
+        <v>70.03</v>
       </c>
       <c r="Y11" t="n">
-        <v>70.2</v>
+        <v>70.20999999999999</v>
       </c>
       <c r="Z11" t="n">
-        <v>70.39</v>
+        <v>70.40000000000001</v>
       </c>
       <c r="AA11" t="n">
-        <v>70.59</v>
+        <v>70.59999999999999</v>
       </c>
       <c r="AB11" t="n">
-        <v>70.8</v>
+        <v>70.81</v>
       </c>
       <c r="AC11" t="n">
-        <v>71.01000000000001</v>
+        <v>71.02</v>
       </c>
       <c r="AD11" t="n">
-        <v>71.23999999999999</v>
+        <v>71.26000000000001</v>
       </c>
       <c r="AE11" t="n">
-        <v>71.47</v>
+        <v>71.48</v>
       </c>
       <c r="AF11" t="n">
-        <v>71.7</v>
+        <v>71.70999999999999</v>
       </c>
       <c r="AG11" t="n">
-        <v>71.94</v>
+        <v>71.95</v>
       </c>
       <c r="AH11" t="n">
-        <v>72.18000000000001</v>
+        <v>72.19</v>
       </c>
       <c r="AI11" t="n">
-        <v>72.42</v>
+        <v>72.44</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="inlineStr">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>Iluka (WA)</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>38.74</v>
       </c>
       <c r="C12" t="n">
         <v>44.11</v>
       </c>
       <c r="D12" t="n">
         <v>37.55</v>
       </c>
       <c r="E12" t="n">
         <v>36.36</v>
       </c>
       <c r="F12" t="n">
         <v>39.83</v>
       </c>
       <c r="G12" t="n">
         <v>40.72</v>
       </c>
       <c r="H12" t="n">
-        <v>38.63</v>
+        <v>38.64</v>
       </c>
       <c r="I12" t="n">
-        <v>35.91</v>
+        <v>36.03</v>
       </c>
       <c r="J12" t="n">
-        <v>34.64</v>
+        <v>34.85</v>
       </c>
       <c r="K12" t="n">
-        <v>33.67</v>
+        <v>33.96</v>
       </c>
       <c r="L12" t="n">
-        <v>33.05</v>
+        <v>33.39</v>
       </c>
       <c r="M12" t="n">
-        <v>32.47</v>
+        <v>32.86</v>
       </c>
       <c r="N12" t="n">
-        <v>32.17</v>
+        <v>32.6</v>
       </c>
       <c r="O12" t="n">
-        <v>31.93</v>
+        <v>32.4</v>
       </c>
       <c r="P12" t="n">
-        <v>31.86</v>
+        <v>32.37</v>
       </c>
       <c r="Q12" t="n">
-        <v>31.82</v>
+        <v>32.36</v>
       </c>
       <c r="R12" t="n">
-        <v>31.71</v>
+        <v>32.29</v>
       </c>
       <c r="S12" t="n">
-        <v>31.56</v>
+        <v>32.18</v>
       </c>
       <c r="T12" t="n">
-        <v>31.5</v>
+        <v>32.15</v>
       </c>
       <c r="U12" t="n">
-        <v>31.47</v>
+        <v>32.15</v>
       </c>
       <c r="V12" t="n">
-        <v>31.51</v>
+        <v>32.23</v>
       </c>
       <c r="W12" t="n">
-        <v>31.5</v>
+        <v>32.26</v>
       </c>
       <c r="X12" t="n">
-        <v>31.44</v>
+        <v>32.23</v>
       </c>
       <c r="Y12" t="n">
-        <v>31.44</v>
+        <v>32.26</v>
       </c>
       <c r="Z12" t="n">
-        <v>31.43</v>
+        <v>32.29</v>
       </c>
       <c r="AA12" t="n">
-        <v>31.47</v>
+        <v>32.36</v>
       </c>
       <c r="AB12" t="n">
-        <v>31.54</v>
+        <v>32.46</v>
       </c>
       <c r="AC12" t="n">
-        <v>31.67</v>
+        <v>32.63</v>
       </c>
       <c r="AD12" t="n">
-        <v>31.75</v>
+        <v>32.74</v>
       </c>
       <c r="AE12" t="n">
-        <v>31.83</v>
+        <v>32.85</v>
       </c>
       <c r="AF12" t="n">
-        <v>31.9</v>
+        <v>32.96</v>
       </c>
       <c r="AG12" t="n">
-        <v>31.98</v>
+        <v>33.07</v>
       </c>
       <c r="AH12" t="n">
-        <v>32.04</v>
+        <v>33.17</v>
       </c>
       <c r="AI12" t="n">
-        <v>32.09</v>
+        <v>33.25</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="inlineStr">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>Joondalup</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>88.01000000000001</v>
       </c>
       <c r="C13" t="n">
         <v>100.48</v>
       </c>
       <c r="D13" t="n">
         <v>99.79000000000001</v>
       </c>
       <c r="E13" t="n">
         <v>83.16</v>
       </c>
       <c r="F13" t="n">
         <v>91.68000000000001</v>
       </c>
       <c r="G13" t="n">
         <v>91.43000000000001</v>
       </c>
       <c r="H13" t="n">
         <v>89.94</v>
       </c>
       <c r="I13" t="n">
-        <v>87.47</v>
+        <v>87.48</v>
       </c>
       <c r="J13" t="n">
-        <v>85.61</v>
+        <v>85.73</v>
       </c>
       <c r="K13" t="n">
-        <v>83.84</v>
+        <v>84.06</v>
       </c>
       <c r="L13" t="n">
-        <v>82.79000000000001</v>
+        <v>83.11</v>
       </c>
       <c r="M13" t="n">
-        <v>81.48999999999999</v>
+        <v>81.91</v>
       </c>
       <c r="N13" t="n">
-        <v>80.25</v>
+        <v>80.75</v>
       </c>
       <c r="O13" t="n">
-        <v>79.42</v>
+        <v>80</v>
       </c>
       <c r="P13" t="n">
-        <v>78.83</v>
+        <v>79.5</v>
       </c>
       <c r="Q13" t="n">
-        <v>78.51000000000001</v>
+        <v>79.26000000000001</v>
       </c>
       <c r="R13" t="n">
-        <v>78.23</v>
+        <v>79.05</v>
       </c>
       <c r="S13" t="n">
-        <v>78</v>
+        <v>78.89</v>
       </c>
       <c r="T13" t="n">
-        <v>77.89</v>
+        <v>78.86</v>
       </c>
       <c r="U13" t="n">
-        <v>77.79000000000001</v>
+        <v>78.81999999999999</v>
       </c>
       <c r="V13" t="n">
-        <v>77.72</v>
+        <v>78.81999999999999</v>
       </c>
       <c r="W13" t="n">
-        <v>77.7</v>
+        <v>78.87</v>
       </c>
       <c r="X13" t="n">
-        <v>77.70999999999999</v>
+        <v>78.95</v>
       </c>
       <c r="Y13" t="n">
-        <v>77.73999999999999</v>
+        <v>79.05</v>
       </c>
       <c r="Z13" t="n">
-        <v>77.79000000000001</v>
+        <v>79.16</v>
       </c>
       <c r="AA13" t="n">
-        <v>77.84999999999999</v>
+        <v>79.29000000000001</v>
       </c>
       <c r="AB13" t="n">
-        <v>77.92</v>
+        <v>79.43000000000001</v>
       </c>
       <c r="AC13" t="n">
-        <v>78</v>
+        <v>79.56999999999999</v>
       </c>
       <c r="AD13" t="n">
-        <v>78.08</v>
+        <v>79.72</v>
       </c>
       <c r="AE13" t="n">
-        <v>78.16</v>
+        <v>79.86</v>
       </c>
       <c r="AF13" t="n">
-        <v>78.23999999999999</v>
+        <v>80.01000000000001</v>
       </c>
       <c r="AG13" t="n">
-        <v>78.33</v>
+        <v>80.17</v>
       </c>
       <c r="AH13" t="n">
-        <v>78.43000000000001</v>
+        <v>80.33</v>
       </c>
       <c r="AI13" t="n">
-        <v>78.53</v>
+        <v>80.48999999999999</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="inlineStr">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>Kallaroo</t>
         </is>
       </c>
       <c r="B14" t="n">
         <v>47.53</v>
       </c>
       <c r="C14" t="n">
         <v>48.97</v>
       </c>
       <c r="D14" t="n">
         <v>49.94</v>
       </c>
       <c r="E14" t="n">
         <v>47.53</v>
       </c>
       <c r="F14" t="n">
         <v>49.61</v>
       </c>
       <c r="G14" t="n">
         <v>51.01</v>
       </c>
       <c r="H14" t="n">
-        <v>51.54</v>
+        <v>51.57</v>
       </c>
       <c r="I14" t="n">
         <v>52</v>
       </c>
       <c r="J14" t="n">
-        <v>52.27</v>
+        <v>52.19</v>
       </c>
       <c r="K14" t="n">
-        <v>52.32</v>
+        <v>52.17</v>
       </c>
       <c r="L14" t="n">
-        <v>52.7</v>
+        <v>52.48</v>
       </c>
       <c r="M14" t="n">
-        <v>53.06</v>
+        <v>52.79</v>
       </c>
       <c r="N14" t="n">
-        <v>53.31</v>
+        <v>52.99</v>
       </c>
       <c r="O14" t="n">
-        <v>53.51</v>
+        <v>53.14</v>
       </c>
       <c r="P14" t="n">
-        <v>53.69</v>
+        <v>53.27</v>
       </c>
       <c r="Q14" t="n">
-        <v>54.1</v>
+        <v>53.64</v>
       </c>
       <c r="R14" t="n">
-        <v>54.46</v>
+        <v>53.96</v>
       </c>
       <c r="S14" t="n">
-        <v>54.81</v>
+        <v>54.27</v>
       </c>
       <c r="T14" t="n">
-        <v>55.14</v>
+        <v>54.56</v>
       </c>
       <c r="U14" t="n">
-        <v>55.5</v>
+        <v>54.89</v>
       </c>
       <c r="V14" t="n">
-        <v>55.86</v>
+        <v>55.21</v>
       </c>
       <c r="W14" t="n">
+        <v>55.52</v>
+      </c>
+      <c r="X14" t="n">
+        <v>55.87</v>
+      </c>
+      <c r="Y14" t="n">
         <v>56.21</v>
       </c>
-      <c r="X14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Z14" t="n">
-        <v>57.37</v>
+        <v>56.56</v>
       </c>
       <c r="AA14" t="n">
-        <v>57.74</v>
+        <v>56.89</v>
       </c>
       <c r="AB14" t="n">
-        <v>58.13</v>
+        <v>57.25</v>
       </c>
       <c r="AC14" t="n">
-        <v>58.52</v>
+        <v>57.61</v>
       </c>
       <c r="AD14" t="n">
-        <v>58.92</v>
+        <v>57.96</v>
       </c>
       <c r="AE14" t="n">
-        <v>59.32</v>
+        <v>58.33</v>
       </c>
       <c r="AF14" t="n">
-        <v>59.72</v>
+        <v>58.7</v>
       </c>
       <c r="AG14" t="n">
-        <v>60.13</v>
+        <v>59.08</v>
       </c>
       <c r="AH14" t="n">
-        <v>60.54</v>
+        <v>59.45</v>
       </c>
       <c r="AI14" t="n">
-        <v>60.95</v>
+        <v>59.82</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>Kingsley</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>125</v>
       </c>
       <c r="C15" t="n">
         <v>122</v>
       </c>
       <c r="D15" t="n">
         <v>114</v>
       </c>
       <c r="E15" t="n">
         <v>106</v>
       </c>
       <c r="F15" t="n">
         <v>109.08</v>
       </c>
       <c r="G15" t="n">
         <v>103.89</v>
       </c>
       <c r="H15" t="n">
         <v>99.76000000000001</v>
       </c>
       <c r="I15" t="n">
-        <v>96.59999999999999</v>
+        <v>96.79000000000001</v>
       </c>
       <c r="J15" t="n">
-        <v>93.95</v>
+        <v>93.90000000000001</v>
       </c>
       <c r="K15" t="n">
-        <v>92.42</v>
+        <v>92.16</v>
       </c>
       <c r="L15" t="n">
-        <v>91.73999999999999</v>
+        <v>91.3</v>
       </c>
       <c r="M15" t="n">
-        <v>91.25</v>
+        <v>90.66</v>
       </c>
       <c r="N15" t="n">
-        <v>90.72</v>
+        <v>90</v>
       </c>
       <c r="O15" t="n">
-        <v>90.43000000000001</v>
+        <v>89.61</v>
       </c>
       <c r="P15" t="n">
-        <v>91.01000000000001</v>
+        <v>90.09</v>
       </c>
       <c r="Q15" t="n">
-        <v>91.55</v>
+        <v>90.53</v>
       </c>
       <c r="R15" t="n">
-        <v>91.81999999999999</v>
+        <v>90.73</v>
       </c>
       <c r="S15" t="n">
-        <v>92.06999999999999</v>
+        <v>90.90000000000001</v>
       </c>
       <c r="T15" t="n">
-        <v>92.65000000000001</v>
+        <v>91.40000000000001</v>
       </c>
       <c r="U15" t="n">
-        <v>93.28</v>
+        <v>91.95999999999999</v>
       </c>
       <c r="V15" t="n">
-        <v>93.76000000000001</v>
+        <v>92.38</v>
       </c>
       <c r="W15" t="n">
-        <v>94.06</v>
+        <v>92.61</v>
       </c>
       <c r="X15" t="n">
-        <v>94.27</v>
+        <v>92.75</v>
       </c>
       <c r="Y15" t="n">
-        <v>94.63</v>
+        <v>93.06</v>
       </c>
       <c r="Z15" t="n">
-        <v>94.88</v>
+        <v>93.23999999999999</v>
       </c>
       <c r="AA15" t="n">
-        <v>95.09</v>
+        <v>93.39</v>
       </c>
       <c r="AB15" t="n">
-        <v>95.19</v>
+        <v>93.42</v>
       </c>
       <c r="AC15" t="n">
-        <v>95.26000000000001</v>
+        <v>93.43000000000001</v>
       </c>
       <c r="AD15" t="n">
-        <v>95.34</v>
+        <v>93.45</v>
       </c>
       <c r="AE15" t="n">
-        <v>95.43000000000001</v>
+        <v>93.48</v>
       </c>
       <c r="AF15" t="n">
-        <v>95.5</v>
+        <v>93.48999999999999</v>
       </c>
       <c r="AG15" t="n">
-        <v>95.62</v>
+        <v>93.54000000000001</v>
       </c>
       <c r="AH15" t="n">
-        <v>95.73999999999999</v>
+        <v>93.59999999999999</v>
       </c>
       <c r="AI15" t="n">
-        <v>95.87</v>
+        <v>93.66</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>Kinross</t>
         </is>
       </c>
       <c r="B16" t="n">
         <v>79.79000000000001</v>
       </c>
       <c r="C16" t="n">
         <v>66</v>
       </c>
       <c r="D16" t="n">
         <v>68.95999999999999</v>
       </c>
       <c r="E16" t="n">
         <v>69.45</v>
       </c>
       <c r="F16" t="n">
         <v>72.19</v>
       </c>
       <c r="G16" t="n">
         <v>70.77</v>
       </c>
       <c r="H16" t="n">
-        <v>70.09999999999999</v>
+        <v>70.11</v>
       </c>
       <c r="I16" t="n">
-        <v>69.08</v>
+        <v>69.17</v>
       </c>
       <c r="J16" t="n">
-        <v>67.08</v>
+        <v>67.06999999999999</v>
       </c>
       <c r="K16" t="n">
-        <v>64.68000000000001</v>
+        <v>64.56999999999999</v>
       </c>
       <c r="L16" t="n">
-        <v>63</v>
+        <v>62.8</v>
       </c>
       <c r="M16" t="n">
-        <v>62.06</v>
+        <v>61.78</v>
       </c>
       <c r="N16" t="n">
-        <v>61.41</v>
+        <v>61.06</v>
       </c>
       <c r="O16" t="n">
-        <v>60.88</v>
+        <v>60.48</v>
       </c>
       <c r="P16" t="n">
-        <v>60.13</v>
+        <v>59.68</v>
       </c>
       <c r="Q16" t="n">
-        <v>59.74</v>
+        <v>59.24</v>
       </c>
       <c r="R16" t="n">
-        <v>59.41</v>
+        <v>58.86</v>
       </c>
       <c r="S16" t="n">
-        <v>59.2</v>
+        <v>58.6</v>
       </c>
       <c r="T16" t="n">
-        <v>59.05</v>
+        <v>58.41</v>
       </c>
       <c r="U16" t="n">
-        <v>58.89</v>
+        <v>58.21</v>
       </c>
       <c r="V16" t="n">
-        <v>58.86</v>
+        <v>58.14</v>
       </c>
       <c r="W16" t="n">
-        <v>58.72</v>
+        <v>57.97</v>
       </c>
       <c r="X16" t="n">
-        <v>58.62</v>
+        <v>57.83</v>
       </c>
       <c r="Y16" t="n">
-        <v>58.57</v>
+        <v>57.74</v>
       </c>
       <c r="Z16" t="n">
-        <v>58.56</v>
+        <v>57.69</v>
       </c>
       <c r="AA16" t="n">
-        <v>58.55</v>
+        <v>57.64</v>
       </c>
       <c r="AB16" t="n">
-        <v>58.5</v>
+        <v>57.55</v>
       </c>
       <c r="AC16" t="n">
-        <v>58.47</v>
+        <v>57.49</v>
       </c>
       <c r="AD16" t="n">
-        <v>58.49</v>
+        <v>57.47</v>
       </c>
       <c r="AE16" t="n">
-        <v>58.5</v>
+        <v>57.45</v>
       </c>
       <c r="AF16" t="n">
-        <v>58.52</v>
+        <v>57.43</v>
       </c>
       <c r="AG16" t="n">
-        <v>58.54</v>
+        <v>57.41</v>
       </c>
       <c r="AH16" t="n">
-        <v>58.59</v>
+        <v>57.42</v>
       </c>
       <c r="AI16" t="n">
-        <v>58.65</v>
+        <v>57.45</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="inlineStr">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>Marmion</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>19.33</v>
       </c>
       <c r="C17" t="n">
         <v>15.03</v>
       </c>
       <c r="D17" t="n">
         <v>16.94</v>
       </c>
       <c r="E17" t="n">
         <v>16.46</v>
       </c>
       <c r="F17" t="n">
         <v>16.8</v>
       </c>
       <c r="G17" t="n">
         <v>17.43</v>
       </c>
       <c r="H17" t="n">
         <v>16.64</v>
       </c>
       <c r="I17" t="n">
-        <v>15.9</v>
+        <v>15.91</v>
       </c>
       <c r="J17" t="n">
-        <v>15.74</v>
+        <v>15.81</v>
       </c>
       <c r="K17" t="n">
-        <v>15.77</v>
+        <v>15.88</v>
       </c>
       <c r="L17" t="n">
-        <v>15.65</v>
+        <v>15.8</v>
       </c>
       <c r="M17" t="n">
-        <v>15.54</v>
+        <v>15.73</v>
       </c>
       <c r="N17" t="n">
-        <v>15.66</v>
+        <v>15.87</v>
       </c>
       <c r="O17" t="n">
-        <v>15.76</v>
+        <v>15.99</v>
       </c>
       <c r="P17" t="n">
-        <v>15.76</v>
+        <v>16.02</v>
       </c>
       <c r="Q17" t="n">
-        <v>15.7</v>
+        <v>15.97</v>
       </c>
       <c r="R17" t="n">
-        <v>15.71</v>
+        <v>16.01</v>
       </c>
       <c r="S17" t="n">
-        <v>15.73</v>
+        <v>16.05</v>
       </c>
       <c r="T17" t="n">
-        <v>15.78</v>
+        <v>16.12</v>
       </c>
       <c r="U17" t="n">
-        <v>15.79</v>
+        <v>16.15</v>
       </c>
       <c r="V17" t="n">
-        <v>15.77</v>
+        <v>16.15</v>
       </c>
       <c r="W17" t="n">
-        <v>15.79</v>
+        <v>16.19</v>
       </c>
       <c r="X17" t="n">
-        <v>15.81</v>
+        <v>16.23</v>
       </c>
       <c r="Y17" t="n">
-        <v>15.85</v>
+        <v>16.29</v>
       </c>
       <c r="Z17" t="n">
-        <v>15.87</v>
+        <v>16.33</v>
       </c>
       <c r="AA17" t="n">
-        <v>15.89</v>
+        <v>16.37</v>
       </c>
       <c r="AB17" t="n">
-        <v>15.9</v>
+        <v>16.4</v>
       </c>
       <c r="AC17" t="n">
-        <v>15.91</v>
+        <v>16.43</v>
       </c>
       <c r="AD17" t="n">
-        <v>15.92</v>
+        <v>16.46</v>
       </c>
       <c r="AE17" t="n">
-        <v>15.93</v>
+        <v>16.49</v>
       </c>
       <c r="AF17" t="n">
-        <v>15.94</v>
+        <v>16.52</v>
       </c>
       <c r="AG17" t="n">
-        <v>15.94</v>
+        <v>16.54</v>
       </c>
       <c r="AH17" t="n">
-        <v>15.95</v>
+        <v>16.57</v>
       </c>
       <c r="AI17" t="n">
-        <v>15.95</v>
+        <v>16.59</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="inlineStr">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Mullaloo</t>
         </is>
       </c>
       <c r="B18" t="n">
         <v>51.47</v>
       </c>
       <c r="C18" t="n">
         <v>53.03</v>
       </c>
       <c r="D18" t="n">
         <v>54.06</v>
       </c>
       <c r="E18" t="n">
         <v>51.47</v>
       </c>
       <c r="F18" t="n">
         <v>55.69</v>
       </c>
       <c r="G18" t="n">
         <v>56.25</v>
       </c>
       <c r="H18" t="n">
-        <v>53.75</v>
+        <v>53.78</v>
       </c>
       <c r="I18" t="n">
-        <v>53.17</v>
+        <v>53.3</v>
       </c>
       <c r="J18" t="n">
-        <v>53.39</v>
+        <v>53.4</v>
       </c>
       <c r="K18" t="n">
-        <v>53.26</v>
+        <v>53.22</v>
       </c>
       <c r="L18" t="n">
+        <v>53.76</v>
+      </c>
+      <c r="M18" t="n">
         <v>53.83</v>
       </c>
-      <c r="M18" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N18" t="n">
-        <v>54.26</v>
+        <v>54.12</v>
       </c>
       <c r="O18" t="n">
-        <v>54.46</v>
+        <v>54.3</v>
       </c>
       <c r="P18" t="n">
-        <v>54.7</v>
+        <v>54.51</v>
       </c>
       <c r="Q18" t="n">
-        <v>54.87</v>
+        <v>54.65</v>
       </c>
       <c r="R18" t="n">
-        <v>55.05</v>
+        <v>54.81</v>
       </c>
       <c r="S18" t="n">
-        <v>55.35</v>
+        <v>55.1</v>
       </c>
       <c r="T18" t="n">
-        <v>55.61</v>
+        <v>55.33</v>
       </c>
       <c r="U18" t="n">
-        <v>55.89</v>
+        <v>55.6</v>
       </c>
       <c r="V18" t="n">
-        <v>56.22</v>
+        <v>55.9</v>
       </c>
       <c r="W18" t="n">
+        <v>56.15</v>
+      </c>
+      <c r="X18" t="n">
         <v>56.49</v>
       </c>
-      <c r="X18" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Y18" t="n">
-        <v>57.15</v>
+        <v>56.78</v>
       </c>
       <c r="Z18" t="n">
-        <v>57.5</v>
+        <v>57.1</v>
       </c>
       <c r="AA18" t="n">
-        <v>57.84</v>
+        <v>57.43</v>
       </c>
       <c r="AB18" t="n">
-        <v>58.19</v>
+        <v>57.75</v>
       </c>
       <c r="AC18" t="n">
-        <v>58.56</v>
+        <v>58.11</v>
       </c>
       <c r="AD18" t="n">
-        <v>58.93</v>
+        <v>58.46</v>
       </c>
       <c r="AE18" t="n">
-        <v>59.28</v>
+        <v>58.79</v>
       </c>
       <c r="AF18" t="n">
-        <v>59.64</v>
+        <v>59.12</v>
       </c>
       <c r="AG18" t="n">
-        <v>59.98</v>
+        <v>59.45</v>
       </c>
       <c r="AH18" t="n">
-        <v>60.33</v>
+        <v>59.78</v>
       </c>
       <c r="AI18" t="n">
-        <v>60.69</v>
+        <v>60.11</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="inlineStr">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>Ocean Reef</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>73</v>
       </c>
       <c r="C19" t="n">
         <v>55</v>
       </c>
       <c r="D19" t="n">
         <v>62</v>
       </c>
       <c r="E19" t="n">
         <v>47</v>
       </c>
       <c r="F19" t="n">
         <v>46.12</v>
       </c>
       <c r="G19" t="n">
         <v>45.87</v>
       </c>
       <c r="H19" t="n">
+        <v>46.64</v>
+      </c>
+      <c r="I19" t="n">
+        <v>46.98</v>
+      </c>
+      <c r="J19" t="n">
+        <v>46.79</v>
+      </c>
+      <c r="K19" t="n">
+        <v>46.82</v>
+      </c>
+      <c r="L19" t="n">
         <v>46.63</v>
       </c>
-      <c r="I19" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="M19" t="n">
-        <v>46.03</v>
+        <v>46.33</v>
       </c>
       <c r="N19" t="n">
-        <v>45.87</v>
+        <v>46.23</v>
       </c>
       <c r="O19" t="n">
-        <v>45.72</v>
+        <v>46.15</v>
       </c>
       <c r="P19" t="n">
-        <v>45.6</v>
+        <v>46.08</v>
       </c>
       <c r="Q19" t="n">
-        <v>45.49</v>
+        <v>46.02</v>
       </c>
       <c r="R19" t="n">
-        <v>45.42</v>
+        <v>46</v>
       </c>
       <c r="S19" t="n">
-        <v>45.48</v>
+        <v>46.11</v>
       </c>
       <c r="T19" t="n">
-        <v>45.56</v>
+        <v>46.24</v>
       </c>
       <c r="U19" t="n">
-        <v>45.7</v>
+        <v>46.41</v>
       </c>
       <c r="V19" t="n">
-        <v>45.85</v>
+        <v>46.61</v>
       </c>
       <c r="W19" t="n">
-        <v>45.98</v>
+        <v>46.78</v>
       </c>
       <c r="X19" t="n">
-        <v>46.1</v>
+        <v>46.95</v>
       </c>
       <c r="Y19" t="n">
-        <v>46.24</v>
+        <v>47.13</v>
       </c>
       <c r="Z19" t="n">
-        <v>46.38</v>
+        <v>47.31</v>
       </c>
       <c r="AA19" t="n">
-        <v>46.54</v>
+        <v>47.51</v>
       </c>
       <c r="AB19" t="n">
-        <v>46.71</v>
+        <v>47.72</v>
       </c>
       <c r="AC19" t="n">
-        <v>46.89</v>
+        <v>47.94</v>
       </c>
       <c r="AD19" t="n">
-        <v>47.07</v>
+        <v>48.16</v>
       </c>
       <c r="AE19" t="n">
-        <v>47.23</v>
+        <v>48.36</v>
       </c>
       <c r="AF19" t="n">
-        <v>47.4</v>
+        <v>48.57</v>
       </c>
       <c r="AG19" t="n">
-        <v>47.56</v>
+        <v>48.77</v>
       </c>
       <c r="AH19" t="n">
-        <v>47.71</v>
+        <v>48.96</v>
       </c>
       <c r="AI19" t="n">
-        <v>47.86</v>
+        <v>49.15</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Padbury</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>129</v>
       </c>
       <c r="C20" t="n">
         <v>126</v>
       </c>
       <c r="D20" t="n">
         <v>129</v>
       </c>
       <c r="E20" t="n">
         <v>123</v>
       </c>
       <c r="F20" t="n">
         <v>127.95</v>
       </c>
       <c r="G20" t="n">
         <v>128.19</v>
       </c>
       <c r="H20" t="n">
-        <v>126.46</v>
+        <v>126.5</v>
       </c>
       <c r="I20" t="n">
-        <v>127.61</v>
+        <v>127.84</v>
       </c>
       <c r="J20" t="n">
-        <v>129.42</v>
+        <v>129.6</v>
       </c>
       <c r="K20" t="n">
-        <v>131.33</v>
+        <v>131.66</v>
       </c>
       <c r="L20" t="n">
-        <v>132.1</v>
+        <v>132.58</v>
       </c>
       <c r="M20" t="n">
-        <v>133.31</v>
+        <v>133.92</v>
       </c>
       <c r="N20" t="n">
-        <v>134.68</v>
+        <v>135.42</v>
       </c>
       <c r="O20" t="n">
-        <v>135.8</v>
+        <v>136.65</v>
       </c>
       <c r="P20" t="n">
-        <v>136.95</v>
+        <v>137.91</v>
       </c>
       <c r="Q20" t="n">
-        <v>137.87</v>
+        <v>138.94</v>
       </c>
       <c r="R20" t="n">
-        <v>139.13</v>
+        <v>140.3</v>
       </c>
       <c r="S20" t="n">
-        <v>140.35</v>
+        <v>141.61</v>
       </c>
       <c r="T20" t="n">
-        <v>141.46</v>
+        <v>142.81</v>
       </c>
       <c r="U20" t="n">
-        <v>142.58</v>
+        <v>144.02</v>
       </c>
       <c r="V20" t="n">
-        <v>143.65</v>
+        <v>145.17</v>
       </c>
       <c r="W20" t="n">
-        <v>144.73</v>
+        <v>146.34</v>
       </c>
       <c r="X20" t="n">
-        <v>145.69</v>
+        <v>147.38</v>
       </c>
       <c r="Y20" t="n">
-        <v>146.56</v>
+        <v>148.34</v>
       </c>
       <c r="Z20" t="n">
-        <v>147.48</v>
+        <v>149.34</v>
       </c>
       <c r="AA20" t="n">
-        <v>148.42</v>
+        <v>150.36</v>
       </c>
       <c r="AB20" t="n">
-        <v>149.31</v>
+        <v>151.34</v>
       </c>
       <c r="AC20" t="n">
-        <v>150.16</v>
+        <v>152.26</v>
       </c>
       <c r="AD20" t="n">
-        <v>151.02</v>
+        <v>153.21</v>
       </c>
       <c r="AE20" t="n">
-        <v>151.89</v>
+        <v>154.15</v>
       </c>
       <c r="AF20" t="n">
-        <v>152.76</v>
+        <v>155.1</v>
       </c>
       <c r="AG20" t="n">
-        <v>153.63</v>
+        <v>156.05</v>
       </c>
       <c r="AH20" t="n">
-        <v>154.49</v>
+        <v>157</v>
       </c>
       <c r="AI20" t="n">
-        <v>155.38</v>
+        <v>157.97</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="2" t="inlineStr">
+      <c r="A21" s="1" t="inlineStr">
         <is>
           <t>Sorrento (WA)</t>
         </is>
       </c>
       <c r="B21" t="n">
         <v>61.67</v>
       </c>
       <c r="C21" t="n">
         <v>47.97</v>
       </c>
       <c r="D21" t="n">
         <v>54.06</v>
       </c>
       <c r="E21" t="n">
         <v>52.54</v>
       </c>
       <c r="F21" t="n">
         <v>50.61</v>
       </c>
       <c r="G21" t="n">
         <v>53.68</v>
       </c>
       <c r="H21" t="n">
-        <v>54.6</v>
+        <v>54.63</v>
       </c>
       <c r="I21" t="n">
-        <v>56.63</v>
+        <v>56.75</v>
       </c>
       <c r="J21" t="n">
-        <v>56.2</v>
+        <v>56.35</v>
       </c>
       <c r="K21" t="n">
-        <v>56.59</v>
+        <v>56.75</v>
       </c>
       <c r="L21" t="n">
-        <v>56.89</v>
+        <v>57.07</v>
       </c>
       <c r="M21" t="n">
-        <v>56.98</v>
+        <v>57.18</v>
       </c>
       <c r="N21" t="n">
-        <v>56.89</v>
+        <v>57.1</v>
       </c>
       <c r="O21" t="n">
-        <v>56.97</v>
+        <v>57.2</v>
       </c>
       <c r="P21" t="n">
-        <v>57.3</v>
+        <v>57.55</v>
       </c>
       <c r="Q21" t="n">
-        <v>57.58</v>
+        <v>57.84</v>
       </c>
       <c r="R21" t="n">
-        <v>57.91</v>
+        <v>58.19</v>
       </c>
       <c r="S21" t="n">
-        <v>58.18</v>
+        <v>58.47</v>
       </c>
       <c r="T21" t="n">
-        <v>58.51</v>
+        <v>58.81</v>
       </c>
       <c r="U21" t="n">
-        <v>58.7</v>
+        <v>59.02</v>
       </c>
       <c r="V21" t="n">
-        <v>58.93</v>
+        <v>59.26</v>
       </c>
       <c r="W21" t="n">
-        <v>59.17</v>
+        <v>59.51</v>
       </c>
       <c r="X21" t="n">
-        <v>59.42</v>
+        <v>59.78</v>
       </c>
       <c r="Y21" t="n">
-        <v>59.65</v>
+        <v>60.02</v>
       </c>
       <c r="Z21" t="n">
-        <v>59.85</v>
+        <v>60.23</v>
       </c>
       <c r="AA21" t="n">
-        <v>60.09</v>
+        <v>60.49</v>
       </c>
       <c r="AB21" t="n">
-        <v>60.33</v>
+        <v>60.74</v>
       </c>
       <c r="AC21" t="n">
-        <v>60.59</v>
+        <v>61.02</v>
       </c>
       <c r="AD21" t="n">
-        <v>60.87</v>
+        <v>61.3</v>
       </c>
       <c r="AE21" t="n">
-        <v>61.15</v>
+        <v>61.6</v>
       </c>
       <c r="AF21" t="n">
-        <v>61.44</v>
+        <v>61.9</v>
       </c>
       <c r="AG21" t="n">
-        <v>61.71</v>
+        <v>62.18</v>
       </c>
       <c r="AH21" t="n">
-        <v>61.99</v>
+        <v>62.48</v>
       </c>
       <c r="AI21" t="n">
-        <v>62.28</v>
+        <v>62.78</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="2" t="inlineStr">
+      <c r="A22" s="1" t="inlineStr">
         <is>
           <t>Warwick (WA)</t>
         </is>
       </c>
       <c r="B22" t="n">
         <v>56.7</v>
       </c>
       <c r="C22" t="n">
         <v>52.63</v>
       </c>
       <c r="D22" t="n">
         <v>50.31</v>
       </c>
       <c r="E22" t="n">
         <v>51.76</v>
       </c>
       <c r="F22" t="n">
         <v>55.78</v>
       </c>
       <c r="G22" t="n">
         <v>53.83</v>
       </c>
       <c r="H22" t="n">
-        <v>53.91</v>
+        <v>53.93</v>
       </c>
       <c r="I22" t="n">
-        <v>53.13</v>
+        <v>53.28</v>
       </c>
       <c r="J22" t="n">
+        <v>52.27</v>
+      </c>
+      <c r="K22" t="n">
+        <v>51.52</v>
+      </c>
+      <c r="L22" t="n">
+        <v>51.09</v>
+      </c>
+      <c r="M22" t="n">
+        <v>51.12</v>
+      </c>
+      <c r="N22" t="n">
+        <v>51.5</v>
+      </c>
+      <c r="O22" t="n">
         <v>51.95</v>
       </c>
-      <c r="K22" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="P22" t="n">
-        <v>50.8</v>
+        <v>52.5</v>
       </c>
       <c r="Q22" t="n">
-        <v>51.17</v>
+        <v>53.04</v>
       </c>
       <c r="R22" t="n">
-        <v>51.55</v>
+        <v>53.57</v>
       </c>
       <c r="S22" t="n">
-        <v>52.04</v>
+        <v>54.21</v>
       </c>
       <c r="T22" t="n">
-        <v>52.51</v>
+        <v>54.83</v>
       </c>
       <c r="U22" t="n">
-        <v>52.94</v>
+        <v>55.42</v>
       </c>
       <c r="V22" t="n">
-        <v>53.39</v>
+        <v>56</v>
       </c>
       <c r="W22" t="n">
-        <v>53.81</v>
+        <v>56.57</v>
       </c>
       <c r="X22" t="n">
-        <v>54.28</v>
+        <v>57.19</v>
       </c>
       <c r="Y22" t="n">
-        <v>54.71</v>
+        <v>57.76</v>
       </c>
       <c r="Z22" t="n">
-        <v>55.16</v>
+        <v>58.34</v>
       </c>
       <c r="AA22" t="n">
-        <v>55.6</v>
+        <v>58.91</v>
       </c>
       <c r="AB22" t="n">
-        <v>56.05</v>
+        <v>59.51</v>
       </c>
       <c r="AC22" t="n">
-        <v>56.52</v>
+        <v>60.12</v>
       </c>
       <c r="AD22" t="n">
-        <v>56.97</v>
+        <v>60.7</v>
       </c>
       <c r="AE22" t="n">
-        <v>57.37</v>
+        <v>61.23</v>
       </c>
       <c r="AF22" t="n">
-        <v>57.76</v>
+        <v>61.76</v>
       </c>
       <c r="AG22" t="n">
-        <v>58.16</v>
+        <v>62.31</v>
       </c>
       <c r="AH22" t="n">
-        <v>58.56</v>
+        <v>62.84</v>
       </c>
       <c r="AI22" t="n">
-        <v>58.95</v>
+        <v>63.36</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="2" t="inlineStr">
+      <c r="A23" s="1" t="inlineStr">
         <is>
           <t>Woodvale (WA)</t>
         </is>
       </c>
       <c r="B23" t="n">
         <v>46.35</v>
       </c>
       <c r="C23" t="n">
         <v>81.58</v>
       </c>
       <c r="D23" t="n">
         <v>56.55</v>
       </c>
       <c r="E23" t="n">
         <v>70.45</v>
       </c>
       <c r="F23" t="n">
         <v>71.59</v>
       </c>
       <c r="G23" t="n">
         <v>72.08</v>
       </c>
       <c r="H23" t="n">
-        <v>72.13</v>
+        <v>72.14</v>
       </c>
       <c r="I23" t="n">
-        <v>71.45</v>
+        <v>71.38</v>
       </c>
       <c r="J23" t="n">
-        <v>70.51000000000001</v>
+        <v>70.40000000000001</v>
       </c>
       <c r="K23" t="n">
-        <v>69.29000000000001</v>
+        <v>69.15000000000001</v>
       </c>
       <c r="L23" t="n">
-        <v>68.45</v>
+        <v>68.27</v>
       </c>
       <c r="M23" t="n">
-        <v>67.56</v>
+        <v>67.36</v>
       </c>
       <c r="N23" t="n">
-        <v>66.34999999999999</v>
+        <v>66.13</v>
       </c>
       <c r="O23" t="n">
-        <v>65.48999999999999</v>
+        <v>65.25</v>
       </c>
       <c r="P23" t="n">
-        <v>64.81999999999999</v>
+        <v>64.56</v>
       </c>
       <c r="Q23" t="n">
-        <v>64.28</v>
+        <v>64</v>
       </c>
       <c r="R23" t="n">
-        <v>63.8</v>
+        <v>63.5</v>
       </c>
       <c r="S23" t="n">
-        <v>63.48</v>
+        <v>63.17</v>
       </c>
       <c r="T23" t="n">
-        <v>63.32</v>
+        <v>62.99</v>
       </c>
       <c r="U23" t="n">
-        <v>63.33</v>
+        <v>62.98</v>
       </c>
       <c r="V23" t="n">
-        <v>63.33</v>
+        <v>62.96</v>
       </c>
       <c r="W23" t="n">
-        <v>63.39</v>
+        <v>63.01</v>
       </c>
       <c r="X23" t="n">
-        <v>63.42</v>
+        <v>63.02</v>
       </c>
       <c r="Y23" t="n">
-        <v>63.47</v>
+        <v>63.06</v>
       </c>
       <c r="Z23" t="n">
-        <v>63.52</v>
+        <v>63.09</v>
       </c>
       <c r="AA23" t="n">
-        <v>63.55</v>
+        <v>63.11</v>
       </c>
       <c r="AB23" t="n">
-        <v>63.62</v>
+        <v>63.17</v>
       </c>
       <c r="AC23" t="n">
-        <v>63.68</v>
+        <v>63.2</v>
       </c>
       <c r="AD23" t="n">
-        <v>63.77</v>
+        <v>63.28</v>
       </c>
       <c r="AE23" t="n">
-        <v>63.87</v>
+        <v>63.37</v>
       </c>
       <c r="AF23" t="n">
-        <v>63.98</v>
+        <v>63.46</v>
       </c>
       <c r="AG23" t="n">
-        <v>64.06</v>
+        <v>63.53</v>
       </c>
       <c r="AH23" t="n">
-        <v>64.15000000000001</v>
+        <v>63.6</v>
       </c>
       <c r="AI23" t="n">
-        <v>64.23999999999999</v>
+        <v>63.67</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="2" t="inlineStr">
+      <c r="A24" s="1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B24" t="n">
         <v>1661.35</v>
       </c>
       <c r="C24" t="n">
         <v>1685.58</v>
       </c>
       <c r="D24" t="n">
         <v>1581.55</v>
       </c>
       <c r="E24" t="n">
         <v>1490.45</v>
       </c>
       <c r="F24" t="n">
         <v>1527.8</v>
       </c>
       <c r="G24" t="n">
         <v>1531.28</v>
       </c>
       <c r="H24" t="n">
-        <v>1520.08</v>
+        <v>1520.69</v>
       </c>
       <c r="I24" t="n">
-        <v>1509.48</v>
+        <v>1510.26</v>
       </c>
       <c r="J24" t="n">
-        <v>1498.41</v>
+        <v>1498.64</v>
       </c>
       <c r="K24" t="n">
-        <v>1488.65</v>
+        <v>1488.82</v>
       </c>
       <c r="L24" t="n">
-        <v>1483.78</v>
+        <v>1483.96</v>
       </c>
       <c r="M24" t="n">
-        <v>1481.87</v>
+        <v>1482.02</v>
       </c>
       <c r="N24" t="n">
-        <v>1481.59</v>
+        <v>1481.7</v>
       </c>
       <c r="O24" t="n">
-        <v>1482.08</v>
+        <v>1482.18</v>
       </c>
       <c r="P24" t="n">
-        <v>1484.27</v>
+        <v>1484.37</v>
       </c>
       <c r="Q24" t="n">
-        <v>1486.91</v>
+        <v>1487</v>
       </c>
       <c r="R24" t="n">
-        <v>1490.51</v>
+        <v>1490.6</v>
       </c>
       <c r="S24" t="n">
-        <v>1495.37</v>
+        <v>1495.48</v>
       </c>
       <c r="T24" t="n">
-        <v>1501.37</v>
+        <v>1501.45</v>
       </c>
       <c r="U24" t="n">
-        <v>1507.5</v>
+        <v>1507.63</v>
       </c>
       <c r="V24" t="n">
-        <v>1513.45</v>
+        <v>1513.59</v>
       </c>
       <c r="W24" t="n">
-        <v>1519.33</v>
+        <v>1519.49</v>
       </c>
       <c r="X24" t="n">
-        <v>1525.04</v>
+        <v>1525.24</v>
       </c>
       <c r="Y24" t="n">
-        <v>1530.98</v>
+        <v>1531.23</v>
       </c>
       <c r="Z24" t="n">
-        <v>1536.98</v>
+        <v>1537.19</v>
       </c>
       <c r="AA24" t="n">
-        <v>1543.1</v>
+        <v>1543.35</v>
       </c>
       <c r="AB24" t="n">
-        <v>1549.27</v>
+        <v>1549.55</v>
       </c>
       <c r="AC24" t="n">
-        <v>1555.53</v>
+        <v>1555.84</v>
       </c>
       <c r="AD24" t="n">
-        <v>1561.9</v>
+        <v>1562.26</v>
       </c>
       <c r="AE24" t="n">
-        <v>1568.34</v>
+        <v>1568.71</v>
       </c>
       <c r="AF24" t="n">
-        <v>1574.74</v>
+        <v>1575.13</v>
       </c>
       <c r="AG24" t="n">
-        <v>1581.08</v>
+        <v>1581.54</v>
       </c>
       <c r="AH24" t="n">
-        <v>1587.46</v>
+        <v>1587.97</v>
       </c>
       <c r="AI24" t="n">
-        <v>1593.93</v>
+        <v>1594.48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <ignoredErrors>
     <ignoredError sqref="A2:A24" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>